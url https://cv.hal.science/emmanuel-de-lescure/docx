--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -113,1947 +113,2540 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (23)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (30)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les objectifs des universités populaires (1901-2024) : de l’« éducation supérieure du peuple » à l’accès individuel aux savoirs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Porte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diversité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 206</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05560770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les orientations pédagogiques des universités populaires, un horizon politique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel De Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Porte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tréma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 63, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13r59⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05560757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les « formateurs jeunes » en quête d’autonomie. Retour sur une aspiration contrariée à la qualification (1975-1988)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Vol. 56 (4), pp.17-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lsdle.564.0017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05560750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le non-recours à la formation continue en entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel De Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nouvelle Revue du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12kwl⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05560772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’éducation populaire saisie par ses marges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pratiques de formation/Analyses : Revue internationale de sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05560783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Note critique de : Becquet Valérie (dir.), Des professionnels pour les jeunes. Sociologie d’un monde fragmenté (Champ social, 2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03952040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La promotion des carrières féminines au risque de la naturalisation. Quand le féminisme de marché mobilise la formation continue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Divert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Mournetas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherche et formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° daté de 2023 mais publié et mis en ligne en décembre 2025 (102), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/15cpw⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05560788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De quoi les “métiers de la formation” sont-ils le nom ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Divert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éducation permanente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 234-235, pp.21-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/edpe.234.0021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05560743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les universités populaires : entre accès aux savoirs, sociabilité et solidarité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Porte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Richez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">INJEP analyses &amp; synthèses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 55, 4 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03892051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction - Former pour militer : enjeux, matrices et formes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise F. Laot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de pédagogie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 215, pp.5-19. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+              <w:t xml:space="preserve">, 2021, 215, pp.5-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/rfp.11653⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03884316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...94 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les actions de « formation en situation de travail » : notes critiques sur une formule qui s’est imposée dans le champ de la formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 62, pp.13-29. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/edso.16929⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03884449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postface - Professionnalisation : Pluralité de sens, multiplicité d’enjeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 156 (156), pp.115-130. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/formationemploi.10254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03872720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'élaboration des règles dans le domaine de la FPC, un mode de construction multi-acteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Tallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Vézinat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociologies pratiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 35 (2), pp.19-25. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/sopr.035.0019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01717854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprendre à travailler à tout âge, pour qui et pour quoi ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociologies pratiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, n°35, pp.1-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01671162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction. Politiser l’éducation populaire, un « réenchantement » ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Porte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agora débats/jeunesses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 76 (2), pp.53-63. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/agora.076.0053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01635925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation des salariés : une réalité « nécessaire » à interroger. Entretien avec Emmanuel Quenson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Quenson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Vézinat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociologies pratiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 35 (2), pp.27-33. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/sopr.035.0027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01717860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la formation continue à la sécurité professionnelle : une longue marche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Dayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Vézinat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociologies pratiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 35 (2), pp.13-18. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/sopr.035.0013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01717850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La « théorie des nouvelles professions », une ressource heuristique pour penser la professionnalisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Penser les processus d’enseignement-apprentissage, après/avec Bourdieu, n°37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01426136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelques considérations actuelles sur la professionnalisation des métiers de la formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TransFormations : Recherche en éducation et formation des adultes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, n°9, pp. 33-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01426122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la « seconde chance » à la « sécurisation des parcours professionnels » : les ambivalences du développement de la formation continue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regards Sociologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, L'essor de la formation continue, n°41-42, p. 6-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01426259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeunesse et valeur travail, Des mots de « vieux » pour des maux de « jeunes » ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gonthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chroniques du Travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Les jeunes et le travail, n°1, p. 192-207</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01426147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Note critique de : « Vatier Raymond, Ouvrir l’école aux adultes. Une mission originale à l’Éducation nationale 1970-1974 (L’Harmattan, 2009)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire de l’éducation </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, n°125, p. 105-107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01426305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sociologie et formation en France (Note de synthèse)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fretigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Savoirs : Revue internationale de recherches en éducation et formation des adultes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, n°15, p. 11-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01426161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des « nouvelles professions » entre précarité et flexibilité : animateurs socioculturels et formateurs d’adultes (1982-2002)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regards Sociologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, n°32, p. 83-95</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01426293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les formateurs d'adultes et leur formation. Approche historique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise F. Laot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, n°53, p. 5-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01426249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formateurs d’adultes : entre fonction et métier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise F. Laot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, n°53, p. 79-93</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01426244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditorial Que sont les formateurs devenus ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise F. Laot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Olry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation permanente</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 3 (n°164), p. 5-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01426297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le niveau des agents de la formation ne cesse de s’élever mais reste dispersé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation permanente</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 164, p. 41-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01426180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compter les formateurs : du réalisme au nominalisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Dossiers des sciences de l'éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, n°11, p. 37-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01426216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La corruption, de l’économie de bazar au bazar de l’économie ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dartigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouveaux cahiers de l'Institut universitaire d’études du développement (IUED)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, Monnayer les pouvoirs. Espaces, mécanismes et représentations de la corruption, n°9, p. 315-344</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01426228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2063,4208 +2656,4841 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux et usages des référentiels. Introduction à la journée d'étude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enjeux et usages des référentiels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cerlis (Université Paris Cité, CNRS); FoAP (Cnam); Rumef, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04571047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (14)</w:t>
+        <w:t xml:space="preserve">Ouvrages (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La formation continue au service des reconversions ? Les liens fragiles entre aspirations et mobilités dans le monde du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Divert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Rennes; OpenEdition (https://books.openedition.org/pur/287194), 248 p., 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05560806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fabrique de l'éducation populaire et de l'animation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Besse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Porte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INJEP, 154 p., 2021, 2727-6465</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03884835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’éducation populaire au tournant du XXIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions du Croquant, 308 p., 2016, Coll. "Champ social", 978-2-36512-102-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01425243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Former les militants, former les travailleurs. Les syndicats et la formation depuis la Seconde Guerre mondiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Brucy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise F. Laot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 222 p., 2015, Coll. "Histoire et mémoire de la formation", 978-2-343-06835-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01425282v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les métiers de la formation : Approches sociologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fretigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Rennes, 236 p., 2010, Coll. "Des sociétés", 978-2-7535-1062-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01425300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouvement ouvrier et formation : Genèses. De la fin du XIXe siècle à l’après Seconde Guerre mondiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Brucy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise F. Laot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 150 p., 2009, Coll. "Histoire et mémoire de la formation", 978-2-296-10207-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01425313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une histoire de la formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise F. Laot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 138 p., 2008, Coll. "Histoire et mémoire de la formation", 978-2-296-05700-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01425320v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les animateurs socioculturels et de loisirs : Morphologie d’un groupe professionnel (1982-2005)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Éditions du Croquant, 308 p., 2016, Coll. "Champ social", 978-2-36512-102-6</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">INJEP</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 120 p., 2007, 978-2-11-096546-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Guy Brucy</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01429146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction du système français de formation professionnelle continue. Retour sur l’accord du 9 juillet 1970 et la loi du 16 juillet 1971</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 214 p., 2004, Coll. "Histoire et mémoire de la formation", 2-7475-6642-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01425327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Illettrisme en Guyane. Enquête sociologique auprès de jeunes en stage de formation, Préface de Roger Establet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 1999, 2-7384-8524-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01425048v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratiques langagières et culturelles, Séminaire de recherche, n° 4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vogler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Françoise F. Laot</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ministère de l’Emploi et de la Solidarité, 64 p., 1999, coll. “Études et recherche”, Groupe permanent de lutte contre l'illettrisme (GPLI), 2-11-091199-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01425617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Répertoire de la recherche 1999. Illettrisme, accès et rapport à l’écrit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ministère de l’Emploi et de la Solidarité, 102 p., 1999, coll. “Études et recherche”, Groupe permanent de lutte contre l'illettrisme (GPLI)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01425640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'illettrisme en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">La Documentation française, 828, 84 p., 1999, Problèmes politiques et sociaux, ISSN 0015-9743</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01425648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discours sur l’illettrisme, Séminaire de recherche, n° 5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vogler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">L'Harmattan, 222 p., 2015, Coll. "Histoire et mémoire de la formation", 978-2-343-06835-0</w:t>
+              <w:t xml:space="preserve">Ministère de l’Emploi et de la Solidarité, 72 p., 1999, coll. “Études et recherche”, Groupe permanent de lutte contre l'illettrisme (GPLI), 2-11-091518-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01425609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les troubles du langage, Séminaire de recherche, n° 3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vogler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Presses universitaires de Rennes, 236 p., 2010, Coll. "Des sociétés", 978-2-7535-1062-3</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ministère de l’Emploi et de la Solidarité, 86 p., 1998, coll. “Études et recherche”, Groupe permanent de lutte contre l'illettrisme (GPLI), 2-11-090922-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...719 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01425634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (29)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (34)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prévoir les évolutions des emplois et sécuriser les parcours du plus grand nombre. Y compris pour les agents de la formation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guillon Stéphane; Causer Jean-Yves; Zaouani-Denoux Souad (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’accompagnement au temps des vulnérabilités. Professionnaliser les espaces d’éducation et de formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.45-61, 2026, 978-3-0343-6068-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel De Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Divert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lescure (de) Emmanuel; Divert Nicolas; Maillard Fabienne (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La formation continue au service des reconversions ? Les liens fragiles entre aspirations et mobilités dans le monde du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.7-18, 2025, Collection Le sens social, 979-10-413-0147-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/14h7s⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560626v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les ruses de la raison adéquationniste. Quels dispositifs de formation pour “choisir son avenir professionnel” ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel De Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lescure (de) Emmanuel, Divert Nicolas, Maillard Fabienne (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La formation continue au service des reconversions ? Les liens fragiles entre aspirations et mobilités dans le monde du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collection "Le sens social", Presses universitaires de Rennes, pp.19-40, 2025, Collection Le sens social, 979-10-413-0147-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/14h7s⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avec un petit diplôme, c’est possible d’évoluer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Depoilly S., Moreau G., Pégourdie A., Renard F. (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Idées reçues sur les « petits » diplômes. Les coulisses de la formation professionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Cavalier bleu éditions, pp.111-116, 2023, Collection Idées reçues, 9791031805979. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lcb.depol.2023.01⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qui peut choisir son avenir professionnel ? Promotion sociale et initiative individuelle en formation continue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cabrespines J.-L., Milesy J.-P. et Vézinat N. (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Travail, emploi, formation : penser l’interdépendance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Éditions du CIRIEC-France, pp.15-25, 2023, Collection Économie collective et territoires</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Métiers et professions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jorro A. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des concepts de la professionnalisation, De Boeck</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.271-274, 2022, 2e édition actualisée, 978-2-8073-4053-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03884489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Métiers de la formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jorro A. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des concepts de la professionnalisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Boeck, pp.275-279, 2022, 2e édition actualisée, 978-2-8073-4053-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03884479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Introduction. Appréhender les mondes de l’éducation populaire</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les universités populaires : premiers éléments de réflexion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Besse</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Porte</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Richez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Besse L., Lescure (de) E. &amp; Porte E. (coord.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La fabrique de l’éducation populaire et de l’animation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, INJEP, pp.5-16, 2022</w:t>
+              <w:t xml:space="preserve">, INJEP, pp.119-136, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les universités populaires : premiers éléments de réflexion</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03892012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. Appréhender les mondes de l’éducation populaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Besse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Porte</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Richez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Besse L., Lescure (de) E. &amp; Porte E. (coord.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La fabrique de l’éducation populaire et de l’animation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, INJEP, pp.119-136, 2022</w:t>
+              <w:t xml:space="preserve">, INJEP, pp.5-16, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03891999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conclusion. L’éducation populaire des mondes en mouvement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Besse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Besse L., Lescure (de) E. &amp; Porte E. (coord.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La fabrique de l’éducation populaire et de l’animation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, INJEP, pp.137-144, 2022</w:t>
+              <w:t xml:space="preserve">, INJEP, pp.137-144, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03892004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le non-recours à la formation : premiers éléments d'identification de profils de non-accédant·e·s</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Letrait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Guillemot D. &amp; Melnik-Olive E. (coord.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Formation continue et parcours professionnels : entre aspirations des salariés et contexte de l'entreprise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CÉREQ, Céreq-Échanges n° 15</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.49-62, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.57706/cereqechanges-015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03884667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le non-accès à la formation : quels profils ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Letrait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carloni P., Lambert M. &amp; Marion-Vernoux I. (coord.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parcours professionnels et formation : des liens renouvelés.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CÉREQ, Céreq-Échanges n° 9</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.31-36, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03884648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche socio-historique de la formation des adultes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thibault F. et al. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La recherche sur l'éducation. Éléments pour une stratégie globale. Contributions des chercheurs. Rapport remis à M. Thierry Mandon, Secrétaire d'État chargé de l'Enseignement supérieur et de la recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, tome 2, Athena (Alliance nationale des sciences humaines et sociales), pp.221-224, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03884610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’éducation populaire entre réalisme et nominalisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lebon F., Lescure (de) E. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’éducation populaire au tournant du XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Édition du Croquant, p. 9-26, 2016, coll. "Champ social", 978-2-36512-102-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01427936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syndicalisme et formations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brucy G., Laot F. F., Lescure (de) E. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Former les militants, former les travailleurs. Les syndicats et la formation depuis la Seconde Guerre mondiale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, p. 7-24, 2015, Coll. "Histoire et mémoire de la formation", ISBN : 978-2-343-06835-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01427941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Métiers et professions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jorro A. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des concepts de la professionnalisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Boeck, p. 189-192, 2014, coll. “Perspectives en éducation et formation”, 978-2-8041-8842-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01427961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les jeunes : malheureux en emploi, heureux au travail ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gonthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Galland O., Roudet B. (dir.), </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une jeunesse différente ? Les valeurs des jeunes Français depuis 30 ans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Documentation française, p. 206-215, 2014, coll. "Doc en poche", 2e édition, 978-2-11-009867-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01427953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À l’ombre du monde associatif, l’incertaine professionnalisation des animateurs socioculturels et des formateurs d’adultes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hély M., Simonet M. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le travail associatif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Paris Ouest, p. 33-50, 2013, 978-2-84016-124-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01427981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre hasard et nécessité. Entrée dans le métier et “nouvelles professions”. Le cas des formateurs d’adultes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ertul S., Melchior J.-P., Widmer É. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travail, santé, éducation. Individualisation des parcours sociaux et inégalités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, p. 87-98, 2013, Coll. "Logiques sociales", 978-2-296-53533-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01427977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les jeunes : malheureux en emploi, heureux au travail ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gonthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Galland O., Roudet B. (dir.),. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une jeunesse différente ? Les valeurs des jeunes Français depuis 30 ans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Documentation française, p. 155-161, 2012, Coll. "Observatoire de la jeunesse et des politiques de jeunesse (INJEP)", 978-2-11-009089-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01427993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La contribution des diplômes à la dynamique d’un groupe professionnel. Le cas des métiers de la formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Maillard F. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Former, certifier, insérer. Effets et paradoxes de la professionnalisation des diplômes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, p. 131-150, 2012, Coll. "Des sociétés", 978-2-7535-1792-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01428001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qui travaille pour qui ? L’univers segmenté et polarisé des agents de la formation. Une analyse textuelle d’entretiens biographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lescure (de) E., Fretgne C. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les métiers de la formation : Approches sociologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, p. 67-80, 2010, coll. "Des sociétés", 978-2-7535-1062-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01429128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un ensemble hétérogène. Éléments de littérature sur les métiers et les agents de la formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lescure (de) E., Fretgne C. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les métiers de la formation : Approches sociologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , p. 7-22, 2010, coll. "Des sociétés", 978-2-7535-1062-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01429127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les &amp;quot;métiers de la formation&amp;quot; : sociologie d’une rhétorique professionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brémaud L., Guillaumin C. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’archipel de l’ingénierie de la formation. Transformations, recompositions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, p. 119-132, 2010, coll. "Des sociétés", 978-2-7535-1078-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01429126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Responsable de formation en entreprise : un métier flou en quête de légitimité professionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fretigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lescure (de) E., Fretgne C. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les métiers de la formation : Approches sociologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, p. 107-118, 2010, coll. "Des sociétés", 978-2-7535-1062-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01429129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Question sociale et métier de formateur : le refus du salariat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hake B. J., Laot F. F. (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Social Question and Adult Education, European Perspectives in the 19th and 20th Centuries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 4, Peter Lang, p. 183-194, 2009, Series "European studies in lifelong and adult learning research", 978-3-631-57632-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01429131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contributions à :</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lebon F. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les animateurs socioculturels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 495, La Découverte, 124 p., 2009, coll. "Repères", 9782707156051</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01429132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les formateurs d’adultes et leur professionnalisation : du rejet à la fascination. Un exercice de rétroduction (1960-2000)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laot F., Lescure (de) E. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour une histoire de la formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, p. 89-109, 2008, coll. "Histoire et mémoire de la formation", 978-2-296-05700-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01429134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’histoire de la formation des adultes, un domaine en plein essor ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise F. Laot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laot F., Lescure (de) E. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour une histoire de la formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, p. 5-18, 2008, coll. "Histoire et mémoire de la formation", 978-2-296-05700-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01429133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèses des allocutions et des débats : Rencontre sur l’accord national interprofessionnel du 9 juillet 1970 sur la formation et le perfectionnement professionnels, Témoignages de négociateurs / La construction du système (1966-1971). Témoignage de Guy Métais / La préparation et le vote de la loi du 16 juillet 1971. Témoignage de Jean-Michel Bélorgey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lescure (de) E. (coord.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La construction du système français de formation professionnelle continue. Retour sur l’accord du 9 juillet 1970 et la loi du 16 juillet 1971</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, p. 107-128 / p. 131-145 / p. 147-161, 2004, coll. "Histoire et mémoire de la formation", 2-7475-6642-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01429138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lescure (de) E. (coord.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La construction du système français de formation professionnelle continue. Retour sur l’accord du 9 juillet 1970 et la loi du 16 juillet 1971</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, p. 7-13, 2004, coll. "Histoire et mémoire de la formation", 2-7475-6642-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01429135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’émergence de l’approche économique dans la problématique de l’illettrisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dartigues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">El Hayek C. (coord.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Illettrisme et monde du travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Documentation française, p. 23-32, 2000, coll "En toutes lettres", 2-11-004514-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01429140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation est un processus global et permanent. Entretien avec Bertrand Schwartz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. El Hayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">El Hayek C. (coord.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Illettrisme et monde du travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Documentation française, p. 419-424, 2000, coll "En toutes lettres", 2-11-004514-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01429141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La question de l’instruction et de la scolarisation en Guyane française : éléments d’une première approche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Guth R. (coord.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fin de siècle : quelle école ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les cahiers du Groupe de recherche et d’action pédagogique des inspecteurs de l’Éducation nationale (GRAPIEN), p. 75-90, 1995, 2-9509606-0-X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01429145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des formations continues au service de l’égalité professionnelle femmes/hommes ? Des ambitions de promotion à l’essentialisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Divert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque PROVIRCAP : Réformer le capitalisme de l’intérieur ? Acteur·ices, pratiques, mondes sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Paris, France. halshs-05023808, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05560724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éducations militantes, formations aux militantismes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise F. Laot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de pédagogie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.5-95, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03884416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éducation populaire : politisation et pratiques d’émancipation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Porte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agora débats/jeunesses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 76 (2), 2017, 9782724634853</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01635929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation continue, entre droit personnel et injonction sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Vezinat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociologies pratiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, n°35, 2017, Sociologies pratiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01671164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation continue, entre droit personnel et injonction sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Vezinat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">35, 2017, Sociologies pratiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02586162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’essor de la formation continue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">pp. 7-174, 2011, Regards sociologiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01425680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation de formateurs d’adultes : approche historique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise F. Laot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, n°53, p. 9-93., 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01425659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Que sont les formateurs devenus ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise F. Laot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Olry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation permanente</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 164, pp. 5-182., 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01425671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId113"/>
+      <w:footerReference w:type="default" r:id="rId138"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6411,51 +7637,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952040v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Lescure" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884316v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise F. Laot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.11653" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892051v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Porte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Richez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884449v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.16929" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872720v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.10254" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717854v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tallard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge V&#233;zinat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.035.0019" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01671162v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01635925v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.076.0053" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717860v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Quenson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.035.0027" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717850v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Dayan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.035.0013" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426136v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426122v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426259v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426147v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gonthier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426305v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426161v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fretigne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426293v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Lebon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426249v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426244v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426297v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Olry" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426180v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426216v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426228v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dartigues" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571047v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Balas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884835v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425243v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425282v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Brucy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425300v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425313v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425320v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429146v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crajep-pdl.org/IMG/pdf/animateurs_morphologie_d_un_groupe_pro_1982_2005flebondef_2.pdf." TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425327v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425048v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425617v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vogler" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425640v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425648v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425609v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425634v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884489v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884479v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891999v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892012v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892004v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884667v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Letrait" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereq.fr/formation-continue-et-parcours-professionnels-entre-aspirations-des-salaries-et-contexte-de" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57706/cereqechanges-015" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884648v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereq.fr/parcours-professionnels-et-formation-des-liens-renouveles" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884610v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427936v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427941v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427961v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427953v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427981v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427977v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427993v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428001v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429128v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429127v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429126v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429129v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429131v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429132v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429134v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429133v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429138v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gauthier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429135v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429140v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429141v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. El Hayek" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429145v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884416v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01635929v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01671164v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Vezinat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02586162v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425680v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425659v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425671v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05560770v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Lescure" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Porte" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05560757v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel De Lescure" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13r59" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05560750v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.564.0017" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05560772v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12kwl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05560783v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952040v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05560788v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Divert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Mournetas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15cpw" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05560743v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.234.0021" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892051v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Richez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884316v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise F. Laot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.11653" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884449v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.16929" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872720v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.10254" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717854v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tallard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge V&#233;zinat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.035.0019" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01671162v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01635925v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.076.0053" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717860v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Quenson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.035.0027" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717850v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Dayan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.035.0013" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426136v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426122v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426259v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426147v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gonthier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426305v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426161v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fretigne" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426293v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Lebon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426249v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426244v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426297v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Olry" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426180v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426216v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426228v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dartigues" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571047v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Balas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05560806v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Maillard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884835v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besse" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425243v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425282v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Brucy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425300v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425313v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425320v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429146v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crajep-pdl.org/IMG/pdf/animateurs_morphologie_d_un_groupe_pro_1982_2005flebondef_2.pdf." TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425327v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425048v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425617v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vogler" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425640v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425648v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425609v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425634v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560568v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560626v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14h7s" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560638v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560672v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcb.depol.2023.01" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560652v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884489v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884479v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892012v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891999v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892004v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884667v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Letrait" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereq.fr/formation-continue-et-parcours-professionnels-entre-aspirations-des-salaries-et-contexte-de" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57706/cereqechanges-015" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884648v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereq.fr/parcours-professionnels-et-formation-des-liens-renouveles" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884610v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427936v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427941v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427961v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427953v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427981v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427977v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427993v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428001v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429128v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429127v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429126v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429129v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429131v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429132v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429134v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429133v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429138v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gauthier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429135v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429140v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429141v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. El Hayek" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429145v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05560724v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884416v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01635929v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01671164v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Vezinat" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02586162v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425680v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425659v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425671v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>