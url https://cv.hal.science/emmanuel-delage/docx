--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -649,441 +649,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02958327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Track structure modeling in liquid water: A review of the Geant4-DNA very low energy extension of the Geant4 Monte Carlo simulation toolkit</w:t>
+                <w:t xml:space="preserve">Coupling of Geant4-DNA physics models into the GATE Monte Carlo platform: Evaluation of radiation-induced damage for clinical and preclinical radiation therapy beams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. A. Bernal</w:t>
+                <w:t xml:space="preserve">T.Q. Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-C. Bordage</w:t>
+                <w:t xml:space="preserve">A. Anne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.M.C. Brown</w:t>
+                <w:t xml:space="preserve">M. Bony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Delage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Davídková</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E. Delage</w:t>
+                <w:t xml:space="preserve">D. Donnarieix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Medica European Journal of Medical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 31 (8), pp.861-874. </w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 353, pp.46-55. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejmp.2015.10.087⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nimb.2015.04.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01288764v1</w:t>
+                <w:t xml:space="preserve">hal-01288784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling of Geant4-DNA physics models into the GATE Monte Carlo platform: Evaluation of radiation-induced damage for clinical and preclinical radiation therapy beams</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PDB4DNA: Implementation of DNA geometry from the Protein Data Bank (PDB) description for Geant4-DNA Monte-Carlo simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Delage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quang Trung Pham Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T.Q. Pham</w:t>
+                <w:t xml:space="preserve">M Karamitros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Anne</w:t>
+                <w:t xml:space="preserve">H Payno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Bony</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">D. Donnarieix</w:t>
+                <w:t xml:space="preserve">V Stepan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nimb.2015.04.024⟩</w:t>
+              <w:t xml:space="preserve">Computer Physics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.S0010465515000843. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cpc.2015.02.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01288784v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01197196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PDB4DNA: Implementation of DNA geometry from the Protein Data Bank (PDB) description for Geant4-DNA Monte-Carlo simulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Track structure modeling in liquid water: A review of the Geant4-DNA very low energy extension of the Geant4 Monte Carlo simulation toolkit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. A. Bernal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Bordage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M.C. Brown</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Davídková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Delage</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">V Stepan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Physics Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physica Medica European Journal of Medical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 31 (8), pp.861-874. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmp.2015.10.087⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cpc.2015.02.026⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01197196v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01288764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The LHCb detector at the LHC</w:t>
               </w:r>
@@ -1229,273 +1229,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visualisation 3D immersive de données topographiques et de simulation, et technologies associées</w:t>
+                <w:t xml:space="preserve">Visualisation des quicklooks du site instrumenté COPDD au moyen de Grafana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Delage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin van Wyk de Vries</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Malcolm Whitworth</w:t>
+                <w:t xml:space="preserve">P Cacault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susan Conway</w:t>
+                <w:t xml:space="preserve">J-M Pichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plénières ARAMIS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2022, LYON, France</w:t>
+              <w:t xml:space="preserve">Séries Interopérables et Systèmes de Traitements 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03565794v1</w:t>
+                <w:t xml:space="preserve">hal-03704074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visualisation des quicklooks du site instrumenté COPDD au moyen de Grafana</w:t>
+                <w:t xml:space="preserve">Visualisation 3D immersive de données topographiques et de simulation, et technologies associées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Delage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P Cacault</w:t>
+                <w:t xml:space="preserve">Benjamin van Wyk de Vries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malcolm Whitworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J-M Pichon</w:t>
+                <w:t xml:space="preserve">Susan Conway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séries Interopérables et Systèmes de Traitements 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Plénières ARAMIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, LYON, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03704074v1</w:t>
+                <w:t xml:space="preserve">hal-03565794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visualising and experiencing geological flows in Virtual Reality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Delage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin van Wyk de Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meven Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1611,51 +1611,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Régis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktor Vereb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin van Wyk de Vries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Visu 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1693,51 +1693,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D visualization technics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Delage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin van Wyk de Vries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3DTeLC summer school 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Portsmouth, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2240,51 +2240,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Puy de Dôme: Natural or Anthropogenic? Understanding, managing and protecting an original landscape in a UNESCO World Heritage site</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin van Wyk de Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Márton Pál</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2677,51 +2677,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://emmanuel.delage.free.fr/resume/indexFR.htm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065074v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boudoire" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Gailler" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Battaglia" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Beauger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Bontemps" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.285" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04402537v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Luca Bonali" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Vitello" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kearl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tibaldi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Whitworth" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acags.2024.100156" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567198v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Aumar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Labazuy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Buvat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Delage" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2023.109533" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02958327v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tibaldi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonali" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vitello" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Delage" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nomikou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-020-01376-6" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288764v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Bernal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Bordage" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M.C. Brown" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dav&#237;dkov&#225;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2015.10.087" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TXC3CZ93-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288784v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.Q. Pham" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Anne" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bony" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Donnarieix" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2015.04.024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01197196v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Trung Pham Pham" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Karamitros" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Payno" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Stepan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2015.02.026" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00312316v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Augusto Alves Jr." TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M. Andrade Filho" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. F. Barbosa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bediaga" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cernicchiaro" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/3/08/S08005" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03565794v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin van Wyk de Vries" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Conway" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03704074v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Cacault" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Pichon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03158832v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meven Philippe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan J. Conway" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costanza Morino" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-8801" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02946772v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard R&#233;gis" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Vereb" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02946874v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02946863v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02946730v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02946809v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02936613v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Perochon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00369623v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chanal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cornat" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Deschamps" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Laubser" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03158881v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rton P&#225;l" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#225;sp&#225;r Albert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanni V&#246;r&#246;s" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Grosse" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025161v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Antunes Nobrega" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Franca Barbosa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Correa de Oliveira" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://emmanuel.delage.free.fr/resume/indexFR.htm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065074v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boudoire" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Gailler" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Battaglia" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Beauger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Bontemps" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.285" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04402537v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Luca Bonali" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Vitello" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kearl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tibaldi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Whitworth" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acags.2024.100156" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567198v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Aumar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Labazuy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Buvat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Delage" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2023.109533" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02958327v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tibaldi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonali" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vitello" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Delage" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nomikou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-020-01376-6" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288784v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.Q. Pham" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Anne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bony" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Donnarieix" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2015.04.024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01197196v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Trung Pham Pham" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Karamitros" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Payno" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Stepan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2015.02.026" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288764v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Bernal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Bordage" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M.C. Brown" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dav&#237;dkov&#225;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2015.10.087" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TXC3CZ93-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00312316v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Augusto Alves Jr." TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M. Andrade Filho" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. F. Barbosa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bediaga" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cernicchiaro" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/3/08/S08005" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03704074v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Cacault" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Pichon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03565794v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin van Wyk de Vries" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Conway" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03158832v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meven Philippe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan J. Conway" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costanza Morino" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-8801" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02946772v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard R&#233;gis" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Vereb" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02946874v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02946863v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02946730v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02946809v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02936613v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Perochon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00369623v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chanal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cornat" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Deschamps" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Laubser" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03158881v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rton P&#225;l" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#225;sp&#225;r Albert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanni V&#246;r&#246;s" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Grosse" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025161v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Antunes Nobrega" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Franca Barbosa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Correa de Oliveira" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>