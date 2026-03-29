--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -2422,256 +2422,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03228919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SmartCom: Exploiter un Smartphone pour Interagir avec les Barres d’Outils</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toward phygital agent-based interactive simulations to support urban planning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gary Perelman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elio Keddisseh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marcos Serrano</w:t>
+                <w:t xml:space="preserve">Frédéric Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dubois</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Gaudou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsy Kaddoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32ème Conférence francophone sur l'Interaction Humain-Machine (IHM 20.21)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6th International Workshop on Agent-Based Modelling of Urban Systems (ABMUS @ AAMAS 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, London (Virtual), United Kingdom. pp.36-40</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03567057v1</w:t>
+                <w:t xml:space="preserve">hal-03226686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward phygital agent-based interactive simulations to support urban planning</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Amblard</w:t>
+                <w:t xml:space="preserve">SmartCom: Exploiter un Smartphone pour Interagir avec les Barres d’Outils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elio Keddisseh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dubois</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Workshop on Agent-Based Modelling of Urban Systems (ABMUS @ AAMAS 2021)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">32ème Conférence francophone sur l'Interaction Humain-Machine (IHM 20.21)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone d’Interaction Homme-Machine (AFIHM), Apr 2021, Metz (Virtual Event), France. pp.3:1-10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3450522.3451244⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03226686v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03567057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Predictive Performance Model for Immersive Interactions in Mixed Reality</w:t>
               </w:r>
@@ -2761,51 +2761,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">KeyTch: Combining the Keyboard with a Touchscreen for Rapid Command Selection on Toolbars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Keddisseh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2954,503 +2954,503 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03232391v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TouchGlass: Raycasting from a Glass Surface to Point at Physical Objects in Public Exhibits</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florent Cabric</w:t>
+                <w:t xml:space="preserve">Adaptive Human Machine Interfaces in an Autonomous Vehicle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lemercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Combettes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gomez Jauregui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Lagasquie-Schiex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th IFIP Conference on Human-Computer Interaction (INTERACT 2019)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Workshop on Explainable AI in Automated Driving: a User-Centered Interaction Approach in 11th International ACM Conference on Automotive User Interfaces and Interactive Vehicular Applications (Automotive UI 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Utrecht, Netherlands. pp.1-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02553872v1</w:t>
+                <w:t xml:space="preserve">hal-03621807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Human Machine Interfaces in an Autonomous Vehicle</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Combettes</w:t>
+                <w:t xml:space="preserve">TouchGlass: Raycasting from a Glass Surface to Point at Physical Objects in Public Exhibits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Cabric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Gomez Jauregui</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pourang Irani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Explainable AI in Automated Driving: a User-Centered Interaction Approach in 11th International ACM Conference on Automotive User Interfaces and Interactive Vehicular Applications (Automotive UI 2019)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">17th IFIP Conference on Human-Computer Interaction (INTERACT 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Paphos, Cyprus. pp.249-269, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-29387-1_15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03621807v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02553872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Screen Reachability on an Articulated Dual-Display Smartphone</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accessibility study for augmented keyboard for input interaction techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elio Keddisseh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Pecchioli</w:t>
+                <w:t xml:space="preserve">Nicolas Issa Sayegh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dubois</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marcos Serrano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th IFIP Conference on Human-Computer Interaction (INTERACT 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Paphos, Cyprus. pp.476-485, </w:t>
+              <w:t xml:space="preserve">31e conférence francophone sur l'Interaction Homme-Machine (IHM 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Grenoble, France. pp.6:1-8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-29387-1_27⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3366551.3370345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02553854v1</w:t>
+                <w:t xml:space="preserve">hal-02388852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accessibility study for augmented keyboard for input interaction techniques</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigating Screen Reachability on an Articulated Dual-Display Smartphone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Issa Sayegh</w:t>
+                <w:t xml:space="preserve">Mathieu Pecchioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pourang Irani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Serrano</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31e conférence francophone sur l'Interaction Homme-Machine (IHM 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Grenoble, France. pp.6:1-8, </w:t>
+              <w:t xml:space="preserve">17th IFIP Conference on Human-Computer Interaction (INTERACT 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Paphos, Cyprus. pp.476-485, </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3366551.3370345⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-29387-1_27⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02388852v1</w:t>
+                <w:t xml:space="preserve">hal-02553854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R++, User-Friendly Statistical Software</w:t>
               </w:r>
@@ -3899,51 +3899,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssem Eddine Saïdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourang Irani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hurter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4088,464 +4088,464 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03621619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction modularity in multi-device systems: a conceptual approach</w:t>
+                <w:t xml:space="preserve">Rolling-Menu: Rapid Command Selection in Toolbars Using Roll Gestures with a Multi-DoF Mouse.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Augusto Celentano</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Advanced Visual Interfaces (AVI 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Grossetto, Italy. pp.60-62, </w:t>
+              <w:t xml:space="preserve">SIGCHI Conference on Human Factors in Computing Systems (CHI 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Montreal, Canada. pp.1-12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3206505.3206559⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3173574.3173941⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02295351v1</w:t>
+                <w:t xml:space="preserve">hal-03623081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rolling-Menu: Rapid Command Selection in Toolbars Using Roll Gestures with a Multi-DoF Mouse.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Dubois</w:t>
+                <w:t xml:space="preserve">Cell Selection for Spreadsheets on Tablets: Stacking-Based Interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gary Perelman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bortolaso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Derras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIGCHI Conference on Human Factors in Computing Systems (CHI 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Montreal, Canada. pp.1-12, </w:t>
+              <w:t xml:space="preserve">Conference on Human Factors in Computing Systems (CHI EA 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Montreal, Canada. pp.1-4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3173574.3173941⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3170427.3186546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03623081v1</w:t>
+                <w:t xml:space="preserve">hal-01866404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell Selection for Spreadsheets on Tablets: Stacking-Based Interaction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gary Perelman</w:t>
+                <w:t xml:space="preserve">Une nouvelle approche pour l'exploration de données spatio-temporelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Cassat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pourang Irani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Human Factors in Computing Systems (CHI EA 2018)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">30eme conférence francophone sur l'interaction homme-machine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Brest, France. 7p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01866404v1</w:t>
+                <w:t xml:space="preserve">hal-01899365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une nouvelle approche pour l'exploration de données spatio-temporelles</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interaction modularity in multi-device systems: a conceptual approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augusto Celentano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30eme conférence francophone sur l'interaction homme-machine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Advanced Visual Interfaces (AVI 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Grossetto, Italy. pp.60-62, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3206505.3206559⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01899365v1</w:t>
+                <w:t xml:space="preserve">hal-02295351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DichotoZoom : Technique de sélection d’objets dans un environnement virtuel 3D affiché sur Smartphone</w:t>
               </w:r>
@@ -4790,51 +4790,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssem Eddine Saïdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourang Irani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hurter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4885,51 +4885,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Pen-Based Bimanual Approach for Interaction in Multi-Display Environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Keddisseh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4980,90 +4980,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Novel Interaction Paradigm For Exploring Spatio-Temporal Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Cassat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourang Irani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Multimodal Interaction for Data Visualization, organized as part of the ACM AVI 2018 conference (MultimodalVis 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Grosseto, Italy. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5082,434 +5082,434 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02181910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction-in-the-large vs interaction-in-the-small in multi-device systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Augusto Celentano</w:t>
+                <w:t xml:space="preserve">Objets du quotidien pour interagir avec des environnements multi- écrans publics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssem Eddine Saïdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Biannual Conference of the Italian SIGCHI Chapter (CHItaly 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACM SIGCHI: Special Interest Group on Computer-Human Interaction, Sep 2017, Cagliary, Italy. pp.19:1-19:10, </w:t>
+              <w:t xml:space="preserve">29ème conférence francophone sur l'Interaction Homme-Machine (IHM 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFIHM: Association Francophone de l'Interaction Homme-Machine, Aug 2017, Poitiers, France. pp.1--10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3125571.3125577⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3132129.3132155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03624126v1</w:t>
+                <w:t xml:space="preserve">hal-01578220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Objets du quotidien pour interagir avec des environnements multi- écrans publics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marcos Serrano</w:t>
+                <w:t xml:space="preserve">Interaction-in-the-large vs interaction-in-the-small in multi-device systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augusto Celentano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29ème conférence francophone sur l'Interaction Homme-Machine (IHM 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFIHM: Association Francophone de l'Interaction Homme-Machine, Aug 2017, Poitiers, France. pp.1--10, </w:t>
+              <w:t xml:space="preserve">12th Biannual Conference of the Italian SIGCHI Chapter (CHItaly 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACM SIGCHI: Special Interest Group on Computer-Human Interaction, Sep 2017, Cagliary, Italy. pp.19:1-19:10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3132129.3132155⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3125571.3125577⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01578220v1</w:t>
+                <w:t xml:space="preserve">hal-03624126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TDome: a touch-enabled 6DOF interactive device for multi-display environments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Houssem Eddine Saïdi</w:t>
+                <w:t xml:space="preserve">Conception et évaluation de retours visuels sur une maquette phygitale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Cabric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Serrano</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM CHI 2017 Conference on Human Factors in Computing Systems (CHI 2017)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">29ème conférence francophone sur l'Interaction Homme-Machine (IHM 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFIHM: Association Francophone de l'Interaction Homme-Machine, Aug 2017, Poitiers, France. pp.1--10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3132129.3132162⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01740024v1</w:t>
+                <w:t xml:space="preserve">hal-01578334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception et évaluation de retours visuels sur une maquette phygitale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florent Cabric</w:t>
+                <w:t xml:space="preserve">TDome: a touch-enabled 6DOF interactive device for multi-display environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssem Eddine Saïdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pourang Irani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dubois</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marcos Serrano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29ème conférence francophone sur l'Interaction Homme-Machine (IHM 2017)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACM CHI 2017 Conference on Human Factors in Computing Systems (CHI 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Denver, United States. pp. 5892-5904</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3132129.3132162⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01578334v1</w:t>
+                <w:t xml:space="preserve">hal-01740024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Designing the engaging Energy-Box Bridging the gap between energy control systems and users' energy awareness</w:t>
               </w:r>
@@ -6951,269 +6951,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01219926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification of Interaction Techniques in the 3D Virtual Environment on Mobile Devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eliane Balaa</w:t>
+                <w:t xml:space="preserve">Conception d’un Dispositif pour Interagir avec des Données Multidimensionnelles : Disco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gary Perelman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Derras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Virtual, Augmented and Mixed Reality: Designing and Developing Augmented and Virtual Environments (VAMR 2014)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IHM'14, 26e conférence francophone sur l'Interaction Homme-Machine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Lille, France. pp.91-100</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02064212v1</w:t>
+                <w:t xml:space="preserve">hal-01090411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception d’un Dispositif pour Interagir avec des Données Multidimensionnelles : Disco</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marcos Serrano</w:t>
+                <w:t xml:space="preserve">Classification of Interaction Techniques in the 3D Virtual Environment on Mobile Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Balaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Bou Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHM'14, 26e conférence francophone sur l'Interaction Homme-Machine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">6th International Conference on Virtual, Augmented and Mixed Reality: Designing and Developing Augmented and Virtual Environments (VAMR 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Heraklion, Greece. pp.3-13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-07458-0_1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01090411v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02064212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smartphone-Based 3D Navigation Technique for Use in a Museum Exhibit</w:t>
               </w:r>
@@ -9683,51 +9683,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519735v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Perelman" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Serrano" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Marchal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhcs.2025.103672" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514978v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Reda Benkhelifa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Pierre Berg&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhcs.2025.103556" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323637v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3648613" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355332v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhcs.2023.103203" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655986v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Castet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Cabric" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chaffangeon Caillet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cunin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/sif.1024.19.99" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383908v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bortolaso" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Picard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Derras" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jips.5935" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530735v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Hamelin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IJVR.2017.17.1.2884" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578894v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lepreux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Couture" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Kolski" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jips.3902" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682976v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto Celentano" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-016-3714-6" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386653v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jips.2182" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343029v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12193-015-0198-z" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120180v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Appert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gauffre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scico.2013.03.007" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387801v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Raynal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Sanza" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467066v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Schmitt" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bach" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Croenne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.32.605-638" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940558v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Br&#233;hault" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Prouzeau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3706598.3713129" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450136v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Truillet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3649792" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497160v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Brehault" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845381v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Probst" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3500866.3516377" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03856210v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3567738" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03228919v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Eddine Sa&#239;di" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3411764.3445255" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03567057v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Keddisseh" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3450522.3451244" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226686v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Amblard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gaudou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsy Kaddoum" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03382871v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISMAR52148.2021.00035" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03276483v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3411764.3445288" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232391v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02553872v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pourang Irani" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29387-1_15" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621807v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lemercier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Combettes" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gomez Jauregui" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Lagasquie-Schiex" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02553854v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pecchioli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29387-1_27" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388852v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Issa Sayegh" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3366551.3370345" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02878633v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Genolini" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Furi&#243;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29390-1_46" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901591v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3351995.3352040" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02877659v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29390-1_24" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407614v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Boudet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rodriguez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02278309v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hurter" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29390-1_26" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621619v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Pittarello" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3284869.3284889" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295351v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3206505.3206559" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623081v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3173574.3173941" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01866404v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3170427.3186546" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899365v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Cassat" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899077v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Balaa" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898855v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898853v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899198v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181910v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624126v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3125571.3125577" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578220v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3132129.3132155" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740024v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578334v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3132129.3132162" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658182v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578468v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3132129.3132132" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578456v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3132129.3132131" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500513v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109567v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2935334.2935341" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384332v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gutierrez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Truillet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3004107.3004140" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912803v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219072v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2820619.2825008" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01327082v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040709v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2788940.2788941" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218471v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2820619.2820622" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219094v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jouffrais" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2820619.2825013" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116302v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2702123.2702244" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219926v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064212v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bou Issa" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07458-0_1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090411v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266935v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Raynal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minica Houry-Panchetti" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111114v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085207v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2628363.2628374" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134685v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264520v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40477-1_8" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231767v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-39062-3_35" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212866v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roussille" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Kammoun" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821078v2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theophanis Tsandilas" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40477-1_31" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01590876v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Graham" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Wolfe" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23771-3_26" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953691v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bach" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Nigay" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coutrix" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1629826.1629874" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02939487v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafaa Abou Moussa" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Salembier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Jessel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1376971.1376977" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090415v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Brock" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ducasse" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953304v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Gray" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/gp/book/9781848827325" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-84882-733-2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00788069v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Scapin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syrine Charfi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-4205-9_8" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02528343v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Ergonomie_conception_de_produits_et_services_m%C3%A9diatis%C3%A9s" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.lepo.2010.01.0183" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294849v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294622v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006865v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyes Reguig" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Limousin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04468020v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2008INPT023H" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00004676v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519735v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Perelman" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Serrano" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Marchal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhcs.2025.103672" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514978v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Reda Benkhelifa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Pierre Berg&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhcs.2025.103556" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323637v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3648613" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355332v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhcs.2023.103203" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655986v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Castet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Cabric" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chaffangeon Caillet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cunin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/sif.1024.19.99" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383908v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bortolaso" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Picard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Derras" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jips.5935" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530735v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Hamelin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IJVR.2017.17.1.2884" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578894v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lepreux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Couture" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Kolski" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jips.3902" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682976v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto Celentano" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-016-3714-6" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386653v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jips.2182" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343029v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12193-015-0198-z" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120180v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Appert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gauffre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scico.2013.03.007" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387801v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Raynal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Sanza" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467066v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Schmitt" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bach" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Croenne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.32.605-638" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940558v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Br&#233;hault" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Prouzeau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3706598.3713129" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450136v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Truillet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3649792" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497160v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Brehault" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845381v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Probst" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3500866.3516377" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03856210v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3567738" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03228919v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Eddine Sa&#239;di" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3411764.3445255" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226686v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Amblard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gaudou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsy Kaddoum" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03567057v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Keddisseh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3450522.3451244" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03382871v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISMAR52148.2021.00035" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03276483v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3411764.3445288" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232391v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621807v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lemercier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Combettes" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gomez Jauregui" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Lagasquie-Schiex" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02553872v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pourang Irani" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29387-1_15" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388852v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Issa Sayegh" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3366551.3370345" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02553854v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pecchioli" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29387-1_27" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02878633v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Genolini" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Furi&#243;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29390-1_46" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901591v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3351995.3352040" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02877659v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29390-1_24" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407614v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Boudet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rodriguez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02278309v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hurter" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29390-1_26" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621619v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Pittarello" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3284869.3284889" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623081v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3173574.3173941" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01866404v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3170427.3186546" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899365v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Cassat" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295351v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3206505.3206559" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899077v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Balaa" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898855v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898853v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899198v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181910v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578220v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3132129.3132155" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624126v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3125571.3125577" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578334v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3132129.3132162" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740024v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658182v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578468v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3132129.3132132" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578456v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3132129.3132131" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500513v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109567v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2935334.2935341" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384332v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gutierrez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Truillet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3004107.3004140" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912803v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219072v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2820619.2825008" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01327082v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040709v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2788940.2788941" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218471v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2820619.2820622" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219094v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jouffrais" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2820619.2825013" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116302v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2702123.2702244" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219926v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090411v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064212v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bou Issa" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07458-0_1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266935v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Raynal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minica Houry-Panchetti" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111114v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085207v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2628363.2628374" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134685v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264520v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40477-1_8" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231767v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-39062-3_35" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212866v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roussille" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Kammoun" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821078v2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theophanis Tsandilas" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40477-1_31" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01590876v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Graham" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Wolfe" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23771-3_26" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953691v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bach" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Nigay" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coutrix" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1629826.1629874" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02939487v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafaa Abou Moussa" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Salembier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Jessel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1376971.1376977" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090415v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Brock" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ducasse" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953304v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Gray" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/gp/book/9781848827325" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-84882-733-2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00788069v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Scapin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syrine Charfi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-4205-9_8" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02528343v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Ergonomie_conception_de_produits_et_services_m%C3%A9diatis%C3%A9s" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.lepo.2010.01.0183" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294849v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294622v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006865v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyes Reguig" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Limousin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04468020v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2008INPT023H" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00004676v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>