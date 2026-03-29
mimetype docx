--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -857,338 +857,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05382122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elevations of Extracellular Vesicles and Inflammatory Biomarkers in Closed Circuit SCUBA Divers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Scientific shallow saturation dive expedition using diving rebreathers and a specific dry habitat: medical management of the “Capsule” programme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Gouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Awadhesh K Arya</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Anne Räisänen-Sokolowski</w:t>
+                <w:t xml:space="preserve">Jean Eric Blatteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dugrenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gardette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms24065969⟩</w:t>
+              <w:t xml:space="preserve">International maritime health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 74 (1), pp.36-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5603/IMH.2023.0004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05225537v1</w:t>
+                <w:t xml:space="preserve">hal-04077985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scientific shallow saturation dive expedition using diving rebreathers and a specific dry habitat: medical management of the “Capsule” programme</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Gouin</w:t>
+                <w:t xml:space="preserve">Elevations of Extracellular Vesicles and Inflammatory Biomarkers in Closed Circuit SCUBA Divers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Awadhesh K Arya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costantino Balestra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veena M Bhopale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura J Tuominen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Eric Blatteau</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Bernard Gardette</w:t>
+                <w:t xml:space="preserve">Anne Räisänen-Sokolowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International maritime health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 74 (1), pp.36-44. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24, pp.5969. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5603/IMH.2023.0004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms24065969⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04077985v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05225537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulmonary Effects of One Week of Repeated Recreational Closed-Circuit Rebreather Dives in Cold Water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Costantino Balestra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Orsat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1378,51 +1378,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physiological effects of mixed-gas deep sea dives using a closed-circuit rebreather: a field pilot study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dugrenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Costantino Balestra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2729,51 +2729,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05305036v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Theron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Blasselle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Nedellec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ballet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dugrenot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00357.2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170316v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gouin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gardette" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28920/dhm55.2.203-210" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05417993v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Lance" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Michot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Marroni" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28920/dhm55.4.369-375" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05382141v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhiannon J Brenner" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiran A Balan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie P L Andersen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier C E Vrijdag" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15502783.2024.2402386" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04767211v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Guernec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Orsat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guerrero" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-06963-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05382122v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vall&#233;e" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Virginie Desruelle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Richard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Coup&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2023.1253856" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05225537v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awadhesh K Arya" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino Balestra" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veena M Bhopale" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura J Tuominen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne R&#228;is&#228;nen-Sokolowski" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24065969" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04077985v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Eric Blatteau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5603/IMH.2023.0004" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455282v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan L&#8217;her" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/medicina59010081" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04077998v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28920/dhm52.2.119-125" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04077999v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-021-04798-y" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326872v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vallee" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tardivel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Martin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-87952-y" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04412504v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Lautridou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Am&#233;rand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pichavant-Rafini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00324.2020" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02171481v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Monnot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laf&#232;re" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28920/dhm49.96-106" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05382218v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2019.103518" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01723939v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Mazur" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dupas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.00064" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01723940v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Buzzacott" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Belhomme" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000001385" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05417995v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Caillard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Veses" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Luciani" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lecomte" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05064260v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhiannon Brenner" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Giroux-Metges" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05305036v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Theron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Blasselle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Nedellec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ballet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dugrenot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00357.2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170316v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gouin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gardette" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28920/dhm55.2.203-210" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05417993v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Lance" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Michot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Marroni" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28920/dhm55.4.369-375" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05382141v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhiannon J Brenner" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiran A Balan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie P L Andersen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier C E Vrijdag" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15502783.2024.2402386" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04767211v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Guernec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Orsat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guerrero" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-06963-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05382122v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vall&#233;e" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Virginie Desruelle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Richard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Coup&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2023.1253856" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04077985v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Eric Blatteau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5603/IMH.2023.0004" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05225537v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awadhesh K Arya" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino Balestra" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veena M Bhopale" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura J Tuominen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne R&#228;is&#228;nen-Sokolowski" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24065969" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455282v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan L&#8217;her" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/medicina59010081" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04077998v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28920/dhm52.2.119-125" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04077999v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-021-04798-y" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326872v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vallee" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tardivel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Martin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-87952-y" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04412504v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Lautridou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Am&#233;rand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pichavant-Rafini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00324.2020" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02171481v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Monnot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laf&#232;re" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28920/dhm49.96-106" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05382218v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2019.103518" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01723939v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Mazur" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dupas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.00064" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01723940v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Buzzacott" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Belhomme" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000001385" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05417995v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Caillard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Veses" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Luciani" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lecomte" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05064260v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhiannon Brenner" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Giroux-Metges" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>