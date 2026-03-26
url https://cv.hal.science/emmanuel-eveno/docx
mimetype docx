--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -205,260 +205,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02075051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D’un modèle européen à des villes modèles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Villes numériques, villes intelligentes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Eveno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain d'Iribarne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Eveno</w:t>
+                <w:t xml:space="preserve">Jean-Michel Mestres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Urbanisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 394, pp.28-30</w:t>
+              <w:t xml:space="preserve">, 2014, 394, pp.25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01077256v1</w:t>
+                <w:t xml:space="preserve">hal-01074795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment l’intelligence vînt aux villes ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">D’un modèle européen à des villes modèles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain d'Iribarne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Eveno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Urbanisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 394, pp.26-27</w:t>
+              <w:t xml:space="preserve">, 2014, 394, pp.28-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01076152v1</w:t>
-[...41 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">hal-01077256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Mestres</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment l’intelligence vînt aux villes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Eveno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Urbanisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 394, pp.25</w:t>
+              <w:t xml:space="preserve">, 2014, 394, pp.26-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01074795v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01076152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu’est-ce qu’une « cantine numérique » ?</w:t>
               </w:r>
@@ -857,355 +857,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00573265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La géographie de la société de l’information : entre abîmes et Sommets</w:t>
+                <w:t xml:space="preserve">Le paradigme territorial de la Société de l'Information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Eveno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NETCOM : Réseaux, communication et territoires / Networks and Communications Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, Géographie de la Société de l'Information. Perspectives, 18 (1-2), pp.11-87</w:t>
+              <w:t xml:space="preserve">, 2004, Géographie de la Société de l'Information. Perspectives, 18 (1-2), pp.89-134</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02077706v1</w:t>
+                <w:t xml:space="preserve">hal-02077709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le paradigme territorial de la Société de l'Information</w:t>
+                <w:t xml:space="preserve">La géographie de la société de l’information : entre abîmes et Sommets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Eveno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NETCOM : Réseaux, communication et territoires / Networks and Communications Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, Géographie de la Société de l'Information. Perspectives, 18 (1-2), pp.89-134</w:t>
+              <w:t xml:space="preserve">, 2004, Géographie de la Société de l'Information. Perspectives, 18 (1-2), pp.11-87</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02077709v1</w:t>
+                <w:t xml:space="preserve">hal-02077706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Déploiement territorial et inscription institutionnelle des accès publics à Internet : l’exemple français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Eveno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Mancebo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Puel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géographie et cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Accès publics à Internet et nouvelles sociabilités, 46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02077685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Villes et Nouvelle Économie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Eveno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Puel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">M@ppemonde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02077715v1</w:t>
-              </w:r>
-[...106 lines deleted...]
-                <w:t xml:space="preserve">hal-02077685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement local sur les Tic n’existe pas ; nous l’avons rencontré</w:t>
               </w:r>
@@ -1411,51 +1411,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le champ du C.L.I.C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Eveno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaderni</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1991, Territoires et communication, 13/14, pp.101-110</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1512,51 +1512,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aux fondations des « villes numériques ». Heurs et malheurs du modèle parthenaisien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain d'Iribarne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Eveno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3536,199 +3536,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02075110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le développement du numérique et la « nouvelle économie »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Eveno</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Dugot; Guy Thuillier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">France : les mutations des systèmes productifs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires du Mirail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.103-121, 2014, Amphi 7, 978-2-8107-0321-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01168089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Imaginaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Eveno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Divina Frau-Meigs; Alain Kiyindou. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversité culturelle à l'ère du numérique : glossaire critique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Documentation française</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.148-152, 2014, 978-2-11-009406-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02075085v1</w:t>
-              </w:r>
-[...84 lines deleted...]
-                <w:t xml:space="preserve">hal-01168089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commerce et Tic ? Les ambivalences socio-spatiales d'une fertilisation croisée</w:t>
               </w:r>
@@ -5949,51 +5949,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075051v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Eveno" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.1174" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01077256v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain d'Iribarne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01076152v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01074795v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Mestres" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01086526v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00565276v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00664362v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Bakis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.821" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00315379v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Gueye" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Guibbert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sagna" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00573265v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vidal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077706v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077709v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077715v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Puel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077685v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lefebvre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Mancebo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077713v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077721v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077717v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077703v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077724v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02077769v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02077766v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02077761v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160060v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Ximena Lopez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mame Samba Gueye" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Siino" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine R&#233;gis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865297v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinda Haou&#232;s-Jouve" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Hidalgo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jegou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770581v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain D&#8217;iribarne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21782" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165931v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J&#233;gou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01017348v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Durand-Tornare" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077727v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00762111v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Desbordes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Destiny Kemeho Tchehouali" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-00990659v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00733961v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00142925v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Gu&#232;ye" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077647v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077648v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077723v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075686v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075594v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arkuiris.com/livre.php?id=36" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075675v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=54190" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075661v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/sciences-politiques-et-sociologie/les-big-data-a-decouvert/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075696v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boutique.lemoniteur.fr/une-trajectoire-metropolitaine-lexemple-de-toulouse.html?CDORIGINE=EDZW301H&amp;amp;utm_campaign=Push-produit-EDZW301H&amp;amp;utm_medium=push&amp;amp;utm_source=editionsdumoniteur" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075110v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boutique.lemoniteur.fr/economie-de-la-connaissance-une-dynamique-metropolitaine.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075085v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vie-publique.fr/catalogue/22388-diversite-culturelle-lere-du-numerique" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01168089v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr/~France-les-mutations-des-systemes~.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01017398v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dugot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3489" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01017364v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01017403v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00762618v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00762607v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fran&#231;ois Loukou" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Sylla" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077688v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Latouche" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077716v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378104v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vidal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077701v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077676v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Weissberg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077698v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Manzagol" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077695v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077663v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077656v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077652v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Boure" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077651v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077777v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865103v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;nola Capron" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salomon Gonzalez Arellano" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Mejia Escalante" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374661v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02053591v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akim Oural" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00965679v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Balti" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;ringuier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Bourret" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Escaffre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01017414v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Rousseau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077692v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075051v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Eveno" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.1174" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01074795v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Mestres" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01077256v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain d'Iribarne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01076152v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01086526v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00565276v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00664362v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Bakis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.821" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00315379v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Gueye" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Guibbert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sagna" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00573265v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vidal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077709v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077706v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077685v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lefebvre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Mancebo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Puel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077715v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077713v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077721v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077717v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077703v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077724v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02077769v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02077766v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02077761v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160060v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Ximena Lopez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mame Samba Gueye" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Siino" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine R&#233;gis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865297v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinda Haou&#232;s-Jouve" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Hidalgo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jegou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770581v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain D&#8217;iribarne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21782" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165931v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J&#233;gou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01017348v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Durand-Tornare" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077727v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00762111v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Desbordes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Destiny Kemeho Tchehouali" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-00990659v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00733961v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00142925v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Gu&#232;ye" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077647v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077648v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077723v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075686v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075594v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arkuiris.com/livre.php?id=36" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075675v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=54190" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075661v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/sciences-politiques-et-sociologie/les-big-data-a-decouvert/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075696v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boutique.lemoniteur.fr/une-trajectoire-metropolitaine-lexemple-de-toulouse.html?CDORIGINE=EDZW301H&amp;amp;utm_campaign=Push-produit-EDZW301H&amp;amp;utm_medium=push&amp;amp;utm_source=editionsdumoniteur" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075110v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boutique.lemoniteur.fr/economie-de-la-connaissance-une-dynamique-metropolitaine.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01168089v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr/~France-les-mutations-des-systemes~.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075085v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vie-publique.fr/catalogue/22388-diversite-culturelle-lere-du-numerique" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01017398v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dugot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3489" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01017364v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01017403v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00762618v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00762607v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fran&#231;ois Loukou" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Sylla" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077688v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Latouche" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077716v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378104v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vidal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077701v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077676v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Weissberg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077698v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Manzagol" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077695v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077663v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077656v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077652v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Boure" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077651v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077777v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865103v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;nola Capron" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salomon Gonzalez Arellano" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Mejia Escalante" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374661v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02053591v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akim Oural" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00965679v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Balti" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;ringuier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Bourret" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Escaffre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01017414v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Rousseau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077692v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>