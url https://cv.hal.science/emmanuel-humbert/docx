--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -854,468 +854,468 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00521700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smooth Yamabe invariant and surgery</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A non-existence result for a generalization of the equations of the conformal method in general relativity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mattias Dahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Gicquaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Humbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Differential Geometry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 30 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/30/7/075004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00271361v3</w:t>
+                <w:t xml:space="preserve">hal-00783621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Square-integrability of solutions of the Yamabe equation</w:t>
+                <w:t xml:space="preserve">Smooth Yamabe invariant and surgery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernd Ammann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mattias Dahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Humbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Analysis and Geometry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Differential Geometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 94 (1), pp.1-58</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01282157v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00271361v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The conformal Yamabe constant of product manifolds</w:t>
+                <w:t xml:space="preserve">Square-integrability of solutions of the Yamabe equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernd Ammann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mattias Dahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Humbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the American Mathematical Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Communications in Analysis and Geometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 21 (5), pp.891-916. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4310/CAG.2013.v21.n5.a2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01282903v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01282157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A non-existence result for a generalization of the equations of the conformal method in general relativity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The conformal Yamabe constant of product manifolds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernd Ammann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mattias Dahl</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Gicquaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Humbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the American Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0264-9381/30/7/075004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00783621v1</w:t>
+                <w:t xml:space="preserve">hal-01282903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A limit equation associated to the solvability of the vacuum Einstein constraint equations using the conformal method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mattias Dahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Gicquaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Humbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1710,550 +1710,550 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00091168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The first conformal Dirac eigenvalue on 2-dimensional tori</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernd Ammann</w:t>
+                <w:t xml:space="preserve">The geometrical quantity in damped wave equations on a square.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Hébrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Humbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geometry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 56, pp.623-642</w:t>
+              <w:t xml:space="preserve">ESAIM: Control, Optimisation and Calculus of Variations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 12 (4), pp.636-661</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00101461v1</w:t>
+                <w:t xml:space="preserve">hal-00151174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mass endomorphism and spinorial Yamabe type problems on conformally flat manifolds</w:t>
+                <w:t xml:space="preserve">The second Yamabe invariant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernd Ammann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Humbert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Analysis and Geometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 14, pp.163-182</w:t>
+              <w:t xml:space="preserve">Journal of Functional Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 235, pp.377-412</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00101446v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00140807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The second Yamabe invariant</w:t>
+                <w:t xml:space="preserve">The first conformal Dirac eigenvalue on 2-dimensional tori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernd Ammann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Humbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Functional Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 235, pp.377-412</w:t>
+              <w:t xml:space="preserve">Journal of Geometry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 56, pp.623-642</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00140807v1</w:t>
+                <w:t xml:space="preserve">hal-00101461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The geometrical quantity in damped wave equations on a square.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mass endomorphism and spinorial Yamabe type problems on conformally flat manifolds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernd Ammann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Hébrard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Humbert</w:t>
+                <w:t xml:space="preserve">Bertrand Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Control, Optimisation and Calculus of Variations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 12 (4), pp.636-661</w:t>
+              <w:t xml:space="preserve">Communications in Analysis and Geometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 14, pp.163-182</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00151174v1</w:t>
+                <w:t xml:space="preserve">hal-00101446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The problem of prescribed critical functions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Positive mass theorem for the Yamabe problem on Spin manifolds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernd Ammann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Humbert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Vaugon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">annals of global analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10455-005-1583-8⟩</w:t>
+              <w:t xml:space="preserve">Geometric And Functional Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 15 (3), pp.567-576. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00039-005-0521-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00138196v1</w:t>
+                <w:t xml:space="preserve">hal-00138756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Positive mass theorem for the Yamabe problem on Spin manifolds</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The problem of prescribed critical functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Vaugon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geometric And Functional Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 15 (3), pp.567-576. </w:t>
+              <w:t xml:space="preserve">annals of global analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 28, No1, p 19-34. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00039-005-0521-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10455-005-1583-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00138756v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00138196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extremal functions functions for the sharp $L\sp 2$-Nash inequality</w:t>
               </w:r>
@@ -2403,51 +2403,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernd Ammann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes rendus de l'Académie des sciences. Série I, Mathématique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 338 (12), pp.929-934</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2774,190 +2774,190 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extremising eigenvalues of the GJMS operators in a fixed conformal class</w:t>
+                <w:t xml:space="preserve">DISCRETE HARMONIC POLYNOMIALS IN MULTIDIMENSIONAL ORTHANTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bruno Premoselli</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kilian Raschel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05264856v1</w:t>
+                <w:t xml:space="preserve">hal-05061259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DISCRETE HARMONIC POLYNOMIALS IN MULTIDIMENSIONAL ORTHANTS</w:t>
+                <w:t xml:space="preserve">Extremising eigenvalues of the GJMS operators in a fixed conformal class</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kilian Raschel</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Petrides</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Premoselli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05061259v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observability for generalized Schrödinger equations and quantum limits on product manifolds</w:t>
               </w:r>
@@ -3025,190 +3025,190 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02496644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mass functions of a compact manifold</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Geometric and spectral characterization of Zoll manifolds, invariant measures and quantum limits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Humbert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Privat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trélat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01818684v1</w:t>
+                <w:t xml:space="preserve">hal-01939709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometric and spectral characterization of Zoll manifolds, invariant measures and quantum limits</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mass functions of a compact manifold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Hermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Humbert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01939709v1</w:t>
+                <w:t xml:space="preserve">hal-01818684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal transportation between hypersurfaces bounding some strictly convex domains</w:t>
               </w:r>
@@ -3612,265 +3612,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00184126v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The spinorial $\tau$-invariant and 0-dimensional surgery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernd Ammann</w:t>
+                <w:t xml:space="preserve">The first eigenvalue of Dirac and Laplace operators on surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Humbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00087981v1</w:t>
+                <w:t xml:space="preserve">hal-00095771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surgery and Harmonic Spinors</w:t>
+                <w:t xml:space="preserve">The spinorial $\tau$-invariant and 0-dimensional surgery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernd Ammann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Humbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00079157v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00087981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The first eigenvalue of Dirac and Laplace operators on surfaces</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Surgery and Harmonic Spinors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernd Ammann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattias Dahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Francois Grosjean</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-00095771v1</w:t>
+                <w:t xml:space="preserve">hal-00079157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId82"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -4025,51 +4025,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220909v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Humbert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Raschel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/25-ECP688" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562358v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Privat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tr&#233;lat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1512/iumj.2023.72.9755" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652890v3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.186" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409430v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yichun Liu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sulem" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Subrin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huy Tran-Manh" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)GM.1943-5622.0002200" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338016v4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03605302.2019.1581799" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282155v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Ammann" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattias Dahl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2969/jmsj/06710159" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521700v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hermann" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.2855" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271361v3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282157v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/CAG.2013.v21.n5.a2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282903v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783621v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gicquaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/30/7/075004" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783632v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282305v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282908v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00297324v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Raulot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00526-009-0241-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091168v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohameden Ould Ahmedou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101461v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101446v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Morel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140807v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151174v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal H&#233;brard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138196v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vaugon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10455-005-1583-8" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138756v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00039-005-0521-z" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146731v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138199v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147465v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098394v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153229v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-64518-2_48" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264856v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Petrides" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Premoselli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061259v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496644v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818684v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939709v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271012v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Molinet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925288v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660265v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530721v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00309127v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184126v3" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087981v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079157v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095771v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Grosjean" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220909v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Humbert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Raschel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/25-ECP688" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562358v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Privat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tr&#233;lat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1512/iumj.2023.72.9755" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652890v3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.186" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409430v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yichun Liu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sulem" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Subrin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huy Tran-Manh" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)GM.1943-5622.0002200" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338016v4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03605302.2019.1581799" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282155v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Ammann" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattias Dahl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2969/jmsj/06710159" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521700v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hermann" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.2855" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783621v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gicquaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/30/7/075004" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271361v3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282157v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/CAG.2013.v21.n5.a2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282903v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783632v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282305v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282908v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00297324v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Raulot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00526-009-0241-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091168v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohameden Ould Ahmedou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151174v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal H&#233;brard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140807v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101461v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101446v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Morel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138756v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00039-005-0521-z" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138196v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vaugon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10455-005-1583-8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146731v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138199v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147465v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098394v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153229v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-64518-2_48" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061259v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264856v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Petrides" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Premoselli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496644v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939709v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818684v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271012v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Molinet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925288v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660265v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530721v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00309127v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184126v3" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095771v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Grosjean" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087981v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079157v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>