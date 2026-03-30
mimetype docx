--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -434,827 +434,827 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04535964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Survey about Current Practices of Environmental Monitoring Programs within French Agri-Food Industries</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring the Diversity of Biofilm Formation by the Food Spoiler Brochothrix thermosphacta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gaillac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Briandet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliana de Oliveira Mota</w:t>
+                <w:t xml:space="preserve">Elodie Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Kooh</w:t>
+                <w:t xml:space="preserve">Julien Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Jaffrès</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thomas Maignien</w:t>
+                <w:t xml:space="preserve">Evelyne Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biology11010089⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (12), pp. 1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms10122474⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-03597539v1</w:t>
+                <w:t xml:space="preserve">hal-03904120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Diversity of Biofilm Formation by the Food Spoiler Brochothrix thermosphacta</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romain Briandet</w:t>
+                <w:t xml:space="preserve">First Survey about Current Practices of Environmental Monitoring Programs within French Agri-Food Industries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana de Oliveira Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Delahaye</w:t>
+                <w:t xml:space="preserve">Pauline Kooh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Deschamps</w:t>
+                <w:t xml:space="preserve">Emmanuel Jaffrès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evelyne Vigneau</w:t>
+                <w:t xml:space="preserve">Thomas Maignien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10 (12), pp. 1-13. </w:t>
+              <w:t xml:space="preserve">Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (1), pp.89. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/microorganisms10122474⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/biology11010089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03904120v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03597539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental monitoring program to support food microbiological safety and quality in food industries: A scoping review of the research and guidelines</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of DNA extraction and sampling methods on bacterial communities monitored by 16S rDNA metabarcoding in cold-smoked salmon and processing plant surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Boué</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hervé Prévost</w:t>
+                <w:t xml:space="preserve">Aurélien Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Maillet</w:t>
+                <w:t xml:space="preserve">Agnès Bouju-Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Jaffres</w:t>
+                <w:t xml:space="preserve">Steven Roblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Vaissié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2021.108283⟩</w:t>
+              <w:t xml:space="preserve">Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 95, pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fm.2020.103705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05068824v1</w:t>
+                <w:t xml:space="preserve">hal-03492706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of DNA extraction and sampling methods on bacterial communities monitored by 16S rDNA metabarcoding in cold-smoked salmon and processing plant surfaces</w:t>
+                <w:t xml:space="preserve">Quantification of Viable Brochothrix thermosphacta in Cold-Smoked Salmon Using PMA/PMAxx-qPCR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Maillet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Agnès Bouju-Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Vaissié</w:t>
+                <w:t xml:space="preserve">Sabrina Saltaji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Leuillet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Xavier Dousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Prévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Jaffrès</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 95, pp.1-10. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (3), pp.195-202. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fm.2020.103705⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.654178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03492706v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05068794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of Viable Brochothrix thermosphacta in Cold-Smoked Salmon Using PMA/PMAxx-qPCR</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Characterization of Bacterial Communities of Cold-Smoked Salmon during Storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Maillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Denojean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Bouju-Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Dousset</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Erwann Scaon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12 (3), pp.195-202. </w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (2), pp.362. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.654178⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/foods10020362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05068794v1</w:t>
+                <w:t xml:space="preserve">hal-05068849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Bacterial Communities of Cold-Smoked Salmon during Storage</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Environmental monitoring program to support food microbiological safety and quality in food industries: A scoping review of the research and guidelines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana de Oliveira Mota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Boué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Prévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwann Scaon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Leuillet</w:t>
+                <w:t xml:space="preserve">Emmanuel Jaffres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10 (2), pp.362. </w:t>
+              <w:t xml:space="preserve">Food Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 130, pp.108283. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/foods10020362⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2021.108283⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05068849v1</w:t>
+                <w:t xml:space="preserve">hal-05068824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptome and volatilome analysis during growth of brochothrix thermosphacta in food: role of food substrate and strain specificity for the expression of spoilage functions</w:t>
               </w:r>
@@ -1547,64 +1547,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodora Ivanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Haertlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jaffres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 82, pp.170-175. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1651,51 +1651,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of a nisin Z-producing &amp;lt;em&amp;gt;Lactococcus lactis&amp;lt;/em&amp;gt; subsp. lactis KT2W2L isolated from brackish water for biopreservation in cooked, peeled and ionized tropical shrimps during storage at 8 °C under modified atmosphere packaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noraphat Hwanhlem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jaffres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Dousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1811,51 +1811,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Biscola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. El-Ghaish</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jaffres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Dousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1931,51 +1931,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacterial spoilers of food: behavior, fitness and functional properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Remenant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jaffres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Dousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2086,51 +2086,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina S. Mace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Cardinal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jaffres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josiane Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2233,51 +2233,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Biscola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shady El-Ghaish</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jaffrès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Dousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2474,51 +2474,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensory characteristics of spoilage and volatile compounds associated with bacteria isolated from cooked and peeled tropical shrimps using SPME-GC-MS analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jaffres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Lalanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2608,51 +2608,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vagococcus penaei sp. nov., isolated from spoilage microbiota of cooked shrimp (Penaeus vannamei).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jaffrès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2738,51 +2738,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the bacterial ecosystem in tropical cooked and peeled shrimps using a polyphasic approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jaffrès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Sohier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2916,51 +2916,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biofilm formation by Brochothrix thermosphacta: Impact of food industrial surfaces on the biofilm features and structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jaffrès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Micro 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ICMFH, Jul 2024, Burgos (Spain), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3037,51 +3037,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SurfSAFE Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Porto (Portugal), Portugal</w:t>
@@ -3257,51 +3257,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic diversity of Brochothrix thermosphacta and food spoilage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassima Illikoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jaffres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Chauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3789,77 +3789,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of biofilm formation by Brochothirx thermsphacta, a major food spoilage bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gaillac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Briandet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Courcoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3914,77 +3914,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biofilm formation diversity of Brochothrix thermosphacta a major food spoiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gaillac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Briandet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Courcoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4084,51 +4084,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique M. Zagorec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Dousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jaffres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Food and Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4265,51 +4265,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7BC0E6F9"/>
+    <w:nsid w:val="333C376A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4496,51 +4496,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emmanuel-jaffres" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9731-1179" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05052093v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bagel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cabon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Novales" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sergentet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.115750" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04535964v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gaillac" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gourin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dubreil" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Briandet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pr&#233;vost" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2023.104457" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03597539v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana de Oliveira Mota" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kooh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jaffr&#232;s" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maignien" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11010089" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03904120v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Delahaye" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deschamps" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Vigneau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10122474" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068824v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Bou&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Maillet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jaffres" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2021.108283" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492706v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bouju-Albert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Roblin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Vaissi&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leuillet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2020.103705" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068794v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Saltaji" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dousset" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.654178" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068849v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Denojean" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Scaon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10020362" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620885v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Illikoud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rod&#233;rick Gohier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalal Werner" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Barrachina" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roche" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.02527" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154348v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Roulet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marsaud" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-018-0333-z" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605415v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noraphat Hwanhlem" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodora Ivanova" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haertl&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2017.04.052" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636292v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Dousset" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pillot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Choiset" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-015-2428-8" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636698v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aran H-Hittikun" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Biscola" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El-Ghaish" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2014.12.037" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4KSR5Z63-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638636v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Remenant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France M.-F. Pilet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique M. Zagorec" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2014.03.009" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZQ9B1RCS-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631434v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina S. Mace" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Cardinal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Cornet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lalanne" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2013.11.018" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646904v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shady El-Ghaish" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-013-9150-2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004204v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelthoum K. Mamlouk" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan M. Guilbaud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel E. Jaffres" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir M. Ferchichi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2011.09.012" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D2NKT7RD-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644444v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2011.04.008" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661905v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Pr&#233;vost" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Rossero" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Joffraud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.012872-0" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656956v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sohier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leroi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Pilet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pr&#233;vost" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2008.05.017" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NT2B4WN5-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490135v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490377v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Delahaye" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Deschamps" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736072v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chauvet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Courcoux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Pilet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2018.01.015" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743795v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Picault" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Charrier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490710v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Misery" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rez&#233;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490721v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03922281v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490969v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490977v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797197v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/referenceworks/9780123849533" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-384947-2.00649-8" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emmanuel-jaffres" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9731-1179" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05052093v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bagel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cabon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Novales" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sergentet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.115750" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04535964v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gaillac" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gourin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dubreil" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Briandet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pr&#233;vost" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2023.104457" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03904120v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Delahaye" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deschamps" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Vigneau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10122474" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03597539v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana de Oliveira Mota" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kooh" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jaffr&#232;s" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maignien" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11010089" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492706v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Maillet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bouju-Albert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Roblin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Vaissi&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leuillet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2020.103705" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068794v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Saltaji" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dousset" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.654178" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068849v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Denojean" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Scaon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10020362" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068824v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Bou&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jaffres" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2021.108283" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620885v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Illikoud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rod&#233;rick Gohier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalal Werner" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Barrachina" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roche" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.02527" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154348v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Roulet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marsaud" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-018-0333-z" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605415v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noraphat Hwanhlem" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodora Ivanova" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haertl&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2017.04.052" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636292v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Dousset" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pillot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Choiset" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-015-2428-8" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636698v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aran H-Hittikun" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Biscola" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El-Ghaish" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2014.12.037" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4KSR5Z63-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638636v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Remenant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France M.-F. Pilet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique M. Zagorec" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2014.03.009" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZQ9B1RCS-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631434v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina S. Mace" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Cardinal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Cornet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lalanne" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2013.11.018" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646904v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shady El-Ghaish" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-013-9150-2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004204v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelthoum K. Mamlouk" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan M. Guilbaud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel E. Jaffres" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir M. Ferchichi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2011.09.012" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D2NKT7RD-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644444v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2011.04.008" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661905v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Pr&#233;vost" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Rossero" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Joffraud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.012872-0" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656956v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sohier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leroi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Pilet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pr&#233;vost" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2008.05.017" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NT2B4WN5-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490135v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490377v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Delahaye" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Deschamps" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736072v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chauvet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Courcoux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Pilet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2018.01.015" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743795v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Picault" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Charrier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490710v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Misery" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rez&#233;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490721v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03922281v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490969v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490977v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797197v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/referenceworks/9780123849533" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-384947-2.00649-8" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>