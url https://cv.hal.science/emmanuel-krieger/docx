--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -382,773 +382,773 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04626810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration de l'Économie Française avec des Tables Emploi-Ressource en unités Biophysiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Usage et impact des modèles de flux de matières et d'énergie dans des processus participatifs face aux enjeux de transition dans les territoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Borthomieu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
+                <w:t xml:space="preserve">Violaine Combe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Krieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Jost</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Mandil</w:t>
+                <w:t xml:space="preserve">Peter Sturm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2023 - 24ème congrès de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ROADEF, Feb 2023, Rennes, France. pp.1-2</w:t>
+              <w:t xml:space="preserve">ROADEF 2023 - 24. Congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ROADEF - Rennes School of Business - IMT Atlantique, Feb 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04305015v1</w:t>
+                <w:t xml:space="preserve">hal-04233928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Playing with flows in transition territories</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nils Ferrand</w:t>
+                <w:t xml:space="preserve">Exploration de l'Économie Française avec des Tables Emploi-Ressource en unités Biophysiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Borthomieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Krieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Mandil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISAGA 2023 - 54th edition of the International Simulation and Gaming for Social and Environmental Transitions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nicolas Becu; Laboratoire Lienss, Jul 2023, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">ROADEF 2023 - 24ème congrès de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ROADEF, Feb 2023, Rennes, France. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04231486v2</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usage et impact des modèles de flux de matières et d'énergie dans des processus participatifs face aux enjeux de transition dans les territoires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Playing with flows in transition territories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Krieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Sturm</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2023 - 24. Congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ROADEF - Rennes School of Business - IMT Atlantique, Feb 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">ISAGA 2023 - 54th edition of the International Simulation and Gaming for Social and Environmental Transitions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nicolas Becu; Laboratoire Lienss, Jul 2023, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04233928v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04231486v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the French economy with physical supply-use tables</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Des outils numériques d'aide à la décision pour la conception et l'évaluation participative d'organisations alternatives de l'économie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Borthomieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léon Fauste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jost</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Mandil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th ISIE SEM Conference : Transforming socio-economic metabolism in times of multiple crises</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">ROADEF 2022 - 23ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03672578v2</w:t>
+                <w:t xml:space="preserve">hal-03595273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archipel 2022 : Risques systémiques, trajectoires et leviers d'action transdisciplinaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enzo Baquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Berthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Borthomieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Archipel 2022 : Risques systémiques, trajectoires et leviers d’action transdisciplinaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04005618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des outils numériques d'aide à la décision pour la conception et l'évaluation participative d'organisations alternatives de l'économie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring the French economy with physical supply-use tables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Borthomieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Krieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Mandil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2022 - 23ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France. pp.1-2</w:t>
+              <w:t xml:space="preserve">14th ISIE SEM Conference : Transforming socio-economic metabolism in times of multiple crises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03595273v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03672578v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A modelling tool for designing urban mobility alternatives and evaluating their direct and indirect environmental impacts</w:t>
               </w:r>
@@ -1173,64 +1173,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Mangeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mandil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Sturm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">international Conference on 'Future is Urban' 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Ahmedabad, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1339,51 +1339,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Sturm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques 2025 du PEPR Agroécologie et Numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Dijon, France. , 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1796,51 +1796,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05273745v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boissier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Ferrand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Krieger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Valette" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Boulos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04626810v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Courtonne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Bouffange" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Galibert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Hittner S&#225;nchez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Klein" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305015v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Borthomieu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jost" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mandil" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231486v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sturm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233928v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Combe" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672578v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005618v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Baquet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Berthe" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595273v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Fauste" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510573v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mangeot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04916993v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04626969v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Alapetite" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Doze" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Clavel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pannier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03562690v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05273745v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boissier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Ferrand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Krieger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Valette" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Boulos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04626810v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Courtonne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Bouffange" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Galibert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Hittner S&#225;nchez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Klein" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233928v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Combe" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sturm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305015v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Borthomieu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jost" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mandil" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231486v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595273v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Fauste" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005618v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Baquet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Berthe" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672578v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510573v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mangeot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04916993v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04626969v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Alapetite" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Doze" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Clavel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pannier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03562690v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>