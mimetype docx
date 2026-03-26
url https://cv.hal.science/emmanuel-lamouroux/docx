--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -870,278 +870,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01889032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When Halides Come to Lithium Niobate Nanopowders Purity and Morphology Assistance</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multiwalled carbon nanotubes@octavinyl polyhedral oligomeric silsesquioxanes nanocomposite preparation via cross-linking reaction in acidic media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Badie</w:t>
+                <w:t xml:space="preserve">Lakshmipriya Somasekharan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Miska</w:t>
+                <w:t xml:space="preserve">Sabu Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Fort</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Corinne Comoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anilkumar Sivasankarapillai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nandakumar Kalarikkal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5b02638⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nanoparticle Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11051-016-3653-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01496649v1</w:t>
+                <w:t xml:space="preserve">hal-02186860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiwalled carbon nanotubes@octavinyl polyhedral oligomeric silsesquioxanes nanocomposite preparation via cross-linking reaction in acidic media</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sabu Thomas</w:t>
+                <w:t xml:space="preserve">When Halides Come to Lithium Niobate Nanopowders Purity and Morphology Assistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Lamouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Comoy</w:t>
+                <w:t xml:space="preserve">Laurent Badie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anilkumar Sivasankarapillai</w:t>
+                <w:t xml:space="preserve">Patrice Miska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nandakumar Kalarikkal</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yves Fort</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nanoparticle Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 18 (11), </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 55 (5), pp.2246-2251. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11051-016-3653-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5b02638⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02186860v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01496649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoparticles . By Raz Jelinek. De Gruyter, 2015. Pp. 283. Price EUR 69.95. ISBN 9783110330021.</w:t>
               </w:r>
@@ -1666,51 +1666,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rouxel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Badie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Domingues dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1786,51 +1786,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanocomposite piezoelectric films of P(VDF-TrFE)/LiNbO 3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Son Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Badie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Lamouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1913,295 +1913,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01889116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoparticle-free magnetic mesoporous silica with magneto-responsive surfactants</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chemisorbed nickel catalyst for the production of SWCNTs with a very narrow size distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Bellouard</w:t>
+                <w:t xml:space="preserve">Xavier Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreea Pasc</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Lamouroux</w:t>
+                <w:t xml:space="preserve">Svetlana Yu. Tsareva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Blin</w:t>
+                <w:t xml:space="preserve">Cedric Carteret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dossot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Gregoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c3tc31617c⟩</w:t>
+              <w:t xml:space="preserve">physica status solidi (b)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 250 (12), pp.2581 - 2585. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssb.201300090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01276616v1</w:t>
+                <w:t xml:space="preserve">hal-00952883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemisorbed nickel catalyst for the production of SWCNTs with a very narrow size distribution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Devaux</w:t>
+                <w:t xml:space="preserve">Nanoparticle-free magnetic mesoporous silica with magneto-responsive surfactants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanghoon Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Svetlana Yu. Tsareva</w:t>
+                <w:t xml:space="preserve">Christine Bellouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cedric Carteret</w:t>
+                <w:t xml:space="preserve">Andreea Pasc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Lamouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Dossot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Brian Gregoire</w:t>
+                <w:t xml:space="preserve">Jean-Luc Blin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">physica status solidi (b)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 250 (12), pp.2581 - 2585. </w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1 (42), pp.6930-6934. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pssb.201300090⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c3tc31617c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00952883v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01276616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of cluster size and surface functionalization of ZnO nanoparticles on the morphology, thermomechanical and piezoelectric properties of P(VDF-TrFE) nanocomposite films</w:t>
               </w:r>
@@ -2226,51 +2226,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rouxel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Badie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Domingues Dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2372,51 +2372,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Salib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Fort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nanoscience and Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 12 (12), pp.9220-9229. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3342,51 +3342,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An overview of nanocomposite nanofillers and their functionalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Lamouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Fort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spectroscopy of Polymer Nanocomposites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3861,51 +3861,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3138D1D0"/>
+    <w:nsid w:val="BAFED8C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4092,51 +4092,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emmanuel-lamouroux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5987-8040" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/243678975" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04259782v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Boudier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Mammari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lamouroux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l E. Duval" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics12101543" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03640340v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10020437" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03145777v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Gouyau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael E Duval" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22041905" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542780v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano9121775" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889029v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Mierzwa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Walcarius" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Etienne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elan.201800020" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889032v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Durand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201700781" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01496649v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Badie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Miska" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fort" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5b02638" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02186860v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakshmipriya Somasekharan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabu Thomas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Comoy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anilkumar Sivasankarapillai" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nandakumar Kalarikkal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-016-3653-1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889022v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S205252061600353X" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01500438v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Vakulko" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2016.03.136" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PCSHTJ28-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01495963v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanghoon Kim" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Philippot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fontanay" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra16004a" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982671v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Yu Tsareva" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deuaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Mcrae" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Aranda" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Gregoire" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2013.10.067" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZQ2DKW7L-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292309v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Son Nguyen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rouxel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Vincent" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Domingues dos Santos" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2013.04.070" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X3QZMJ49-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889116v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=brice vincent" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Domingues Dos Santos" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/APP.38746" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M6S2SV0N-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276616v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bellouard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Pasc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Blin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3tc31617c" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952883v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Devaux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Yu. Tsareva" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Carteret" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dossot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201300090" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889055v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889060v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Cormier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Salib" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2012.6780" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889122v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Corrias" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ressier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Kihn" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Serp" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cvde.200804265" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZCW2QB9R-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889123v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kalck" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01614940701313200" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889126v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2007.02.019" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JC16NCZ8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889128v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catcom.2006.01.020" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HR2F86JC-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889130v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique de Caro" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Valade" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2004.03.015" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D0Z4BZLP-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03660511v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889494v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roudayna Diab" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana-Alexandra Pavel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Canilho" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Bianca Haffner" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889495v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889156v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376680v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Wannenmacher" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Antoine" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lamouroux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604376v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hadji" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Nguyen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vincent" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rouxel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dietz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emmanuel-lamouroux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5987-8040" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/243678975" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04259782v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Boudier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Mammari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lamouroux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l E. Duval" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics12101543" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03640340v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10020437" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03145777v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Gouyau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael E Duval" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22041905" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542780v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano9121775" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889029v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Mierzwa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Walcarius" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Etienne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elan.201800020" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889032v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Durand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201700781" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02186860v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakshmipriya Somasekharan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabu Thomas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Comoy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anilkumar Sivasankarapillai" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nandakumar Kalarikkal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-016-3653-1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01496649v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Badie" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Miska" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fort" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5b02638" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889022v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S205252061600353X" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01500438v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Vakulko" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2016.03.136" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PCSHTJ28-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01495963v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanghoon Kim" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Philippot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fontanay" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra16004a" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982671v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Yu Tsareva" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deuaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Mcrae" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Aranda" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Gregoire" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2013.10.067" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZQ2DKW7L-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292309v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Son Nguyen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rouxel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Vincent" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Domingues dos Santos" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2013.04.070" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X3QZMJ49-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889116v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=brice vincent" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Domingues Dos Santos" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/APP.38746" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M6S2SV0N-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952883v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Devaux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Yu. Tsareva" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Carteret" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dossot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201300090" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276616v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bellouard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Pasc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Blin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3tc31617c" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889055v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889060v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Cormier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Salib" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2012.6780" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889122v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Corrias" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ressier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Kihn" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Serp" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cvde.200804265" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZCW2QB9R-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889123v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kalck" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01614940701313200" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889126v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2007.02.019" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JC16NCZ8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889128v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catcom.2006.01.020" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HR2F86JC-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889130v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique de Caro" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Valade" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2004.03.015" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D0Z4BZLP-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03660511v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889494v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roudayna Diab" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana-Alexandra Pavel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Canilho" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Bianca Haffner" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889495v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889156v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376680v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Wannenmacher" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Antoine" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lamouroux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604376v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hadji" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Nguyen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vincent" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rouxel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dietz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>