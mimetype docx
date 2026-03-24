--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:127.57475083056px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Emmanuel Lanoë </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emmanuel-lanoe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0001-0280-0920</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering the environmental background of a roman brick and tile works in Mariana (Pruniccia, Lucciana, Corsica) with geomorphology, palaeoentomology and archaeobotany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Figueiral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ponel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sivan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vegetation History and Archaeobotany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34 (1), pp.71-90. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00334-024-01003-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du &amp;lt;em&amp;gt;tafoni&amp;lt;/em&amp;gt; à l’&amp;lt;em&amp;gt;arca&amp;lt;/em&amp;gt; : inhumer en Corse du Mésolithique à l'époque moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rigeade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Corbara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Bergeret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique du Centre de la France - Suppléments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Rencontre autour des typo-chronologies des tombes à inhumations : Actes de la 11e Rencontre du Groupe d’Anthropologie et d’Archéologie Funéraire, 82, pp.159-174</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana – Pruniccia (parcelle AW48)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Corbara</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de la France - Informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2021, pp.en ligne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03613689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana – Déviation de la RD 107 au droit de la Canonica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de la France - Informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04513108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana – Chemin de Mezzana (parcelle BA 24)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de la France - Informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04513092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana – Procojo (parcelle BD 316)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de la France - Informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04513101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penta-di-Casinca – Prunaccia (parcelles A861, 1777)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de la France - Informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04513374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana – Granalese (parcelle AT4)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de la France - Informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04513117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana – Strada-di-Rosa (parcelles AI 68 à 72)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de la France - Informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04513124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penta-di-Casinca – Prunaccia (parcelle A405)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de la France - Informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04513367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouilles à l’est du VIe pylône : l’avant-cour sud et le passage axial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de Karnak</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, XII (fascicule 1), pp.373-389</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04356585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux vestiges des sanctuaires du Moyen Empire à Karnak. Les fouilles récentes des cours du VIe pylône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société française d'égyptologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 160, pp.26-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04356499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karnak. Au coeur du temple d'Amon-Rê</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 411, pp.42-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04356539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un atelier de terres cuites du Ier siècle après J.-C. dans la cité romaine de Mariana (site de Pruniccia, commune de Lucciana, Haute-Corse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Thuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Convertini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Six millénaires en Alta Rocca, Actes du 5e colloque du Laboratoire régional d'archéologie, 4-6 novembre 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Travaux du Laboratoire régional d'archéologie V, 2025, Ajaccio, France. pp.281-293</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05443635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dispositif d'enceinte de la ville romaine de Mariana : état des connaissances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Architectures fortifiées en Corse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Direction du Patrimoine de la Collectivité de Corse, May 2024, Bonifacio, Corte, Bastia, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des substances révélées par la chimie dans les tombes de Mariana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Raux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GAAF 2024, Rencontre autour de l'invisible dans la tombe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe d'Anthropologie et d'Archéologie Funéraire, May 2024, Châlons-en-Champagne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La crémation en Corse à la lumière des récentes découvertes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Lattard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rigeade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Corbara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ecard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Figueiral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GAAF 2022. Rencontre autour de la crémation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gaaf, May 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03685270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du &amp;lt;i&amp;gt;tafoni&amp;lt;/i&amp;gt; à l’&amp;lt;i&amp;gt;arca&amp;lt;/i&amp;gt; : inhumer en Corse du Mésolithique à l’Époque moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rigeade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Bergeret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Cesari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Rencontre autour des typo-chronologies des tombes à inhumation. Avancées de la recherche autour des pratiques de l’inhumation depuis la Préhistoire, de nouvelles données pour de nouveaux référentiels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gaaf, Jun 2019, Tours, France. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/owi5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02875047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D reconstruction of the fortified entrance of the Citadel of Aleppo from a few sightseeing photos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Barreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Gaugne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DCH 2017 - Interdisciplinary Conference on Digital Cultural Heritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Berlin, Germany. pp.1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01659865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La crémation en Corse à la lumière des récentes découvertes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Lattard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rigeade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Corbara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ecard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vanessa Brunet; Anne-Gaëlle de Kepper; Erwan Nivez; Sophie Oudry; Yannick Prouin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre autour de la crémation. Actes de la 13e Rencontre du Gaaf, 30 mai-1 juin 2022, Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GAAF, pp.227-238, 2025, Publication du Gaaf ; 13, 9782954152684</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’espace urbain et rural de la colonie de Mariana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie de Peretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corsica rumana, une île méditerranéenne à l'époque romaine, exposition, musée de Bastia (6 juillet – 21 décembre 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édition Musée de Bastia, pp.87-94, 2024, 979-10-93686-11-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sanctuaire de Mithra à Mariana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie de Peretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corsica rumana, une île méditerranéenne à l'époque romaine, exposition, musée de Bastia (6 juillet – 21 décembre 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édition Musée de Bastia, 2024, 979-10-93686-11-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Sketching of the Fortified Entrance of the Citadel of Aleppo from a Few Sightseeing Photos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Barreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Gaugne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Horst Kremers. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Cultural Heritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.359-371, 2020, 978-3-030-15200-0. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-15200-0_24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frêle comme l'Antique : l'architecture en matériaux périssables au Haut-Empire dans le quartier de Saint-Lupien à Rezé-Ratiatum (Loire-Atlantique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construire ! : entre antiquité et époque contemporaine : actes du 3e congrès francophone d'histoire de la construction, Nantes, 21-23 juin 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p. 549-558, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04338238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temple de Karnak : Les fouilles des cours du 5e pylône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie de Peretti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CFEETK. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La chapelle Rouge, le sanctuaire de barque d'Hatchepsout. F. Burgos et F. Larché, sous la dir. de N. Grimal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, volume 2, Soleb, pp.233-241 / 417-430 (ill.), 2008, 978-2-86538-317-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04356682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fouilles des cours du 5e pylône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie de Peretti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Grimal (dir.); Franck Burgos; François Larché. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La chapelle Rouge, le sanctuaire de la barque d’Hatshepsout</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Volume 2, Soleb, pp.233-241, 2008, 978-86538-317-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’îlot sud du quartier portuaire de Saint-Lupien à Rezé (Loire-Atlantique), contribution à la carte archéologique de la ville antique de Ratiatum. Mémoire de l’École Pratique des Hautes Études sous la direction de M. Reddé & M. Monteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04448433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corse, Haute Corse (2B), Lucciana, Strada di u Paese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Convertini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Barbey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2025, pp.74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ARC'SICAE ARchéologie de la Corse : Sociétés, Innovations, Contraintes, Adaptations, Endogénismes du Mésolithique aux Temps Modernes : Action de recherche collective 2023-2025 : Année 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Franzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Hasler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Huser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Chevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nimes, Inrap midi-MED. 2025, 306 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05396496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana (2B), Procojo, parcelle BD 368 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2024, 56 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04617839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Granalese parcelle AT 4, Une aire funéraire du Haut-Empire au nord-est de Mariana, Lucciana, Haute-Corse (2B), Corse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Corbara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ecard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Figueiral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2023, pp.351</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aléria, Haute-Corse (2B), Via Romana parcelle D 304</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Barbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">inrap. 2022, pp.43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haute-Corse (2B), Lucciana, Bagnoli parcelles BB 219, 220, 221, 223, 224, 225 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Longepierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Barbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Figueiral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2022, pp.65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana (2B), Déviation de la RD 107 au droit de la Canonica : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Faïsse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sivan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Raux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAP. 2021, pp.141</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana (2B), Pruniccia : Un éclairage inédit sur l’espace périurbain septentrional de Mariana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Corbara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Manniez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Raux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAP (Rapport final d'opération). 2021, pp.837 (3 volumes)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana (2B), Procojo, parcelle BD 316 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Faisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2020, pp.58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04341723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana (2B), Lamajone, chemin de Mezzana, parcelle BA 24 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Faisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2020, pp.45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04341734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana (2B) Granalese, Parcelle AT 4 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2019, pp.68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04341653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penta-di-Casinca (2B) Prunaccia, Parcelle A861, 1777 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Lattard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2019, pp.63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04341670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nantes (Loire-Atlantique), La Persagotière : rapport de fouilles : Un four à chaux &amp;quot;en meule&amp;quot; à foyers multiples du Haut-Empire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Nauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Seignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Thébaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mélec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap GO. 2019, pp.187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03249120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penta-di-Casinca (2B) Prunaccia, Parcelle A405 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2019, pp.61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04341693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana (2B), Panconi-Sottane, Strada di Rosa : parcelles AI 68, 69, 70, 71, 72</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Haurillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2019, pp.44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04341712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rezé (Loire-Atlantique), Saint-Lupien, Parvis du CIAP, le Chronographe : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Nauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Thébaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2017, pp.161</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nantes (Loire-Atlantique), ZAC de la Chantrerie, Route de Gachet : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Deloze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Le Guevellou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Vissac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2017, pp.70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agglomération antique de Rezé (Loire-Atlantique), le quartier Saint-Lupien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie de Peretti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ville de Rezé. 2017, pp.184, 92 ill</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pays de la Loire, Loire-Atlantique, Rezé (44 143), 10 rue Camille Jouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Nauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Thébaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Villevielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2016, pp.98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dûmat al-Jandal, The Western Settlement, Sector C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cnrs – Umr Orient &amp; Méditerranée. 2015, pp.217-219, 283-292, 305-321, 323-326</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pays de la Loire, Loire-Atlantique, Rezé (44), 11 rue du Port au Blé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Fécamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mélec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut national de recherches archéologiques préventives (INRAP). 2015, pp.40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gellainville (Centre-Eure-et-Loir) : &amp;quot;Les Beaumonts&amp;quot; construction de locaux d'activités : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Payraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenny Sélèque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Durgeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CG 28. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04356225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eure-et-Loir, Fontaine-la-Guyon, projet d’aménagement d'une zone artisanale et commerciale : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Bresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Payraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tachet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CG 28. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04356185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId113"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:127.57475083056px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Emmanuel Lanoë </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emmanuel-lanoe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0001-0280-0920</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering the environmental background of a roman brick and tile works in Mariana (Pruniccia, Lucciana, Corsica) with geomorphology, palaeoentomology and archaeobotany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Figueiral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ponel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sivan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vegetation History and Archaeobotany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34 (1), pp.71-90. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00334-024-01003-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du &amp;lt;em&amp;gt;tafoni&amp;lt;/em&amp;gt; à l’&amp;lt;em&amp;gt;arca&amp;lt;/em&amp;gt; : inhumer en Corse du Mésolithique à l'époque moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rigeade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Corbara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Bergeret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique du Centre de la France - Suppléments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Rencontre autour des typo-chronologies des tombes à inhumations : Actes de la 11e Rencontre du Groupe d’Anthropologie et d’Archéologie Funéraire, 82, pp.159-174</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana – Déviation de la RD 107 au droit de la Canonica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de la France - Informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04513108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana – Pruniccia (parcelle AW48)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Corbara</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de la France - Informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2021, pp.en ligne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03613689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana – Procojo (parcelle BD 316)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de la France - Informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04513101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana – Chemin de Mezzana (parcelle BA 24)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de la France - Informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04513092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penta-di-Casinca – Prunaccia (parcelles A861, 1777)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de la France - Informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04513374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana – Granalese (parcelle AT4)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de la France - Informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04513117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana – Strada-di-Rosa (parcelles AI 68 à 72)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de la France - Informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04513124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penta-di-Casinca – Prunaccia (parcelle A405)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de la France - Informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04513367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouilles à l’est du VIe pylône : l’avant-cour sud et le passage axial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de Karnak</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, XII (fascicule 1), pp.373-389</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04356585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux vestiges des sanctuaires du Moyen Empire à Karnak. Les fouilles récentes des cours du VIe pylône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société française d'égyptologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 160, pp.26-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04356499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karnak. Au coeur du temple d'Amon-Rê</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Jet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 411, pp.42-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04356539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un atelier de terres cuites du Ier siècle après J.-C. dans la cité romaine de Mariana (site de Pruniccia, commune de Lucciana, Haute-Corse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Thuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Convertini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Six millénaires en Alta Rocca, Actes du 5e colloque du Laboratoire régional d'archéologie, 4-6 novembre 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Travaux du Laboratoire régional d'archéologie V, 2025, Ajaccio, France. pp.281-293</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05443635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des substances révélées par la chimie dans les tombes de Mariana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Raux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GAAF 2024, Rencontre autour de l'invisible dans la tombe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe d'Anthropologie et d'Archéologie Funéraire, May 2024, Châlons-en-Champagne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dispositif d'enceinte de la ville romaine de Mariana : état des connaissances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Architectures fortifiées en Corse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Direction du Patrimoine de la Collectivité de Corse, May 2024, Bonifacio, Corte, Bastia, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La crémation en Corse à la lumière des récentes découvertes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Lattard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rigeade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Corbara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ecard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Figueiral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GAAF 2022. Rencontre autour de la crémation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gaaf, May 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03685270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du &amp;lt;i&amp;gt;tafoni&amp;lt;/i&amp;gt; à l’&amp;lt;i&amp;gt;arca&amp;lt;/i&amp;gt; : inhumer en Corse du Mésolithique à l’Époque moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rigeade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Bergeret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Cesari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Rencontre autour des typo-chronologies des tombes à inhumation. Avancées de la recherche autour des pratiques de l’inhumation depuis la Préhistoire, de nouvelles données pour de nouveaux référentiels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gaaf, Jun 2019, Tours, France. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/owi5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02875047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D reconstruction of the fortified entrance of the Citadel of Aleppo from a few sightseeing photos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Barreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Gaugne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DCH 2017 - Interdisciplinary Conference on Digital Cultural Heritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Berlin, Germany. pp.1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01659865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La crémation en Corse à la lumière des récentes découvertes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Lattard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rigeade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Corbara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ecard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vanessa Brunet; Anne-Gaëlle de Kepper; Erwan Nivez; Sophie Oudry; Yannick Prouin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre autour de la crémation. Actes de la 13e Rencontre du Gaaf, 30 mai-1 juin 2022, Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GAAF, pp.227-238, 2025, Publication du Gaaf ; 13, 9782954152684</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’espace urbain et rural de la colonie de Mariana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie de Peretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corsica rumana, une île méditerranéenne à l'époque romaine, exposition, musée de Bastia (6 juillet – 21 décembre 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édition Musée de Bastia, pp.87-94, 2024, 979-10-93686-11-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sanctuaire de Mithra à Mariana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie de Peretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corsica rumana, une île méditerranéenne à l'époque romaine, exposition, musée de Bastia (6 juillet – 21 décembre 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édition Musée de Bastia, 2024, 979-10-93686-11-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Sketching of the Fortified Entrance of the Citadel of Aleppo from a Few Sightseeing Photos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Barreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Gaugne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Horst Kremers. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Cultural Heritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.359-371, 2020, 978-3-030-15200-0. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-15200-0_24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frêle comme l'Antique : l'architecture en matériaux périssables au Haut-Empire dans le quartier de Saint-Lupien à Rezé-Ratiatum (Loire-Atlantique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construire ! : entre antiquité et époque contemporaine : actes du 3e congrès francophone d'histoire de la construction, Nantes, 21-23 juin 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p. 549-558, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04338238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temple de Karnak : Les fouilles des cours du 5e pylône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie de Peretti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CFEETK. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La chapelle Rouge, le sanctuaire de barque d'Hatchepsout. F. Burgos et F. Larché, sous la dir. de N. Grimal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, volume 2, Soleb, pp.233-241 / 417-430 (ill.), 2008, 978-2-86538-317-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04356682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fouilles des cours du 5e pylône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie de Peretti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Grimal (dir.); Franck Burgos; François Larché. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La chapelle Rouge, le sanctuaire de la barque d’Hatshepsout</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Volume 2, Soleb, pp.233-241, 2008, 978-86538-317-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’îlot sud du quartier portuaire de Saint-Lupien à Rezé (Loire-Atlantique), contribution à la carte archéologique de la ville antique de Ratiatum. Mémoire de l’École Pratique des Hautes Études sous la direction de M. Reddé & M. Monteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04448433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corse, Haute Corse (2B), Lucciana, Strada di u Paese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Convertini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Barbey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2025, pp.74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ARC'SICAE ARchéologie de la Corse : Sociétés, Innovations, Contraintes, Adaptations, Endogénismes du Mésolithique aux Temps Modernes : Action de recherche collective 2023-2025 : Année 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Franzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Hasler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Huser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Chevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nimes, Inrap midi-MED. 2025, 306 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05396496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana (2B), Procojo, parcelle BD 368 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2024, 56 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04617839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Granalese parcelle AT 4, Une aire funéraire du Haut-Empire au nord-est de Mariana, Lucciana, Haute-Corse (2B), Corse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Corbara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ecard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Figueiral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2023, pp.351</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aléria, Haute-Corse (2B), Via Romana parcelle D 304</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Barbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">inrap. 2022, pp.43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haute-Corse (2B), Lucciana, Bagnoli parcelles BB 219, 220, 221, 223, 224, 225 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Longepierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Barbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Figueiral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2022, pp.65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana (2B), Déviation de la RD 107 au droit de la Canonica : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Faïsse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sivan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Raux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAP. 2021, pp.141</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana (2B), Pruniccia : Un éclairage inédit sur l’espace périurbain septentrional de Mariana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Corbara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Manniez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Raux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAP (Rapport final d'opération). 2021, pp.837 (3 volumes)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana (2B), Procojo, parcelle BD 316 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Faisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2020, pp.58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04341723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana (2B), Lamajone, chemin de Mezzana, parcelle BA 24 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Faisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2020, pp.45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04341734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penta-di-Casinca (2B) Prunaccia, Parcelle A861, 1777 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Lattard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2019, pp.63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04341670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nantes (Loire-Atlantique), La Persagotière : rapport de fouilles : Un four à chaux &amp;quot;en meule&amp;quot; à foyers multiples du Haut-Empire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Nauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Seignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Thébaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mélec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap GO. 2019, pp.187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03249120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penta-di-Casinca (2B) Prunaccia, Parcelle A405 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2019, pp.61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04341693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana (2B), Panconi-Sottane, Strada di Rosa : parcelles AI 68, 69, 70, 71, 72</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Haurillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2019, pp.44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04341712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucciana (2B) Granalese, Parcelle AT 4 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselyne Guerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2019, pp.68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04341653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agglomération antique de Rezé (Loire-Atlantique), le quartier Saint-Lupien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie de Peretti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ville de Rezé. 2017, pp.184, 92 ill</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rezé (Loire-Atlantique), Saint-Lupien, Parvis du CIAP, le Chronographe : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Nauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Thébaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2017, pp.161</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nantes (Loire-Atlantique), ZAC de la Chantrerie, Route de Gachet : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Deloze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Le Guevellou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Vissac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2017, pp.70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pays de la Loire, Loire-Atlantique, Rezé (44 143), 10 rue Camille Jouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Nauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Thébaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Villevielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2016, pp.98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pays de la Loire, Loire-Atlantique, Rezé (44), 11 rue du Port au Blé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Fécamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mélec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut national de recherches archéologiques préventives (INRAP). 2015, pp.40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dûmat al-Jandal, The Western Settlement, Sector C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cnrs – Umr Orient &amp; Méditerranée. 2015, pp.217-219, 283-292, 305-321, 323-326</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gellainville (Centre-Eure-et-Loir) : &amp;quot;Les Beaumonts&amp;quot; construction de locaux d'activités : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Payraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenny Sélèque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Durgeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CG 28. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04356225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eure-et-Loir, Fontaine-la-Guyon, projet d’aménagement d'une zone artisanale et commerciale : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Bresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Payraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tachet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CG 28. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04356185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId113"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="479E92A8"/>
+    <w:nsid w:val="907DC0C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emmanuel-lanoe" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-0280-0920" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683920v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ponel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lano&#235;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sivan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselyne Guerre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-024-01003-w" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04113663v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rigeade" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Corbara" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vidal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Casanova" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613689v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04513108v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04513092v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04513101v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513374v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04513117v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04513124v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513367v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356585v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356499v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charloux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Jet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356539v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05443635v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Thuillier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595895v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595917v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03685270v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Lattard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ecard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02875047v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Cesari" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/owi5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01659865v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Barreau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Gaugne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076708v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rigeade" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647798v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie de Peretti" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647828v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02164770v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-15200-0_24" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04338238v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961517" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356682v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446546v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448433v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028437v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Barbey" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396496v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Franzini" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hasler" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Huser" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Chevaux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617839v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446136v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446003v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dupont" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446064v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Longepierre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445833v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fa&#239;sse" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445969v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Manniez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04341723v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Faisse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04341734v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04341653v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04341670v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249120v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nauleau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Seignac" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Th&#233;baud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;lec" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04341693v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04341712v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Haurillon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338645v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04338589v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deloze" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Le Guevellou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vissac" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446592v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338501v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Villevielle" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446660v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04338403v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise F&#233;camp" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356225v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Payraud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny S&#233;l&#232;que" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Durgeau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356185v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Bresson" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tachet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emmanuel-lanoe" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-0280-0920" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683920v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ponel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lano&#235;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sivan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselyne Guerre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-024-01003-w" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04113663v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rigeade" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Corbara" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vidal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Casanova" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04513108v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613689v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04513101v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04513092v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513374v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04513117v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04513124v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513367v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356585v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356499v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charloux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Jet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356539v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05443635v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Thuillier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595917v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595895v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03685270v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Lattard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ecard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02875047v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Cesari" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/owi5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01659865v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Barreau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Gaugne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076708v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rigeade" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647798v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie de Peretti" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647828v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02164770v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-15200-0_24" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04338238v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961517" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356682v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446546v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448433v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028437v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Barbey" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396496v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Franzini" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hasler" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Huser" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Chevaux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617839v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446136v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446003v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dupont" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446064v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Longepierre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445833v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fa&#239;sse" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445969v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Manniez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04341723v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Faisse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04341734v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04341670v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249120v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nauleau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Seignac" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Th&#233;baud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;lec" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04341693v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04341712v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Haurillon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04341653v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446592v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338645v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04338589v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deloze" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Le Guevellou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vissac" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338501v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Villevielle" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04338403v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise F&#233;camp" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446660v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356225v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Payraud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny S&#233;l&#232;que" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Durgeau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356185v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Bresson" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tachet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>