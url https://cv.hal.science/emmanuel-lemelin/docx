--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -234,235 +234,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04963150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Material Flow Analysis: An Analytical Tool for Strategic Planning Towards a Zero-Waste Solution for End-of-Life Ballast Flows on a Track and Ballast Renewal Site (French Conventional Line)</w:t>
+                <w:t xml:space="preserve">Spatio-Temporal Analysis of Resources and Waste Quantities from Buildings (as Urban Mining Potential) Generated by the European Metropolis of Lille: A Methodology Coupling Data from Construction and Demolition Permits with Geographic Information Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Giboulot</w:t>
+                <w:t xml:space="preserve">Cédric Mpié Simba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Lemelin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 13 (12), pp.165. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/resources13120165⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 13 (6), pp.76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/resources13060076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04882133v1</w:t>
+                <w:t xml:space="preserve">hal-04714197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-Temporal Analysis of Resources and Waste Quantities from Buildings (as Urban Mining Potential) Generated by the European Metropolis of Lille: A Methodology Coupling Data from Construction and Demolition Permits with Geographic Information Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Material Flow Analysis: An Analytical Tool for Strategic Planning Towards a Zero-Waste Solution for End-of-Life Ballast Flows on a Track and Ballast Renewal Site (French Conventional Line)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Giboulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Lemelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Binetruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Mpié Simba</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Lemelin</w:t>
+                <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 13 (6), pp.76. </w:t>
+              <w:t xml:space="preserve">, 2024, 13 (12), pp.165. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/resources13060076⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/resources13120165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04714197v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04882133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regional demolition waste treatment capacity: a case study based on the identification of building selective deconstruction value chain’s stakeholders</w:t>
               </w:r>
@@ -533,304 +533,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05313174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Data Processing Methodology to Analyze Construction and Demolition Dynamics in the European Metropolis of Lille, France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Walid Maherzi</w:t>
+                <w:t xml:space="preserve">Regional demolition waste treatment capacity: a case study based on the identification of building selective deconstruction value chain’s stakeholders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Lemelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Buildings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/buildings13102671⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Social Impact and Circular Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13135/2704-9906/7603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04301692v1</w:t>
+                <w:t xml:space="preserve">hal-04368766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regional demolition waste treatment capacity: a case study based on the identification of building selective deconstruction value chain’s stakeholders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Lemelin</w:t>
+                <w:t xml:space="preserve">A Data Processing Methodology to Analyze Construction and Demolition Dynamics in the European Metropolis of Lille, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Mpié Simba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Lemelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Senouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Maherzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Social Impact and Circular Economy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13135/2704-9906/7603⟩</w:t>
+              <w:t xml:space="preserve">Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (10), pp.2671. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/buildings13102671⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04368766v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04301692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renewal of Ballasted Railway Tracks in France on Conventional Lines: Contribution to the Development of Material Flow Analysis (MFA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Giboulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Lemelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Binetruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nor-Edine Abriak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13 (12), pp.165. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1580,51 +1580,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963150v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lemelin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Masson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lemeiter" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soph Soph" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59655/na52122995492" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882133v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Giboulot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lemelin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Binetruy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nor-Edine Abriak" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/resources13120165" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714197v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mpi&#233; Simba" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/resources13060076" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313174v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cordrie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13135/2704-9906/7603" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301692v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Senouci" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Maherzi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings13102671" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368766v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301979v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4229532" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301790v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Aussenac" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Violleau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Salvo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lein" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2005.03.009" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SWXJ4M78-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964441v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. E. Lemelin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard G. Branlard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Salvo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. V. Lein" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. T. Aussenac" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304951v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/CC-82-0028" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301832v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Rhazi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Cazalis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aussenac" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0981-9428(03)00134-7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D7KZRH7B-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963150v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lemelin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Masson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lemeiter" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soph Soph" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59655/na52122995492" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714197v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mpi&#233; Simba" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lemelin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/resources13060076" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882133v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Giboulot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Binetruy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nor-Edine Abriak" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/resources13120165" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313174v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cordrie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13135/2704-9906/7603" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368766v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301692v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Senouci" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Maherzi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings13102671" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301979v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4229532" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301790v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Aussenac" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Violleau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Salvo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lein" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2005.03.009" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SWXJ4M78-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964441v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. E. Lemelin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard G. Branlard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Salvo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. V. Lein" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. T. Aussenac" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304951v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/CC-82-0028" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301832v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Rhazi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Cazalis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aussenac" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0981-9428(03)00134-7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D7KZRH7B-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>