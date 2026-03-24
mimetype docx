--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1322,51 +1322,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A58E28CD"/>
+    <w:nsid w:val="B2F16DCD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1470,51 +1470,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="5CCE09D9"/>
+    <w:nsid w:val="B5227BD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1618,51 +1618,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="55E2C17E"/>
+    <w:nsid w:val="23F46864"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1766,51 +1766,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="0F3D1A74"/>
+    <w:nsid w:val="D7E5DEE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1914,51 +1914,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="0C0F4B44"/>
+    <w:nsid w:val="BBAF3CEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>