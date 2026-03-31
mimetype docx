--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Emmanuel MARCQ </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (72)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous estimation of radiance and its sensitivities to radiative properties in a spherical-heterogeneous atmospheric radiative transfer model by Monte Carlo method: Application to Titan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zili He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vinatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Eymet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 350, pp.109722. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jqsrt.2025.109722⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05370209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfur Dioxide Distribution at the Venusian Cloud‐Top Retrieved From Akatsuki UV Images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatsuro Iwanaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takeshi Imamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shohei Aoki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideo Sagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 130 (7), pp.e2024JE008775. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2024JE008775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05135786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scientific objectives and instrumental requirements of the infrared spectrometer VenSpec-H onboard EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin T. Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roderick de Cock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian R. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of applied remote sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 19 (01), pp.014525. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/1.jrs.19.014525⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of the VenSpec-H instrument on ESA’s EnVision mission: development of critical elements, highlighting the wavefront corrector and grating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roderick de Cock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Vervaeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of applied remote sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 19 (1), </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/1.JRS.19.014523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05012613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the Turbulent Vertical Mixing on Chemical and Cloud Species in the Venus Cloud Layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anni Määttänen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Stolzenbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 51 (12), pp.e2024GL108771. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2024gl108771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04617342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Possible Effects of Volcanic Eruptions on the Modern Atmosphere of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin F Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Gillmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 220, pp.31. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-024-01054-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04535184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stringent upper limits of minor species at the cloud top of Venus: PH3, HCN, and NH3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. K. Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Giles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 690, pp.A304. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202451495⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04739319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venus Evolution Through Time: Key Science Questions, Selected Mission Concepts and Future Investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne E Smrekar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James B Garvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grete Straume-Lindner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana C Ocampo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 219, pp.56. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-023-00992-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04231792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction to: Venus Evolution Through Time: Key Science Questions, Selected Mission Concepts and Future Investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne E Smrekar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James B Garvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grete Straume-Lindner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana C Ocampo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 219, pp.72. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-023-01022-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04267867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minor species in Venus’ night side troposphere as observed by VIRTIS-H/Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Reess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Érard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 405 (November), pp.115714. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2023.115714⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04172172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magma Ocean, Water, and the Early Atmosphere of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Avice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Breuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Gillmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 219, pp.51. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-023-00995-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04213184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-infrared transmission spectrum of TRAPPIST-1 h using Hubble WFC3 G141 observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gressier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Changeat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Edwards</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 658, pp.A133. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202142140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03479560v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of turbulent vertical mixing in the Venus clouds on chemical tracers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 386 (November), pp.115148. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2022.115148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03740967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observability of temperate exoplanets with Ariel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Athena Coustenis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriella Gilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karan Molaverdikhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 53, pp.375-390. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10686-021-09793-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03341114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Stability of Low-mass Planets with Supercritical Hydrospheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. G. Vivien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 931, 143 (7pp). </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/ac66e2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03688432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water content trends in K2-138 and other low-mass multi-planetary systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorena Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 660, pp.A102. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202142374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03582456v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfur monoxide dimer chemistry as a possible source of polysulfur in the upper atmosphere of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph P. Pinto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiazheng Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin P. Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Evdokimova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12 (1), pp.175. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-020-20451-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03108861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of the hydrospheres of TRAPPIST-1 planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorena Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Levesque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 647 (March), A53 (11 p.). </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202039885⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03122130v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; latitudinal variations below the clouds of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismaïl Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Duquesnoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bézard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 648, L8 (4p.). </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202140837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03207315v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass–Radius Relationships for Irradiated Ocean Planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artem Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 914 (2), pp.84. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/abfa99⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03264197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ARES IV: Probing the atmospheres of the two warm small planets HD 106315 c and HD 3167 c with the HST/WFC3 camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gloria Guilluy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gressier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sam Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Santerne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Y. Jaziri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astronomical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 161 (1), pp.19. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-3881/abc3c8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03014031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Spatial and Temporal Distribution of Nighttime Ozone and Sulfur Dioxide in the Venus Mesosphere as Deduced from SPICAV UV Stellar Occultations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Evdokimova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126 (3), pp.e2020JE006625. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2020JE006625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03153966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumental requirements for the study of Venus’ cloud top using the UV imaging spectrometer VeSUV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Lasue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis L. Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Space Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 68 (1), pp.275-291. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.asr.2021.03.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03179739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Day–night cloud asymmetry prevents early oceans on Venus but not on Earth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Turbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Bolmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Chaverot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ehrenreich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 598 (7880), pp.276-280. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-021-03873-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03381670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escape of rock-forming volatile elements and noble gases from planetary embryos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. R. Benedikt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Scherf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Odert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 347 (September), pp.113772. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2020.113772⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02677120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Venus' cloud top chemistry, convective activity and topography: A perspective from HST</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis-Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin P. Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 335, pp.art. 113372. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2019.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02182897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraining the early evolution of Venus and Earth through atmospheric Ar, Ne isotope and bulk K/U ratios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Leitzinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Scherf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Odert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 339 (15 March), pp.art. 113551. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2019.113551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02385575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planetary system LHS 1140 revisited with ESPRESSO and TESS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lillo-Box</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Figueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Leleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. P. Faria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 642, pp.A121. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038922⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02981037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HDO and SO2 thermal mapping on Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas K. Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Sagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 639, pp.A69. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202037741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02637956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climatology of SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; and UV absorber at Venus’ cloud top from SPICAV-UV nadir dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Baggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therese Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeon Joo Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 335, pp.113368. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2019.07.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02196097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irradiated Ocean Planets Bridge Super-Earth and Sub-Neptune Populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artyom Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Naar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 896 (2), pp.L22. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/ab9530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02876788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A stringent upper limit on the PH3 abundance at the cloud top of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. K. Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 643, pp.L5. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202039559⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02974111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HDO and SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; thermal mapping on Venus. IV. Statistical analysis of the SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; plumes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. K. Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Sagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 623, pp.A70. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201833511⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02067779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term Variations of Venus’s 365 nm Albedo Observed by Venus Express , Akatsuki , MESSENGER , and the Hubble Space Telescope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeon Joo Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis-Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Perez-Hoyos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitrij V. Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lebonnois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astronomical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 158 (3), pp.126. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-3881/ab3120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02283341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No detection of methane on Mars from early ExoMars Trace Gas Orbiter observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna A. Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Trokhimovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 568, pp.517-520. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-019-1096-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02099757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of cloud top ozone on Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Baggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Stolzenbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 319, pp.491-498. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2018.10.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01894023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the albedo of Earth-like magma ocean planets with H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O-CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; atmospheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Pluriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Turbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 317, pp.583-590. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2018.08.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01865334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martian dust storm impact on atmospheric H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O and D/H observed by ExoMars Trace Gas Orbiter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Betsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuriy S. Ivanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bojan Ristic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Håkan Svedhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 568, pp.521-525. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-019-1097-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02099160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Atmospheric Chemistry Suite (ACS) of Three Spectrometers for the ExoMars 2016 Trace Gas Orbiter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Trokhimovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna A. Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. V. Shakun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 214, pp.7. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-017-0437-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01656380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition and Chemistry of the Neutral Atmosphere of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin P. Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher D. Parkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 214, pp.article 10. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-017-0438-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01656562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfur dioxide in the Venus atmosphere: I. Vertical distribution and variability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Chamberlain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Evdokimova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 295, pp.16 - 33. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2017.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01527515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Night side distribution of SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; content in Venus’ upper mesosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis A. Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria G. Evdokimova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg I. Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 294, pp.58-71. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2017.05.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01517997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfur dioxide in the Venus Atmosphere: II. Spatial and temporal variability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Chamberlain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Evdokimova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 295, pp.1 - 15. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2017.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01528477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venus: Tickling the clouds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1, pp.198. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41550-017-0198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03737462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal radiation of magma ocean planets using a 1-D radiative-convective model of H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O-CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; atmospheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Davaille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (7), pp.1539-1553. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2016JE005224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01564674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relative influence of H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O and CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; on the primitive surface conditions and evolution of rocky planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Davaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (7), pp.1458-1486. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2017JE005286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01540209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPICAM on Mars Express: A 10 year in-depth survey of the Martian atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna A. Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 297, pp.195-216. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2017.06.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01545690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of the nitric oxide nightglow at Venus during solar minimum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie M. Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 121 (5), pp.846-853. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2016JE005013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01309689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation and evolution of protoatmospheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keiko Hamano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feng Tian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masahiro Ikoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yutaka Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 205 (1), pp.153-211. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-016-0280-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01373415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Venus topography on the zonal wind and UV albedo at cloud top level: The role of stationary gravity waves.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Khatunstsev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hauchecorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech J. Markiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 121 (6), pp.1087-1101. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2015JE004958⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01328045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations of water vapor and cloud top altitude in the Venus’ mesosphere from SPICAV/VEx observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail Luginin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 275, pp.143-162. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2016.04.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01304052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal structure of Venus nightside upper atmosphere measured by stellar occultations with SPICAV/Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arianna Piccialli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mahieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planetary and Space Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 113-114, pp.321-335. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pss.2014.12.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01097296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coordinated Hubble Space Telescope and Venus Express Observations of Venus’ upper cloud deck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mahieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 258, pp.309-336. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2015.05.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01164292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for horizontal and vertical variations of CO in the day and night side lower mesosphere of Venus from CSHELL/IRTF 4,53 µm observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lellouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirel Birlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planetary and Space Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 113-114, pp.256-263. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pss.2014.12.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01102548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term variations of the UV contrast on Venus observed by the Venus Monitoring Camera on board Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.J. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Imamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.E. Schröder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 253, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2015.02.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary study of Venus cloud layers with polarimetric data from SPICAV/VEx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphne Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planetary and Space Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 113-114, pp.159-168. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pss.2014.11.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water formation in the upper atmosphere of the early Earth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Carrasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vettier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anni Määttänen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 807 (2), pp.L29. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2041-8205/807/2/L29⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01176058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escape of the martian protoatmosphere and initial water inventory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. V. Erkaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Elkins-Tanton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Stökl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Odert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planetary and Space Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 98, pp.106-119. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pss.2013.09.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal evolution of an early magma ocean in interaction with the atmosphere: conditions for the condensation of a water ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chassefière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Davaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIO Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2, 01006 (4p.). </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/bioconf/20140201006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03102929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations of sulphur dioxide at the cloud top of Venus's dynamic atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Geoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 6 (1), pp.25-28. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ngeo1650⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00767475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulations of the latitudinal variability of CO-like and OCS-like passive tracers below the clouds of Venus using the Laboratoire de Météorologie Dynamique GCM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lebonnois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 118 (10), pp.1983-1990. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jgre.20146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D modelling of the early martian climate under a denser CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; atmosphere: Temperatures and CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; ice clouds.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Forget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Wordsworth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehouarn Millour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Madeleine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Kerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 222 (1), pp.81-99. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2012.10.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00747673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal evolution of an early magma ocean in interaction with the atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chassefière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Davaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 118 (6), pp.1155-1176. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jgre.20068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00799240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple 1-D radiative-convective atmospheric model designed for integration into coupled models of magma ocean planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 117 (E1), pp.E01001. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2011JE003912⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00639286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertical profiling of SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; and SO above Venus' clouds by SPICAV/SOIR solar occultations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mahieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 217 (2), pp.740-751. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2011.09.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00629675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A layer of ozone detected in the nightside upper atmosphere of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 216 (1), pp.82-85. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2011.08.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00618964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An investigation of the SO2 content of the venusian mesosphere using SPICAV-UV in nadir mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 211, pp.58-69. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2010.08.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00543827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for carbonyl sulfide (OCS) conversion to CO in the lower atmosphere of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuk L. Yung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. C. Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Jiang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. L. Shia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 114 (E5), </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2008JE003094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03161448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A latitudinal survey of CO, OCS, H2O, and SO2 in the lower atmosphere of Venus: Spectroscopic studies using VIRTIS-H</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Drossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Piccioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. M. Reess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 113, pp.+. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2008JE003074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00744928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remote sensing of Venus’ lower atmosphere from ground-based IR spectroscopy: Latitudinal and vertical distribution of minor species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Birlan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planetary and Space Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (13-14), pp.1360-1370. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pss.2006.04.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03161442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latitudinal variations of CO and OCS in the lower atmosphere of Venus from near-infrared nightside spectro-imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bezard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Birlan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 179 (2), pp.375-386. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2005.06.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gyromagnetic ratio of rapidly rotating compact stars in general relativity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Novak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Classical and Quantum Gravity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 20 (14), pp.3051. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0264-9381/20/14/307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00000401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (164)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Monte-Carlo modeling of Venus' reflectance in UV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ema Salugová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zili He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vinatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goals and Structure of Envision’s VenSpec Ground-Based Observations Working Group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Hueso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shohei Aoki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Alemanno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-477⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synergistic Observations of Venus’ Surface and Atmosphere: The Role of VenSpec on the ESA EnVision Mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Alemanno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Core to Clouds: Laboratory Synergy within the EnVision’s VenSpec Science Team</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Maturilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Alemanno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1787⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Monte Carlo Radiative Transfer for Parameter Retrieval in Planetary Atmospheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zili He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vinatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Arfaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Eymet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. pp.EPSC-DPS2025-681, </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05436229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple temporal and spatial scales variation of sulfur dioxide at the Venusian cloud-top</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatsuro Iwanaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takeshi Imamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shohei Aoki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideo Sagawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observability of small scale atmospheric spatial variability by the VenSpec-U instrument onboard EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lustrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rouanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1481⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VenSpec-H spectrometer on the ESA EnVision mission: Instrument’s status</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roderick de Cock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water and sulfur dioxide thermal mapping on Venus : Long-term monitoring and vertical distribution of SO2 within and above the clouds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therese Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohini Giles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping Venus in Emissivity: The Venus Emissivity Mapper, VenSpec-M on EnVision and VEM on VERITAS missions to Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Alemanno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Catalina Plesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Maturilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-991⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper (VEM): instrument science performance requirements derived from VERITAS and EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Pertenais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Till Hagelschuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone del Togno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Säuberlich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXIII. Proceedings SPIE Volume 136120G</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Aug 2025, San Diego, United States. </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3064436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05309943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting volcanic ash of eruption plumes on Venus by imaging in the near infrared windows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shubham Kulkarni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining Surface Targets for the EnVision’s VenSpec Suite: Collaborative Strategies of the Regions of Interest Working Group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Alemanno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie van den Neucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Maia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective Venus Cloud trace species detectability as inferred from Hubble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mahieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aditya Bhushan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin Mills</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VenSpec Radiative Transfer Modeling Working Group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shohei Aoki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ankita Das</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itziar Garate Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Gillman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1645⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VenSpec suite organization: collaborative development from instrument proposal to scientific analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friederike Wolff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Alemanno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Proceedings SPIE volume 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Aug 2024, San Diego, United States. </w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3027459⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04731440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scientific objectives and instrumental requirements of the IR spectrometer VenSpec-H onboard EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roderick de Cock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Proceedings SPIE 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, San Diego, United States. 16 p., </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3027948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04733574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VenSpec-U spectrometer onboard EnVision: sensitivity studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lustrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rouanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léna Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Proceedings SPIE 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, San Diego, United States. 43 p., </w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3027500⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04733439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A spherical and heterogeneous radiative transfer code for near-infrared remote sensing: application to Titan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zili HE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vinatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Eymet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bezard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Berlin, Germany. pp.EPSC2024-177, </w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2024-177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04676744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of the VenSpec-U instrument: a double UV imaging spectrometer to analyze sulfured gases in the Venus’ atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lustrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bertran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rouanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Diaz Damian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Hassen-Khodja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Proceedings SPIE 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, San Diego, United States. 33 p., </w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3028252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04733494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ground-based thermal mapping of Venus: HDO and SO2 monitoring and upper limits of NH3, PH3 and HCN at the cloud top</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therese Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohini Giles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bezard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Vienna and Online, Austria. pp.EGU24-4022, </w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-4022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04503747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity studies for the VeSUV/VenSpec-U instrument onboard ESA’s EnVision mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lustrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rouanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Vienna and Online, Austria. pp.EGU24-16442, </w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-16442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04503742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution and Variation of the Venusian Cloud-top Sulfur Dioxide Derived from Akatsuki UV Images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatsuro Iwanaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takeshi Imamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shohei Aoki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideo Sagawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Berlin, Germany. pp.EPSC2024-680, </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2024-680⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04684747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of the VenSpec-H instrument on ESA’s EnVision mission: development of critical elements, highlighting the FFCP, and grating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roderick de Cock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Vervaeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Proceedings SPIE 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, San Diego, United States. 15 p., </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3027637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04733194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proton irradiation qualification of the vSWIR InGaAs imaging sensor for the VEM and VenSpec-M instruments on VERITAS and EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Pohl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone del Togno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaquelin Rosas Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karsten Westerdorff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Arcos Carrasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Proceedings SPIE 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, San Diego, United States. 13 p., </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3028057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04733485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observability of atmospheric spatial variability by the VeSUV/VenSpec-U instrument onboard ESA’s EnVision mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lustrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rouanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Berlin, Germany. pp.EPSC2024-465, </w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2024-465⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04679498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives of infrared and ultraviolet spectroscopy in the exploration of the Venusian atmosphere and surface against the background of future missions: an overview and outlook</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Arnold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainer Haus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Ptroceedings SPIE 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, spie, Aug 2024, San Diego, United States. 7 p., </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3027282⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04733151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral mixing analysis of laboratory emissivity spectra for improved VenSpec-M/VEM data interpretation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Alemanno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Matrurilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Darby Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solmaz Adeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Proceedings SPIE 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, spie, Aug 2024, San Diego, United States. 16 p., </w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3027471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04733266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper (VEM): instrument design and development for VERITAS and EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Till Hagelschuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Pertenais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Dern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone del Togno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Proceedings SPIE Volume 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Aug 2024, San Diego, United States. 8 p., </w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3028082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04731363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minor Species in Venus' Night Side Troposphere as Observed by VIRTIS-H/Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M Reess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Érard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Venus as a System</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Albuquerque, United States. pp.LPI Contribution No. 2891, id. 8003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04617913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopic Measurements of Sulfur Dioxide Above and Below Venus' Clouds: Past and Future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Venus Surface and Atmosphere 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Houston, United States. pp.LPI Contribution No. 2807, id.8061</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04470890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VenSpec suite on the ESA Envision mission -a holistic investigation of the coupled surface atmosphere system of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann-Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Roberts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55th Annual Meeting of the Division for Planetary Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, San Antonio, United States. pp.id. 507.03</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04511173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of the sensitivity to bias using a gain matrix formulation for the VeSUV/VenSpec-U instrument onboard ESA’s EnVision mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lustrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna (Austria), Austria. pp.EGU23-8312, </w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-8312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04025633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scientific interest for a UV spectrometer to study Uranus and its satellites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Chaufray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Leblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Hue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Uranus Flagship: Investigations and Instruments for Cross-Discipline Science Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Pasadena, United States. pp.LPI Contribution No. 2808, 2023, id. 8052</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04501879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science objective and status of the EnVision Mission to Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grete Straume-Lindner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Schulte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Voirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Pacros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55th Annual Meeting of the Division for Planetary Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, San Antonio, United States. pp.id. 507.05, </w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-18247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04507477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnVision: Understanding Why Earth's Closest Neighbor Is So Different</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A G Straume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Ocampo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Voirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Bruzzone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54th Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, The Woodlands, United States. pp.LPI Contribution No. 2806, id.1764, </w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-414⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04515876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnVision: a Nominal Science Phase Spanning Six Venus Sidereal Days</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grete Straume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Ocampo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Voirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynn Carter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna (Austria), Austria. pp.EGU23-9889, </w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-9889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04042009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry on Venus: Current Understanding, Open Questions, and Upcoming Missions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. P. Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A C Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K L Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Mahieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Venus Surface and Atmosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Houston, United States. pp.LPI Contribution No. 2807, id.8073</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04510328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VenSpec suite on the ESA Envision mission -a holistic investigation of the coupled surface atmosphere system of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann-Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Roberts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Granada, Spain. pp.EPSC2022-374</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03753068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on the existence of low-mass planets with supercritical hydrospheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Vivien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artyom Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Granada, Spain. pp.EPSC2022-418</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03753121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Envision Mission to Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Ghail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitri Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grete Straume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienna, Austria. pp.EGU22-8391, </w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-8391⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04494888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Envision Mission to Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R C Ghail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C F Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D V Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A G Straume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53rd Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, The Woodlands, United States. pp.LPI Contribution No. 2678, 2022, id.2948</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04497361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbulent vertical mixing in the Venus cloud layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Meeting of the Venus Exploration and Analysis Group (VEXAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Albuquerque, United States. pp.LPI Contribution No. 2688</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04392424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus surface emissivity mapper on the NASA VERITAS mission and the VenSpec suite on the ESA EnVision mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.D. Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A C Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Mueller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53rd Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, The Woodlands, United States. pp.LPI Contribution No. 2678, 2022, id.2071</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04493597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Day-Night Cloud Asymmetry Inhibits Early Ocean Formation on Venus and Telluric Planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Turbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Fauchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Selsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bolmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ancient Venus Conference 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Online, Unknown Region. pp.LPI Contribution No. 2680, id.2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04493849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnVision: a Nominal Science Phase Spanning Six Venus Sidereal Days (Four Earth Years)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grete Straume-Lindner Anne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Ocampo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Voirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynn Carter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Chicago, United States. pp.id. P55B-05</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04487501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnVision: understanding why our closest neighbour is so different</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grete Straume-Lindner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana C. Ocampo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Voirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Granada, Spain. pp.EPSC2022-1097</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03755008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minor species measurements below the clouds of Venus using VIRTIS-H/Venus Express data set.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Reess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Drossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Granada, Spain. pp.EPSC2022-7, </w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2022-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03752738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Population study: Exploring the transition from Super-Earth to Sub-Neptune with a Hubble transmission survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gressier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Charnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Athens, Greece. pp.Abstract B6.1-0014-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03775199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escape of moderately volatile elements from protoplanets and its potential effect on habitability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Scherf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Benedikt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolai Erkaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Herbort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Granada, Spain. pp.EPSC2022-999, </w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2022-999⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03789936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term Plan to Monitor Venus using Earth-orbiting CubeSats: Chasing the Long-term Variability of Our Nearest Neighbor Planet Venus (CLOVE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeon Joo Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Garcı́a Muñoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young-Jun Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heike Rauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Michaelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Online, Unknown Region. pp.Abstract B4.1-0032-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04491476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interior structure and possible existence of irradiated ocean planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artyom Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Vivien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Europlanet Science Congress 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Granada, Spain. pp.EPSC2022-904, </w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2022-904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03948199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consolidating the radiative transfer code to analyze VenSpec-H measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Vanhellemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Granada, Spain. </w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2022-899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03850394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VenSpec-H: Introduction to Instrument and Consortium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roderick de Cock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Granada, Spain. pp.EPSC2022-1113, </w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2022-1113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03786865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venus' atmosphere: an overview before next exploration missions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Sanchez-Lavega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitrij V. Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Garvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Athens, Greece. pp.Abstract C3.1-0002-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03846959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VenSpec-H instrument onboard EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Berkenbosch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Jacobs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Chicago, United States. pp.id. P51B-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04488757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HST WFC3 G141 data analysis: exploring the transition from Super-Earth to Sub-Neptune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gressier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Charnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress. EPSC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtual Meeting, France. </w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-194⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03313633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterising the atmospheres of the two warm Neptune-like planets HD 106315 c and HD 3167 c with the HST/WFC3 Camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gressier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gloria Guilluy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Charnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Sydney, Australia. pp.Abstract B6.1-0002-21 (oral), id.498</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04486734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Day-Night Cloud Asymmetry Inhibits Early Ocean Formation on Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Turbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bolmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chaverot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ehrenreich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Venera-D: Venus Cloud Habitability System Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Virtual Meeting, Unknown Region. pp.LPI Contribution No. 2629, id.4051</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03582672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of the interior structures and atmospheres of multiplanetary systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorena Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theo Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plato Mission Conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Virtual, Spain. </w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.5564164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03585970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing the atmospheres of the two warm Neptune-liked planets HD 106315 c and HD 3167 c with the HST/WFC3 Camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gressier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Guilluy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Astronomical Society meeting #237</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Virtual Meeting, Unknown Region. pp.id. 437.02</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04482892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting Venus' volcanic gas plumes with VenSpec-H</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caterina Macovenco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Online, United States. pp.EPSC2021-678, </w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-678⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04476661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterising the interior structures and atmospheres of multiplanetary systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorena Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo A. López</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress. EPSC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtual Meeting, France. pp.306-322, </w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-44⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03313865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass-Radius relationships of small, highly irradiated exoplanets with small water mass fractions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Vivien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artem Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress. EPSC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtual Meeting, France. </w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03317763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observability of temperate exoplanets with Ariel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Athena Coustenis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriella Gilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karan Molaverdikhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53rd AAS Division of Planetary Science meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Virtual, United States. pp.id.212.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03399963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbulent vertical mixing of H2O and SO2 in the Venus cloud layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Online, Unknown Region. pp.EPSC2021-631, </w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-631⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04437108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Io's dry body shaped by atmospheric instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artyom Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Leblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathleen Mandt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress. EPSC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtual Meeting, France. pp.306-322, </w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03313836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Need for Updates to the Venus International Reference Model (VIRA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludmila Zasova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd COSPAR Scientific Assembly 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, sydney, Australia. pp.Abstract B4.4-0009-21 (oral), id.428</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04486757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VenSpec-H: an Infrared Spectrometer to Study Venus' Activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Berkenbosch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, New Orleans, United States. pp.id. P35H-2225</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04478574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterising the interior structures and atmospheres of Multiplanetary systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SF2A-2021: Proceedings of the Annual meeting of the French Society of Astronomy and Astrophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, On Line, France. pp.355-358</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03688519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venus exploration in the Horizon 2061: the pertinence of a sample return mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Lasue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre W. Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Pinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd COSPAR Scientific Assembly.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Sydney, Australia. pp.Abstract B0.7-0013-21 (oral), id.250</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04482895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the structure of irradiated ocean planets - implications for mass-radius relationships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artyom Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress. EPSC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtual Meeting, France. </w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03306171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper &#8211; Obtaining Global Mineralogy of Venus from Orbit on the ESA EnVision and NASA VERITAS missions to Venus.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darby Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conor Ryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Europlanet Science Congress 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Online, Unknown Region. pp.EPSC2020-260, </w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2020-260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04476236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry on Present-Day Venus and Earth: Unresolved Issues and Implications for Extrasolar Planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin P. Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. D. Parkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis-Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuk L. Yung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exoplanets in Our Backyard: Solar System and Exoplanet Synergies on Planetary Formation, Evolution, and Habitability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Houston, United States. pp.LPI Contribution No. 2195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02864313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Stringent Upper Limit of the PH3 Abundance at the Cloud Top of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas K. Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Online, United States. pp.P092-05</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03743717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnVision: Undestanding why Earth’s closest neighbour is so different</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. C. Ghail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. F. Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. V. Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. S. Kiefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Meeting of the Venus Exploration Analysis Group (VEXAG),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Online, Unknown Region. pp.LPI Contribution No. 2356, id.8028</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04476816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The science goals of the EnVision Venus orbiter mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Ghail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitri Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Ansan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Online, Unknown Region. pp.EPSC2020-599, </w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2020-599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04478542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A self-consistent thermodynamic approach to compute the interiors of irradiated ocean planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artyom Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Online, Unknown Region. pp.EPSC2020-610, </w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2020-610⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04477316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring Venus cloud top: the VenSpec-U spectrometer on board ESA EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Guignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lustrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Lasue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Virtual Meeting, Germany. pp.EPSC2020-622</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02917523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric noble gas isotope and bulk K/U ratios as a constraint on the origin and early evolution of Venus and Earth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Scherff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Leitzinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Odert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Main Belt: A Gateway to the Formation and Early Evolution of the Solar System</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Villasimius, Sardinia, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02188877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VenSpec suite on the ESA EnVision mission to Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st EGU General Assembly, EGU2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria. pp.id.8665</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04476221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultraviolet albedo of Venus' clouds due to SPICAV and VIRTIS joint nadir observations onboard Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavel Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiliano d'Aversa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolay Ignatiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-1597-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02264335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VenSpec suite on the ESA EnVision mission to Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conor Ryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings Volume 11128, Infrared Remote Sensing and Instrumentation XXVII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, San Diego, United States. pp.art. 1112804, </w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2529248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02292044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VenSpec-H, infrared spectrometer onboard EnVision to study Venus' volcanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Jacobs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Berkenbosch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-1670-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04464406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HDO and SO2 thermal mapping on Venus : Statistical analysis of the SO2 plumes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideo Sagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st EGU General Assembly, EGU2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna (Austria), Austria. pp.id.4332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04408135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intense decadal variations of Venus' UV albedo, and its impact on solar heating rate and atmospheric dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeon Joo Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis-Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Pérez-Hoyos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitrij V. Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lebonnois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-66-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02263277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparing EnVision: SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; measurements below and above Venus' clouds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. L. Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Baggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismaïl Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-253-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02262580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry on Venus: An Overview of Unresolved Issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F P Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Yung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C D Parkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K L Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50th Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, The Woodlands, United States. pp.LPI Contribution No. 2132, id.2374</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04476097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnVision M5 Venus orbiter proposal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Ghail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin F. Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenzo Bruzzone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-1611-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04466517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Topography on Venus' Cloud Top Properties as Observed by HST</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K-L Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50th Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, The Woodlands, United States. pp.LPI Contribution No. 2132, id.2728</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04476093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric noble gas isotope and bulk K/U ratios as a constraint on the early evolution of Venus and Earth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Scherff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Leitzinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Odert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Kubyshkina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-1550-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04469246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperspectral Observer for Venus Reconnaissance (HOVER) Larry W. Esposito, and the HOVER Team</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larry W. Esposito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giada Arney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Aye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Brecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Crisp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-340</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04468186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of the Surface of Venus -in the Laboratory and from Orbit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Darby Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Maturilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-1358-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04475754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper -Obtaining Global Mineralogy of Venus from Orbit on the ESA EnVision and NASA VERITAS missions to Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Wendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50th Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, The Woodlands, United States. pp.LPI Contribution No. 2132, id.2046</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04476105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnVision: Understanding Why our most Earth-like Neighbour is so Different</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Ghail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenzo Bruzzone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joern Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st EGU General Assembly, EGU2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria. pp.id.17377</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04476214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intense decadal variation of Venus' 365-nm albedo and its impacts on the atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeon Joo Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Perez-Hoyos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitrij V. Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lebonnois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Venus Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Niseko, Hokkaido, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02323925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ground-based mapping of SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; and HDO on Venus in the thermal infrared</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideo Sagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS joint meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Genève, Switzerland. pp.EPSC-DPS2019-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02323313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science objectives of the VenSpec-U channel on board EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joern Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st EGU General Assembly, EGU2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria. pp.id.4237</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04469317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escape and fractionation of elements from planetary embryos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Benedikt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Scherf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Odert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-1345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04475745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VenSpec-H, infrared spectrometer onboard EnVision to study Venus' volcanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Jacobs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Berkenbosch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st EGU General Assembly, EGU2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria. pp.id.17644</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04475735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Level Science Products of SPICAM (Mars Express) and SPICAV (Venus Express)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Cox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Baggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna A. Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetan Lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland, Switzerland. pp.EPSC-DPS2019-579-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04406284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venus Surface Oxidation and Weatehring as Viewed from Orbit with Six-Window VNIR Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. D. Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Maturilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Meeting of the Venus Exploration and Analysis Group (VEXAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Laurel, Maryland, United States. pp.LPI Contribution No. 2137, id.8015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04457467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral albedo of Venus clouds in the UV as measured onboard the VEX orbiter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolay Ignatiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiliano d'Aversa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42nd COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Pasadena, United States. pp.Abstract id. C3.1-2-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04437639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper (VEM): Obtaining global mineralogy of Venus from orbit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melinda Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Wendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXVI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, San Diego, United States. pp.art. 107650D, </w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2320112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01879203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HDO and SO2 thermal mapping on Venus: Statistical analysis of the SO2 plumes and comparison with space data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas K. Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideo Sagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly Conference Abstracts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria. pp.1865</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03735092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">14 years of Mars’ atmosphere monitoring by SPICAM on Mars Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetan Lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Workshop: “From Mars Express to ExoMars”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Madrid, Spain. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01798167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venus cloud top as observed by SPICAV-UV/Venus Express: SO2 , O3 and clouds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Baggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria. pp.6270</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04393544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Evolution of Super-Earths: From Magma Ocean to Temperate Surface Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Davaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Washington, United States. pp.abstract #P42A-07</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02054363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progress towards a post-Venus Express Clouds & Haze reference model for Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitrij Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42nd COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Pasadena, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04463664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early evolution of Venus and Earth constrained by the reproduction of measured Ar, Ne isotope and K/U elemental ratios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Leitzinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Odert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darya Kubyshkina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Berlin, Germany. pp.EPSC2018-291</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04458509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper (VEM) — Obtaining Global Mineralogy of Venus from Orbit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joern Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melinda D. Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Wendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Meeting of the Venus Exploration and Analysis Group (VEXAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Laurel, Maryland, United States. pp.LPI Contribution No. 2137, id.8023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01972014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubble's Role in Studies of Venus' Clouds, Climate and Habitability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis-Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeon Joo Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Astronomical Society, AAS Meeting #232</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Denver, United States. pp.id. 405.06</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04464380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging Rock Type, Mineralogy, and Oxidation State from Six-Window Emissivity Spectra at 440C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melinda D Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Maturilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-1822</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04464396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights on Venus’Cloud Top Chemistry, Convective Activity and Topographyfrom HST</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis-Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin P. Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-672-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02298461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escape and fractionation of elements from planetary embryos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Benedikt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Scherf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Odert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Berlin, Germany. pp.EPSC2018-305</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04457485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding Venus: An International Effort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Cutts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42nd COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Pasadena, United States. pp.Abstract id. PEX.1-16-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04463296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Wendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding SPIE 10403, Infrared Remote Sensing and Instrumentation XXV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, San Diego, United States. </w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2275666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01587304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reanalysis of the SPICAV-UV nadir spectra on the day side of Venus: SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; , O&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; and other UV absorbers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Baggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Riga, Latvia. pp.PSC2017-165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01597554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping Venus Mineralogy and Chemistry In Situ from Orbit with Six-Window VNIR Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. D. Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Meeting of the Venus Exploration Analysis Group ( VEXAG )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Laurel, Maryland, United States. LPI Contribution No. 2061, p.8004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01672492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution of SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; content at the night side of Venus' upper mesosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis A. Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Evdokimova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Venus Conference 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01297385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Venus topography on the zonal wind and albedo at cloud top level : The role of stationary gravity waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Khatunstsev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech J. Markiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hauchecorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Venus Conference 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01298368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 1D radiative-convective model of H2O-CO2 atmospheres around young telluric planets: an update</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chassefière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Vienna, Austria. pp.EGU2016-7316-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01302650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advancing Venus Atmospheric Modeling via Coordinated HST-Akatsuki Observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takeshi Imamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nakamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">47th Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, The Woodlands, Texas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01281655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latitudinal and temporal variability of Venus clouds and hazes observed by polarimetry with SPICAV-IR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Venus Conference 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01297473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper (VEM) Concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">47th Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, The Woodlands, Texas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01283782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observed correlation of Venus topography with the zonal wind and albedo at cloud top level: the role of stationary gravity waves.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Khatunstsev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hauchecorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojtek Markiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Vienna, Austria. pp.EGU2016-16126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01302643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venus : Observe it while it's hot !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Venus Conference 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01297540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper (VEM) concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joern Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Wendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXIV. Proceedings SPIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, San Diego, United States. Paper 9973-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01350535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrieval of Venus' clouds and hazes properties with polarimetric data from SPICAV/VEx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nantes, France. pp.EPSC2015-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01213216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-spectral resolution mid-UV spectrograph for Venus observing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert A. Woodruff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Davis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chip Beebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiffany Finley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Venus : Science priorities for Laboratory Measurements and Instrument Definition Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Hampton, United States. pp.4024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01147201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sciences for Exoplanets and Planetary Systems : web sites and E-learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Balança</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Bénilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Mathias Griessmeier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nantes, France. pp.EPSC2015-748-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03804397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Clouds of Venus – an overview of Venus Express results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. F. Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.J. Markiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nantes, France. pp.EPSC2015-762-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01211200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geographic distribution of zonal wind and UV albedo at cloud top level from VMC camera on Venus Express: Influence of Venus topography through stationary gravity waves vertical propagation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Khatunstsev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hauchecorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech J. Markiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nantes, France. pp.EPSC2015-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01213709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPICAM on Mars Express: a 10 year in-depth survey of the Martian atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienna, Austria. pp.EGU2015-6376</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01144512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Venus cloud layers with polarimetric data from SPICAV/VEx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for an orographic forcing of SO 2 observed above the clouds with SPICAV/Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hauchecorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lebonnois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Cascais, Portugal. pp.EPSC2014-325</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magma ocean formation and outgassing, steam atmospheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Chassefière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISSI-BJ/ISSI Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Pékin, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01059988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of carbon monoxide above Venus' cloud top from IRTF/CSHELL observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lellouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienna, Austria. pp.id.6599</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition and Chemistry of the Neutral Atmosphere of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Parkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sandor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Cascais, Portugal. pp.EPSC2014-153</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal structure of Venus' nightside upper atmosphere measured by SPICAV UV on Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arianna Piccialli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mahieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Wilquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Cascais, Portugal. pp.EPSC2014-408</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SO2 measurements at Venus' cloud top: from Pioneer Venus Orbiter to Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Mysore, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SO2 monitoring above Venus' clouds using VEx/SPICAV-UV nadir observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00709379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery and characterization of an ozone layer in Venus' atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geophysical Union General Assembly 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking for SO2: a spectroscopic study of Martian UV albedo using SPICAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Reberac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourth International Workshop on the Mars Atmosphere: Modelling and Observations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Paris, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00566421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term monitoring SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; above the clouds of Venus using SPICAV-UV in nadir mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geophysical Union General Assembly 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Vienna, Austria. pp.EGU2011-2603</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ozone on Mars and Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfur mono- and dioxides above Venus' clouds from SPICAV/SOIR solar occultations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mahieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geophysical Union General Assembly 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of SO2 at Venus' cloud top during the July 2009 brightening event as seen by SPICAV-UV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dhuit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of SO2 above the clouds of Venus using Venus Express/SPICAV-UV in nadir mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraining SO2 in the atmospheres of Venus and Mars using SPICAV-UV &amp; SPICAM-UV in nadir mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SO2 above The clouds of Venus as measured by SPICAV-UV In Nadir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42nd Annual Meeting of the Division for Planetary Sciences (DPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Pasadena, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Super Venus&amp;quot; : a 1D radiative-convective model of primitive Earth atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chassefière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Leblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Massol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Venus Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00545561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of SPICAV occultation results for the UV channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Bremen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfur dioxide above Venus' clouds: sounding by orbital solar occultations in UV and IR ranges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three Martian years of observations with SPICAM on Mars Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Maltagliati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport-driven formation of an ozone layer on Venus and Mars as evidenced by SPICAM and SPICAV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Gondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42nd Annual Meeting of the Division for Planetary Sciences (DPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Pasadena, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An overview of SPICAV/SOIR results on the atmosphere of Venus from Venus Express Mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41st Annual Meeting of the Division for Planetary Sciences (DPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Puerto Rico, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; above the clouds of Venus using SPICAV/Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of an Ozone Layer on Venus by SPICAV on Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41st Annual Meeting of the Division for Planetary Sciences (DPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Puerto Rico, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latitudinal Variations of SO2 Above the Clouds of Venus Using SPICAV-UV/Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41st Annual Meeting of the Division for Planetary Sciences (DPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Puerto Rico, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition of the Venusian atmosphere after Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. C. Tsang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC (European Planetary Science Congress) 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Potsdam, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution of Carbon Monoxide and Other Minor Species In The Lower Atmosphere of Venus Using Venus Express/VIRTIS-M-IR Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantine Tsang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. G. Irwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. W. Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Drossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Piccioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Astronomical Society, DPS meeting #39</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Orlando (Florida), United States. pp.502</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">obspm-03855242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution Of Carbon Monoxide And Other Minor Species In The Lower Atmosphere Of Venus Using Venus Express/VIRTIS-M-IR Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantine C. C. Tsang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick G. J. Irwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic W. Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Drossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Piccioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAS/Division for Planetary Sciences Meeting #39</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AAS, Oct 2007, Orlando, United States. pp.502</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">obspm-03865624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Simulations of the Early Mars Climate with a General Circulation Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Forget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. M. Haberle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Cha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third International Conference on Mars Polar Science and Exploration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Alberta, Canada. pp.8070</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03804046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VenSpec-U Ultraviolet Spectral Imager on board EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lustrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bertran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Lasue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vinatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Berlin, Germany. EPSC Abstracts, 17, pp.EPSC2024-335, 2024, </w:t></w:r><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2024-335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04690862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irradiation qualification campaign of the vSWIR InGaAs imaging sensor for the VEM and VenSpec-M instruments on VERITAS and EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Pohl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone del Togno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaquelin Miriam Rosas Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karsten Westerdorff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Arcos Carrasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Berlin, Germany. EPSC Abstracts, 17, pp.EPSC2024-1004, 2024, </w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2024-1004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04714245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing near-surface radiance levels based on VIRTIS spectra to prepare VenSpec-H science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Mueller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emile Ducreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Berlin, Germany. EPSC Abstracts, 17, pp.EPSC2024-1025, 2024, </w:t></w:r><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2024-1025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04691485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future Exploration of Venus: International Coordination and Collaborations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludmila Zasova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masao Nakamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd COSPAR Scientific Assembly 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Sydney, Australia. 43, Abstract B4.4-0028-21, id p.445., 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04486750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterising the interior structures and atmospheres of transiting super-Earths and sub-Neptunes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorena Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Hoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TESS Science Conference II (TSC2)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, On Line, United States. pp.id.47, </w:t></w:r><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.5123312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03334968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper — Investigating the Atmospheric Structure and Dynamics of Venus' Polar Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tsang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mueller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Kappel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49th Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, The Woodlands, United States. pp.LPI Contribution No. 2083, id.2386</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04452860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venus Emissivity Mapper – Investigating the Atmospheric Structure and Dynamics of Venus' Polar Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tsang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mueller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Kappel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Meeting of the Venus Exploration and Analysis Group (VEXAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Laurel, Maryland, United States. pp.LPI Contribution No. 2061, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01672488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfur Dioxide variability in the Venus atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mahieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Wilquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Chamberlain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th IUGG, General Assembly 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Prague, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01408921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Venus cloud layers by polarimetry using SPICAV/VEx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphne Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienna, Austria. pp.EGU2015-1656</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01144092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geographic distribution of zonal wind and UV albedo at cloud top level from VMC camera on Venus Express: Influence of Venus topography through stationary gravity waves vertical propagation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Khatunstsev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hauchecorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Markiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienna, Austria. pp.EGU2015-14228, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01143663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfur Dioxide variability in the Venus Atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. C. Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mahieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Wilquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chamberlain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nantes, France. 10, pp.EPSC2015-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01211239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of initial CO2 content on a planet surface conditions at the end of the magma ocean phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Davaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nantes, France. European Planetary Science Congress 2015, 10, pp.EPSC2015-823, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01221929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Venus cloud layers by polarimetry using SPICAV/VEx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphne Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomical Polarimetry 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Grenoble, France. , 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Possible Influence of Venus Topography on the Zonal Wind and UV albedo at Cloud Top Level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Khatuntsev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hauchecorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech J. Markiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, San Francisco, United States. pp.P21B-3916, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01184085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Venus' cloud layers by polarimetry using SPICAV/VEx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Vienna, Austria. 15, pp.2013 - 3110, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Venus cloud layers by polarimetry using SPICAV/VEx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Venus Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Catania, Italy. , 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooling of an early Earth magma ocean in interaction with the atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Leblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Brandeis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Nantes, France. pp.EPSC-DPS2011-798-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulphur oxides in Venus mesosphere detected from SPICAV/SOIR VEX solar occultation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An atmospheric model designed for integration into coupled models of magma ocean planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Leblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chassefière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rayleigh Scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muriel Gargaud, William M. Irvine, Ricardo Amils, Philippe Claeys, Henderson James Cleaves, Maryvonne Gerin, Daniel Rouan, Tilman Spohn, Stéphane Tirard, Michel Viso (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Astrobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.2629-2631, 2023, Print ISBN: 978-3-662-65092-9 / Online ISBN: 978-3-662-65093-6. </w:t></w:r><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-65093-6_5493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04371597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiative Transfer (Atmospheres)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muriel Gargaud, William M. Irvine, Ricardo Amils, Philippe Claeys, Henderson James Cleaves, Maryvonne Gerin, Daniel Rouan, Tilman Spohn, Stéphane Tirard, Michel Viso (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Astrobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.2585-2595, 2023, Print ISBN: 978-3-662-65092-9 / Online ISBN: 978-3-662-65093-6. </w:t></w:r><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-65093-6_5486⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04371607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mie Scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muriel Gargaud, William M. Irvine, Ricardo Amils, Philippe Claeys, Henderson James Cleaves, Maryvonne Gerin, Daniel Rouan, Tilman Spohn, Stéphane Tirard, Michel Viso (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Astrobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.1948-1952, 2023, Print ISBN: 978-3-662-65092-9 / Online ISBN: 978-3-662-65093-6. </w:t></w:r><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-65093-6_5492⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04371593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel: Enabling planetary science across light-years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanna Tinetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Eccleston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Haswell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Lagage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] ESA/SCI(2020)1, European Space Agency. 2021, 147 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03197361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prélude à la mission Venus Express : étude de l'atmosphère par spectro-imagerie infrarouge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Astrophysique [astro-ph]. Université Paris-Diderot - Paris VII, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00126105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId816"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Emmanuel MARCQ </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (72)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous estimation of radiance and its sensitivities to radiative properties in a spherical-heterogeneous atmospheric radiative transfer model by Monte Carlo method: Application to Titan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zili He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vinatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Eymet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 350, pp.109722. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jqsrt.2025.109722⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05370209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfur Dioxide Distribution at the Venusian Cloud‐Top Retrieved From Akatsuki UV Images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatsuro Iwanaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takeshi Imamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shohei Aoki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideo Sagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 130 (7), pp.e2024JE008775. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2024JE008775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05135786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scientific objectives and instrumental requirements of the infrared spectrometer VenSpec-H onboard EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin T. Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roderick de Cock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian R. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of applied remote sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 19 (01), pp.014525. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/1.jrs.19.014525⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of the VenSpec-H instrument on ESA’s EnVision mission: development of critical elements, highlighting the wavefront corrector and grating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roderick de Cock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Vervaeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of applied remote sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 19 (1), </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/1.JRS.19.014523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05012613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the Turbulent Vertical Mixing on Chemical and Cloud Species in the Venus Cloud Layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anni Määttänen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Stolzenbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 51 (12), pp.e2024GL108771. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2024gl108771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04617342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Possible Effects of Volcanic Eruptions on the Modern Atmosphere of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin F Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Gillmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 220, pp.31. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-024-01054-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04535184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stringent upper limits of minor species at the cloud top of Venus: PH3, HCN, and NH3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. K. Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Giles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 690, pp.A304. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202451495⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04739319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venus Evolution Through Time: Key Science Questions, Selected Mission Concepts and Future Investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne E Smrekar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James B Garvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grete Straume-Lindner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana C Ocampo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 219, pp.56. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-023-00992-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04231792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction to: Venus Evolution Through Time: Key Science Questions, Selected Mission Concepts and Future Investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne E Smrekar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James B Garvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grete Straume-Lindner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana C Ocampo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 219, pp.72. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-023-01022-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04267867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minor species in Venus’ night side troposphere as observed by VIRTIS-H/Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Reess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Érard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 405 (November), pp.115714. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2023.115714⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04172172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magma Ocean, Water, and the Early Atmosphere of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Avice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Breuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Gillmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 219, pp.51. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-023-00995-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04213184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-infrared transmission spectrum of TRAPPIST-1 h using Hubble WFC3 G141 observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gressier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Changeat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Edwards</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 658, pp.A133. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202142140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03479560v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of turbulent vertical mixing in the Venus clouds on chemical tracers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 386 (November), pp.115148. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2022.115148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03740967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observability of temperate exoplanets with Ariel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Athena Coustenis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriella Gilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karan Molaverdikhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 53, pp.375-390. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10686-021-09793-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03341114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Stability of Low-mass Planets with Supercritical Hydrospheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. G. Vivien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 931, 143 (7pp). </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/ac66e2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03688432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water content trends in K2-138 and other low-mass multi-planetary systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorena Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 660, pp.A102. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202142374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03582456v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfur monoxide dimer chemistry as a possible source of polysulfur in the upper atmosphere of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph P. Pinto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiazheng Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin P. Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Evdokimova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12 (1), pp.175. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-020-20451-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03108861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of the hydrospheres of TRAPPIST-1 planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorena Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Levesque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 647 (March), A53 (11 p.). </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202039885⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03122130v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass–Radius Relationships for Irradiated Ocean Planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artem Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 914 (2), pp.84. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/abfa99⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03264197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; latitudinal variations below the clouds of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismaïl Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Duquesnoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bézard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 648, L8 (4p.). </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202140837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03207315v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ARES IV: Probing the atmospheres of the two warm small planets HD 106315 c and HD 3167 c with the HST/WFC3 camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gloria Guilluy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gressier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sam Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Santerne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Y. Jaziri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astronomical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 161 (1), pp.19. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-3881/abc3c8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03014031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Spatial and Temporal Distribution of Nighttime Ozone and Sulfur Dioxide in the Venus Mesosphere as Deduced from SPICAV UV Stellar Occultations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Evdokimova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126 (3), pp.e2020JE006625. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2020JE006625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03153966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumental requirements for the study of Venus’ cloud top using the UV imaging spectrometer VeSUV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Lasue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis L. Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Space Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 68 (1), pp.275-291. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.asr.2021.03.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03179739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Day–night cloud asymmetry prevents early oceans on Venus but not on Earth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Turbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Bolmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Chaverot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ehrenreich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 598 (7880), pp.276-280. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-021-03873-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03381670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escape of rock-forming volatile elements and noble gases from planetary embryos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. R. Benedikt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Scherf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Odert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 347 (September), pp.113772. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2020.113772⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02677120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Venus' cloud top chemistry, convective activity and topography: A perspective from HST</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis-Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin P. Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 335, pp.art. 113372. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2019.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02182897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraining the early evolution of Venus and Earth through atmospheric Ar, Ne isotope and bulk K/U ratios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Leitzinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Scherf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Odert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 339 (15 March), pp.art. 113551. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2019.113551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02385575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planetary system LHS 1140 revisited with ESPRESSO and TESS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lillo-Box</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Figueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Leleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. P. Faria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 642, pp.A121. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038922⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02981037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HDO and SO2 thermal mapping on Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas K. Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Sagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 639, pp.A69. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202037741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02637956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climatology of SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; and UV absorber at Venus’ cloud top from SPICAV-UV nadir dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Baggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therese Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeon Joo Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 335, pp.113368. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2019.07.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02196097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irradiated Ocean Planets Bridge Super-Earth and Sub-Neptune Populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artyom Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Naar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 896 (2), pp.L22. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/ab9530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02876788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A stringent upper limit on the PH3 abundance at the cloud top of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. K. Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 643, pp.L5. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202039559⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02974111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HDO and SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; thermal mapping on Venus. IV. Statistical analysis of the SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; plumes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. K. Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Sagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 623, pp.A70. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201833511⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02067779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No detection of methane on Mars from early ExoMars Trace Gas Orbiter observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna A. Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Trokhimovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 568, pp.517-520. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-019-1096-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02099757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term Variations of Venus’s 365 nm Albedo Observed by Venus Express , Akatsuki , MESSENGER , and the Hubble Space Telescope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeon Joo Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis-Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Perez-Hoyos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitrij V. Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lebonnois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astronomical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 158 (3), pp.126. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-3881/ab3120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02283341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of cloud top ozone on Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Baggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Stolzenbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 319, pp.491-498. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2018.10.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01894023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the albedo of Earth-like magma ocean planets with H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O-CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; atmospheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Pluriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Turbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 317, pp.583-590. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2018.08.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01865334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martian dust storm impact on atmospheric H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O and D/H observed by ExoMars Trace Gas Orbiter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Betsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuriy S. Ivanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bojan Ristic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Håkan Svedhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 568, pp.521-525. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-019-1097-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02099160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Atmospheric Chemistry Suite (ACS) of Three Spectrometers for the ExoMars 2016 Trace Gas Orbiter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Trokhimovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna A. Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. V. Shakun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 214, pp.7. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-017-0437-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01656380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition and Chemistry of the Neutral Atmosphere of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin P. Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher D. Parkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 214, pp.article 10. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-017-0438-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01656562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfur dioxide in the Venus atmosphere: I. Vertical distribution and variability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Chamberlain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Evdokimova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 295, pp.16 - 33. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2017.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01527515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Night side distribution of SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; content in Venus’ upper mesosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis A. Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria G. Evdokimova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg I. Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 294, pp.58-71. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2017.05.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01517997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfur dioxide in the Venus Atmosphere: II. Spatial and temporal variability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Chamberlain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Evdokimova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 295, pp.1 - 15. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2017.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01528477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venus: Tickling the clouds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1, pp.198. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41550-017-0198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03737462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal radiation of magma ocean planets using a 1-D radiative-convective model of H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O-CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; atmospheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Davaille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (7), pp.1539-1553. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2016JE005224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01564674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relative influence of H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O and CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; on the primitive surface conditions and evolution of rocky planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Davaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (7), pp.1458-1486. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2017JE005286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01540209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPICAM on Mars Express: A 10 year in-depth survey of the Martian atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna A. Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 297, pp.195-216. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2017.06.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01545690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of the nitric oxide nightglow at Venus during solar minimum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie M. Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 121 (5), pp.846-853. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2016JE005013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01309689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation and evolution of protoatmospheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keiko Hamano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feng Tian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masahiro Ikoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yutaka Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 205 (1), pp.153-211. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-016-0280-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01373415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Venus topography on the zonal wind and UV albedo at cloud top level: The role of stationary gravity waves.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Khatunstsev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hauchecorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech J. Markiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 121 (6), pp.1087-1101. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2015JE004958⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01328045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations of water vapor and cloud top altitude in the Venus’ mesosphere from SPICAV/VEx observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail Luginin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 275, pp.143-162. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2016.04.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01304052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal structure of Venus nightside upper atmosphere measured by stellar occultations with SPICAV/Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arianna Piccialli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mahieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planetary and Space Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 113-114, pp.321-335. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pss.2014.12.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01097296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coordinated Hubble Space Telescope and Venus Express Observations of Venus’ upper cloud deck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mahieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 258, pp.309-336. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2015.05.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01164292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for horizontal and vertical variations of CO in the day and night side lower mesosphere of Venus from CSHELL/IRTF 4,53 µm observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lellouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirel Birlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planetary and Space Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 113-114, pp.256-263. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pss.2014.12.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01102548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term variations of the UV contrast on Venus observed by the Venus Monitoring Camera on board Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.J. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Imamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.E. Schröder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 253, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2015.02.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary study of Venus cloud layers with polarimetric data from SPICAV/VEx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphne Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planetary and Space Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 113-114, pp.159-168. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pss.2014.11.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water formation in the upper atmosphere of the early Earth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Carrasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vettier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anni Määttänen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 807 (2), pp.L29. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2041-8205/807/2/L29⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01176058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escape of the martian protoatmosphere and initial water inventory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. V. Erkaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Elkins-Tanton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Stökl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Odert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planetary and Space Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 98, pp.106-119. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pss.2013.09.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal evolution of an early magma ocean in interaction with the atmosphere: conditions for the condensation of a water ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chassefière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Davaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIO Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2, 01006 (4p.). </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/bioconf/20140201006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03102929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations of sulphur dioxide at the cloud top of Venus's dynamic atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Geoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 6 (1), pp.25-28. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ngeo1650⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00767475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulations of the latitudinal variability of CO-like and OCS-like passive tracers below the clouds of Venus using the Laboratoire de Météorologie Dynamique GCM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lebonnois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 118 (10), pp.1983-1990. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jgre.20146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D modelling of the early martian climate under a denser CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; atmosphere: Temperatures and CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; ice clouds.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Forget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Wordsworth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehouarn Millour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Madeleine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Kerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 222 (1), pp.81-99. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2012.10.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00747673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal evolution of an early magma ocean in interaction with the atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chassefière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Davaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 118 (6), pp.1155-1176. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jgre.20068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00799240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple 1-D radiative-convective atmospheric model designed for integration into coupled models of magma ocean planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 117 (E1), pp.E01001. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2011JE003912⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00639286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertical profiling of SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; and SO above Venus' clouds by SPICAV/SOIR solar occultations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mahieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 217 (2), pp.740-751. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2011.09.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00629675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A layer of ozone detected in the nightside upper atmosphere of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 216 (1), pp.82-85. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2011.08.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00618964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An investigation of the SO2 content of the venusian mesosphere using SPICAV-UV in nadir mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 211, pp.58-69. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2010.08.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00543827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for carbonyl sulfide (OCS) conversion to CO in the lower atmosphere of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuk L. Yung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. C. Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Jiang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. L. Shia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 114 (E5), </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2008JE003094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03161448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A latitudinal survey of CO, OCS, H2O, and SO2 in the lower atmosphere of Venus: Spectroscopic studies using VIRTIS-H</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Drossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Piccioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. M. Reess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 113, pp.+. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2008JE003074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00744928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remote sensing of Venus’ lower atmosphere from ground-based IR spectroscopy: Latitudinal and vertical distribution of minor species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Birlan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planetary and Space Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (13-14), pp.1360-1370. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pss.2006.04.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03161442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latitudinal variations of CO and OCS in the lower atmosphere of Venus from near-infrared nightside spectro-imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bezard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Birlan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 179 (2), pp.375-386. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2005.06.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gyromagnetic ratio of rapidly rotating compact stars in general relativity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Novak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Classical and Quantum Gravity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 20 (14), pp.3051. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0264-9381/20/14/307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00000401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (164)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Monte-Carlo modeling of Venus' reflectance in UV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ema Salugová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zili He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vinatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goals and Structure of Envision’s VenSpec Ground-Based Observations Working Group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Hueso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shohei Aoki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Alemanno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-477⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synergistic Observations of Venus’ Surface and Atmosphere: The Role of VenSpec on the ESA EnVision Mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Alemanno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Core to Clouds: Laboratory Synergy within the EnVision’s VenSpec Science Team</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Maturilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Alemanno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1787⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Monte Carlo Radiative Transfer for Parameter Retrieval in Planetary Atmospheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zili He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vinatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Arfaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Eymet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. pp.EPSC-DPS2025-681, </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05436229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple temporal and spatial scales variation of sulfur dioxide at the Venusian cloud-top</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatsuro Iwanaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takeshi Imamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shohei Aoki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideo Sagawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observability of small scale atmospheric spatial variability by the VenSpec-U instrument onboard EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lustrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rouanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1481⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VenSpec-H spectrometer on the ESA EnVision mission: Instrument’s status</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roderick de Cock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping Venus in Emissivity: The Venus Emissivity Mapper, VenSpec-M on EnVision and VEM on VERITAS missions to Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Alemanno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Catalina Plesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Maturilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-991⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper (VEM): instrument science performance requirements derived from VERITAS and EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Pertenais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Till Hagelschuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone del Togno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Säuberlich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXIII. Proceedings SPIE Volume 136120G</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Aug 2025, San Diego, United States. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3064436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05309943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water and sulfur dioxide thermal mapping on Venus : Long-term monitoring and vertical distribution of SO2 within and above the clouds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therese Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohini Giles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting volcanic ash of eruption plumes on Venus by imaging in the near infrared windows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shubham Kulkarni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining Surface Targets for the EnVision’s VenSpec Suite: Collaborative Strategies of the Regions of Interest Working Group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Alemanno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie van den Neucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Maia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective Venus Cloud trace species detectability as inferred from Hubble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mahieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aditya Bhushan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin Mills</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VenSpec Radiative Transfer Modeling Working Group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shohei Aoki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ankita Das</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itziar Garate Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Gillman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Helsinki, Finland. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc-dps2025-1645⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05280842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VenSpec suite organization: collaborative development from instrument proposal to scientific analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friederike Wolff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Alemanno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Proceedings SPIE volume 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Aug 2024, San Diego, United States. </w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3027459⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04731440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VenSpec-U spectrometer onboard EnVision: sensitivity studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lustrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rouanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léna Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Proceedings SPIE 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, San Diego, United States. 43 p., </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3027500⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04733439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scientific objectives and instrumental requirements of the IR spectrometer VenSpec-H onboard EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roderick de Cock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Proceedings SPIE 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, San Diego, United States. 16 p., </w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3027948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04733574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A spherical and heterogeneous radiative transfer code for near-infrared remote sensing: application to Titan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zili HE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vinatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Eymet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bezard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Berlin, Germany. pp.EPSC2024-177, </w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2024-177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04676744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of the VenSpec-U instrument: a double UV imaging spectrometer to analyze sulfured gases in the Venus’ atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lustrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bertran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rouanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Diaz Damian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Hassen-Khodja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Proceedings SPIE 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, San Diego, United States. 33 p., </w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3028252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04733494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ground-based thermal mapping of Venus: HDO and SO2 monitoring and upper limits of NH3, PH3 and HCN at the cloud top</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therese Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohini Giles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bezard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Vienna and Online, Austria. pp.EGU24-4022, </w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-4022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04503747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity studies for the VeSUV/VenSpec-U instrument onboard ESA’s EnVision mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lustrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rouanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Vienna and Online, Austria. pp.EGU24-16442, </w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-16442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04503742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution and Variation of the Venusian Cloud-top Sulfur Dioxide Derived from Akatsuki UV Images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatsuro Iwanaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takeshi Imamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shohei Aoki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideo Sagawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Berlin, Germany. pp.EPSC2024-680, </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2024-680⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04684747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of the VenSpec-H instrument on ESA’s EnVision mission: development of critical elements, highlighting the FFCP, and grating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roderick de Cock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Vervaeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Proceedings SPIE 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, San Diego, United States. 15 p., </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3027637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04733194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proton irradiation qualification of the vSWIR InGaAs imaging sensor for the VEM and VenSpec-M instruments on VERITAS and EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Pohl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone del Togno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaquelin Rosas Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karsten Westerdorff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Arcos Carrasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Proceedings SPIE 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, San Diego, United States. 13 p., </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3028057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04733485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observability of atmospheric spatial variability by the VeSUV/VenSpec-U instrument onboard ESA’s EnVision mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lustrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rouanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Berlin, Germany. pp.EPSC2024-465, </w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2024-465⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04679498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives of infrared and ultraviolet spectroscopy in the exploration of the Venusian atmosphere and surface against the background of future missions: an overview and outlook</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Arnold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainer Haus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Ptroceedings SPIE 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, spie, Aug 2024, San Diego, United States. 7 p., </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3027282⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04733151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral mixing analysis of laboratory emissivity spectra for improved VenSpec-M/VEM data interpretation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Alemanno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Matrurilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Darby Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solmaz Adeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Proceedings SPIE 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, spie, Aug 2024, San Diego, United States. 16 p., </w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3027471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04733266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper (VEM): instrument design and development for VERITAS and EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Till Hagelschuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Pertenais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Dern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone del Togno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXXII. Proceedings SPIE Volume 13144</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Aug 2024, San Diego, United States. 8 p., </w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3028082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04731363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minor Species in Venus' Night Side Troposphere as Observed by VIRTIS-H/Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M Reess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Érard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Venus as a System</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Albuquerque, United States. pp.LPI Contribution No. 2891, id. 8003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04617913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scientific interest for a UV spectrometer to study Uranus and its satellites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Chaufray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Leblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Hue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Uranus Flagship: Investigations and Instruments for Cross-Discipline Science Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Pasadena, United States. pp.LPI Contribution No. 2808, 2023, id. 8052</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04501879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of the sensitivity to bias using a gain matrix formulation for the VeSUV/VenSpec-U instrument onboard ESA’s EnVision mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lustrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna (Austria), Austria. pp.EGU23-8312, </w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-8312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04025633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopic Measurements of Sulfur Dioxide Above and Below Venus' Clouds: Past and Future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Venus Surface and Atmosphere 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Houston, United States. pp.LPI Contribution No. 2807, id.8061</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04470890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VenSpec suite on the ESA Envision mission -a holistic investigation of the coupled surface atmosphere system of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann-Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Roberts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55th Annual Meeting of the Division for Planetary Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, San Antonio, United States. pp.id. 507.03</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04511173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science objective and status of the EnVision Mission to Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grete Straume-Lindner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Schulte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Voirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Pacros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55th Annual Meeting of the Division for Planetary Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, San Antonio, United States. pp.id. 507.05, </w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-18247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04507477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnVision: Understanding Why Earth's Closest Neighbor Is So Different</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A G Straume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Ocampo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Voirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Bruzzone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54th Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, The Woodlands, United States. pp.LPI Contribution No. 2806, id.1764, </w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-414⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04515876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnVision: a Nominal Science Phase Spanning Six Venus Sidereal Days</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grete Straume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Ocampo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Voirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynn Carter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna (Austria), Austria. pp.EGU23-9889, </w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-9889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04042009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry on Venus: Current Understanding, Open Questions, and Upcoming Missions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. P. Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A C Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K L Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Mahieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Venus Surface and Atmosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Houston, United States. pp.LPI Contribution No. 2807, id.8073</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04510328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbulent vertical mixing in the Venus cloud layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Meeting of the Venus Exploration and Analysis Group (VEXAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Albuquerque, United States. pp.LPI Contribution No. 2688</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04392424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Envision Mission to Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R C Ghail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C F Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D V Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A G Straume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53rd Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, The Woodlands, United States. pp.LPI Contribution No. 2678, 2022, id.2948</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04497361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Envision Mission to Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Ghail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitri Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grete Straume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienna, Austria. pp.EGU22-8391, </w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-8391⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04494888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VenSpec suite on the ESA Envision mission -a holistic investigation of the coupled surface atmosphere system of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann-Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Roberts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Granada, Spain. pp.EPSC2022-374</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03753068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on the existence of low-mass planets with supercritical hydrospheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Vivien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artyom Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Granada, Spain. pp.EPSC2022-418</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03753121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus surface emissivity mapper on the NASA VERITAS mission and the VenSpec suite on the ESA EnVision mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.D. Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A C Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Mueller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53rd Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, The Woodlands, United States. pp.LPI Contribution No. 2678, 2022, id.2071</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04493597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Day-Night Cloud Asymmetry Inhibits Early Ocean Formation on Venus and Telluric Planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Turbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Fauchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Selsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bolmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ancient Venus Conference 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Online, Unknown Region. pp.LPI Contribution No. 2680, id.2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04493849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnVision: a Nominal Science Phase Spanning Six Venus Sidereal Days (Four Earth Years)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grete Straume-Lindner Anne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Ocampo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Voirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynn Carter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Chicago, United States. pp.id. P55B-05</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04487501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnVision: understanding why our closest neighbour is so different</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grete Straume-Lindner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana C. Ocampo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Voirin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Granada, Spain. pp.EPSC2022-1097</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03755008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minor species measurements below the clouds of Venus using VIRTIS-H/Venus Express data set.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Reess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Drossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Granada, Spain. pp.EPSC2022-7, </w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2022-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03752738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Population study: Exploring the transition from Super-Earth to Sub-Neptune with a Hubble transmission survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gressier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Charnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Athens, Greece. pp.Abstract B6.1-0014-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03775199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escape of moderately volatile elements from protoplanets and its potential effect on habitability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Scherf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Benedikt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolai Erkaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Herbort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Granada, Spain. pp.EPSC2022-999, </w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2022-999⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03789936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term Plan to Monitor Venus using Earth-orbiting CubeSats: Chasing the Long-term Variability of Our Nearest Neighbor Planet Venus (CLOVE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeon Joo Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Garcı́a Muñoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young-Jun Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heike Rauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Michaelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Online, Unknown Region. pp.Abstract B4.1-0032-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04491476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consolidating the radiative transfer code to analyze VenSpec-H measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Vanhellemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Granada, Spain. </w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2022-899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03850394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interior structure and possible existence of irradiated ocean planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artyom Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Vivien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Europlanet Science Congress 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Granada, Spain. pp.EPSC2022-904, </w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2022-904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03948199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VenSpec-H: Introduction to Instrument and Consortium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roderick de Cock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Granada, Spain. pp.EPSC2022-1113, </w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2022-1113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03786865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venus' atmosphere: an overview before next exploration missions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Sanchez-Lavega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitrij V. Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Garvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Athens, Greece. pp.Abstract C3.1-0002-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03846959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VenSpec-H instrument onboard EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Berkenbosch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Jacobs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Chicago, United States. pp.id. P51B-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04488757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HST WFC3 G141 data analysis: exploring the transition from Super-Earth to Sub-Neptune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gressier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Charnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress. EPSC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtual Meeting, France. </w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-194⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03313633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterising the atmospheres of the two warm Neptune-like planets HD 106315 c and HD 3167 c with the HST/WFC3 Camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gressier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gloria Guilluy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Charnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Sydney, Australia. pp.Abstract B6.1-0002-21 (oral), id.498</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04486734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Day-Night Cloud Asymmetry Inhibits Early Ocean Formation on Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Turbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bolmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chaverot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ehrenreich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Venera-D: Venus Cloud Habitability System Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Virtual Meeting, Unknown Region. pp.LPI Contribution No. 2629, id.4051</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03582672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting Venus' volcanic gas plumes with VenSpec-H</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caterina Macovenco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Online, United States. pp.EPSC2021-678, </w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-678⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04476661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing the atmospheres of the two warm Neptune-liked planets HD 106315 c and HD 3167 c with the HST/WFC3 Camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gressier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Guilluy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Astronomical Society meeting #237</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Virtual Meeting, Unknown Region. pp.id. 437.02</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04482892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of the interior structures and atmospheres of multiplanetary systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorena Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theo Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plato Mission Conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Virtual, Spain. </w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.5564164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03585970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass-Radius relationships of small, highly irradiated exoplanets with small water mass fractions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Vivien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artem Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress. EPSC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtual Meeting, France. </w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03317763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterising the interior structures and atmospheres of multiplanetary systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorena Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo A. López</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress. EPSC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtual Meeting, France. pp.306-322, </w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-44⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03313865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observability of temperate exoplanets with Ariel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Athena Coustenis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriella Gilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karan Molaverdikhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53rd AAS Division of Planetary Science meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Virtual, United States. pp.id.212.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03399963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbulent vertical mixing of H2O and SO2 in the Venus cloud layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Online, Unknown Region. pp.EPSC2021-631, </w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-631⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04437108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Io's dry body shaped by atmospheric instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artyom Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Leblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathleen Mandt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress. EPSC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtual Meeting, France. pp.306-322, </w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03313836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Need for Updates to the Venus International Reference Model (VIRA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludmila Zasova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd COSPAR Scientific Assembly 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, sydney, Australia. pp.Abstract B4.4-0009-21 (oral), id.428</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04486757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VenSpec-H: an Infrared Spectrometer to Study Venus' Activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Berkenbosch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, New Orleans, United States. pp.id. P35H-2225</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04478574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterising the interior structures and atmospheres of Multiplanetary systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SF2A-2021: Proceedings of the Annual meeting of the French Society of Astronomy and Astrophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, On Line, France. pp.355-358</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03688519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venus exploration in the Horizon 2061: the pertinence of a sample return mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Lasue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre W. Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Pinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd COSPAR Scientific Assembly.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Sydney, Australia. pp.Abstract B0.7-0013-21 (oral), id.250</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04482895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the structure of irradiated ocean planets - implications for mass-radius relationships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artyom Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress. EPSC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtual Meeting, France. </w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03306171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper &#8211; Obtaining Global Mineralogy of Venus from Orbit on the ESA EnVision and NASA VERITAS missions to Venus.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darby Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conor Ryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Europlanet Science Congress 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Online, Unknown Region. pp.EPSC2020-260, </w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2020-260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04476236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Stringent Upper Limit of the PH3 Abundance at the Cloud Top of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas K. Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Online, United States. pp.P092-05</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03743717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry on Present-Day Venus and Earth: Unresolved Issues and Implications for Extrasolar Planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin P. Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. D. Parkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis-Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuk L. Yung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exoplanets in Our Backyard: Solar System and Exoplanet Synergies on Planetary Formation, Evolution, and Habitability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Houston, United States. pp.LPI Contribution No. 2195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02864313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnVision: Undestanding why Earth’s closest neighbour is so different</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. C. Ghail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. F. Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. V. Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. S. Kiefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Meeting of the Venus Exploration Analysis Group (VEXAG),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Online, Unknown Region. pp.LPI Contribution No. 2356, id.8028</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04476816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The science goals of the EnVision Venus orbiter mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Ghail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitri Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Ansan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Online, Unknown Region. pp.EPSC2020-599, </w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2020-599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04478542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A self-consistent thermodynamic approach to compute the interiors of irradiated ocean planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artyom Aguichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Online, Unknown Region. pp.EPSC2020-610, </w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2020-610⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04477316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring Venus cloud top: the VenSpec-U spectrometer on board ESA EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Guignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lustrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Lasue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Virtual Meeting, Germany. pp.EPSC2020-622</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02917523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric noble gas isotope and bulk K/U ratios as a constraint on the origin and early evolution of Venus and Earth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Scherff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Leitzinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Odert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Main Belt: A Gateway to the Formation and Early Evolution of the Solar System</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Villasimius, Sardinia, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02188877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VenSpec suite on the ESA EnVision mission to Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conor Ryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings Volume 11128, Infrared Remote Sensing and Instrumentation XXVII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, San Diego, United States. pp.art. 1112804, </w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2529248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02292044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultraviolet albedo of Venus' clouds due to SPICAV and VIRTIS joint nadir observations onboard Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavel Vlasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiliano d'Aversa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolay Ignatiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-1597-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02264335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VenSpec-H, infrared spectrometer onboard EnVision to study Venus' volcanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Jacobs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Berkenbosch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-1670-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04464406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HDO and SO2 thermal mapping on Venus : Statistical analysis of the SO2 plumes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideo Sagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st EGU General Assembly, EGU2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna (Austria), Austria. pp.id.4332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04408135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VenSpec suite on the ESA EnVision mission to Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st EGU General Assembly, EGU2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria. pp.id.8665</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04476221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparing EnVision: SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; measurements below and above Venus' clouds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. L. Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Baggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismaïl Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-253-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02262580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry on Venus: An Overview of Unresolved Issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F P Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Yung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C D Parkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K L Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50th Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, The Woodlands, United States. pp.LPI Contribution No. 2132, id.2374</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04476097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intense decadal variations of Venus' UV albedo, and its impact on solar heating rate and atmospheric dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeon Joo Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis-Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Pérez-Hoyos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitrij V. Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lebonnois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-66-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02263277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnVision M5 Venus orbiter proposal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Ghail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin F. Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenzo Bruzzone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-1611-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04466517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Topography on Venus' Cloud Top Properties as Observed by HST</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K-L Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50th Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, The Woodlands, United States. pp.LPI Contribution No. 2132, id.2728</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04476093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric noble gas isotope and bulk K/U ratios as a constraint on the early evolution of Venus and Earth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Scherff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Leitzinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Odert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Kubyshkina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-1550-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04469246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperspectral Observer for Venus Reconnaissance (HOVER) Larry W. Esposito, and the HOVER Team</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larry W. Esposito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giada Arney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Aye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Brecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Crisp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-340</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04468186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of the Surface of Venus -in the Laboratory and from Orbit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Darby Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Maturilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-1358-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04475754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper -Obtaining Global Mineralogy of Venus from Orbit on the ESA EnVision and NASA VERITAS missions to Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Wendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50th Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, The Woodlands, United States. pp.LPI Contribution No. 2132, id.2046</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04476105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnVision: Understanding Why our most Earth-like Neighbour is so Different</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Ghail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenzo Bruzzone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joern Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st EGU General Assembly, EGU2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria. pp.id.17377</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04476214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intense decadal variation of Venus' 365-nm albedo and its impacts on the atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeon Joo Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Perez-Hoyos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitrij V. Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lebonnois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Venus Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Niseko, Hokkaido, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02323925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science objectives of the VenSpec-U channel on board EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joern Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st EGU General Assembly, EGU2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria. pp.id.4237</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04469317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ground-based mapping of SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; and HDO on Venus in the thermal infrared</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideo Sagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS joint meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Genève, Switzerland. pp.EPSC-DPS2019-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02323313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escape and fractionation of elements from planetary embryos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Benedikt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Scherf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Odert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-1345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04475745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VenSpec-H, infrared spectrometer onboard EnVision to study Venus' volcanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Neefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Jacobs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Berkenbosch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st EGU General Assembly, EGU2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria. pp.id.17644</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04475735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Level Science Products of SPICAM (Mars Express) and SPICAV (Venus Express)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Cox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Baggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna A. Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetan Lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland, Switzerland. pp.EPSC-DPS2019-579-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04406284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venus Surface Oxidation and Weatehring as Viewed from Orbit with Six-Window VNIR Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. D. Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Maturilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Meeting of the Venus Exploration and Analysis Group (VEXAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Laurel, Maryland, United States. pp.LPI Contribution No. 2137, id.8015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04457467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral albedo of Venus clouds in the UV as measured onboard the VEX orbiter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolay Ignatiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiliano d'Aversa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42nd COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Pasadena, United States. pp.Abstract id. C3.1-2-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04437639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper (VEM): Obtaining global mineralogy of Venus from orbit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melinda Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Wendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXVI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, San Diego, United States. pp.art. 107650D, </w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2320112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01879203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HDO and SO2 thermal mapping on Venus: Statistical analysis of the SO2 plumes and comparison with space data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas K. Greathouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideo Sagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly Conference Abstracts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria. pp.1865</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03735092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">14 years of Mars’ atmosphere monitoring by SPICAM on Mars Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetan Lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Workshop: “From Mars Express to ExoMars”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Madrid, Spain. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01798167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Evolution of Super-Earths: From Magma Ocean to Temperate Surface Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Davaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Washington, United States. pp.abstract #P42A-07</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02054363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venus cloud top as observed by SPICAV-UV/Venus Express: SO2 , O3 and clouds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Baggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria. pp.6270</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04393544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progress towards a post-Venus Express Clouds & Haze reference model for Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitrij Titov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42nd COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Pasadena, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04463664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early evolution of Venus and Earth constrained by the reproduction of measured Ar, Ne isotope and K/U elemental ratios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Leitzinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Odert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darya Kubyshkina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Berlin, Germany. pp.EPSC2018-291</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04458509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper (VEM) — Obtaining Global Mineralogy of Venus from Orbit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joern Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melinda D. Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Wendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Meeting of the Venus Exploration and Analysis Group (VEXAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Laurel, Maryland, United States. pp.LPI Contribution No. 2137, id.8023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01972014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubble's Role in Studies of Venus' Clouds, Climate and Habitability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis-Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeon Joo Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Astronomical Society, AAS Meeting #232</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Denver, United States. pp.id. 405.06</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04464380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging Rock Type, Mineralogy, and Oxidation State from Six-Window Emissivity Spectra at 440C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melinda D Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Maturilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-1822</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04464396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights on Venus’Cloud Top Chemistry, Convective Activity and Topographyfrom HST</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis-Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin P. Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-672-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02298461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escape and fractionation of elements from planetary embryos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Benedikt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Scherf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Lammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Odert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Berlin, Germany. pp.EPSC2018-305</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04457485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding Venus: An International Effort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Cutts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42nd COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Pasadena, United States. pp.Abstract id. PEX.1-16-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04463296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jörn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Wendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding SPIE 10403, Infrared Remote Sensing and Instrumentation XXV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, San Diego, United States. </w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2275666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01587304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reanalysis of the SPICAV-UV nadir spectra on the day side of Venus: SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; , O&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; and other UV absorbers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Baggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Riga, Latvia. pp.PSC2017-165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01597554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping Venus Mineralogy and Chemistry In Situ from Orbit with Six-Window VNIR Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. D. Dyar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Meeting of the Venus Exploration Analysis Group ( VEXAG )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Laurel, Maryland, United States. LPI Contribution No. 2061, p.8004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01672492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution of SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; content at the night side of Venus' upper mesosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis A. Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Evdokimova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Venus Conference 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01297385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Venus topography on the zonal wind and albedo at cloud top level : The role of stationary gravity waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Khatunstsev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech J. Markiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hauchecorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Venus Conference 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01298368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 1D radiative-convective model of H2O-CO2 atmospheres around young telluric planets: an update</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chassefière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Vienna, Austria. pp.EGU2016-7316-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01302650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advancing Venus Atmospheric Modeling via Coordinated HST-Akatsuki Observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takeshi Imamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nakamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">47th Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, The Woodlands, Texas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01281655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latitudinal and temporal variability of Venus clouds and hazes observed by polarimetry with SPICAV-IR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Venus Conference 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01297473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper (VEM) Concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">47th Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, The Woodlands, Texas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01283782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observed correlation of Venus topography with the zonal wind and albedo at cloud top level: the role of stationary gravity waves.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Khatunstsev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hauchecorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojtek Markiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Vienna, Austria. pp.EGU2016-16126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01302643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venus : Observe it while it's hot !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Venus Conference 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01297540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper (VEM) concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joern Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Wendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrared Remote Sensing and Instrumentation XXIV. Proceedings SPIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, San Diego, United States. Paper 9973-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01350535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrieval of Venus' clouds and hazes properties with polarimetric data from SPICAV/VEx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nantes, France. pp.EPSC2015-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01213216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-spectral resolution mid-UV spectrograph for Venus observing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kandis Lea Jessup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert A. Woodruff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Davis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chip Beebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiffany Finley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Venus : Science priorities for Laboratory Measurements and Instrument Definition Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Hampton, United States. pp.4024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01147201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Clouds of Venus – an overview of Venus Express results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. F. Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.J. Markiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nantes, France. pp.EPSC2015-762-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01211200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sciences for Exoplanets and Planetary Systems : web sites and E-learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Balança</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Bénilan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Mathias Griessmeier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nantes, France. pp.EPSC2015-748-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03804397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geographic distribution of zonal wind and UV albedo at cloud top level from VMC camera on Venus Express: Influence of Venus topography through stationary gravity waves vertical propagation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Khatunstsev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hauchecorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech J. Markiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nantes, France. pp.EPSC2015-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01213709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPICAM on Mars Express: a 10 year in-depth survey of the Martian atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienna, Austria. pp.EGU2015-6376</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01144512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Venus cloud layers with polarimetric data from SPICAV/VEx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for an orographic forcing of SO 2 observed above the clouds with SPICAV/Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hauchecorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lebonnois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Cascais, Portugal. pp.EPSC2014-325</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magma ocean formation and outgassing, steam atmospheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Chassefière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISSI-BJ/ISSI Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Pékin, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01059988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of carbon monoxide above Venus' cloud top from IRTF/CSHELL observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Encrenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lellouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienna, Austria. pp.id.6599</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition and Chemistry of the Neutral Atmosphere of Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franklin Mills</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Parkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sandor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Cascais, Portugal. pp.EPSC2014-153</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal structure of Venus' nightside upper atmosphere measured by SPICAV UV on Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arianna Piccialli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mahieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Wilquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Cascais, Portugal. pp.EPSC2014-408</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SO2 measurements at Venus' cloud top: from Pioneer Venus Orbiter to Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Mysore, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SO2 monitoring above Venus' clouds using VEx/SPICAV-UV nadir observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00709379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery and characterization of an ozone layer in Venus' atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geophysical Union General Assembly 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking for SO2: a spectroscopic study of Martian UV albedo using SPICAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Reberac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourth International Workshop on the Mars Atmosphere: Modelling and Observations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Paris, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00566421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term monitoring SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; above the clouds of Venus using SPICAV-UV in nadir mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geophysical Union General Assembly 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Vienna, Austria. pp.EGU2011-2603</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ozone on Mars and Venus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfur mono- and dioxides above Venus' clouds from SPICAV/SOIR solar occultations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mahieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geophysical Union General Assembly 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of SO2 at Venus' cloud top during the July 2009 brightening event as seen by SPICAV-UV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dhuit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of SO2 above the clouds of Venus using Venus Express/SPICAV-UV in nadir mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SO2 above The clouds of Venus as measured by SPICAV-UV In Nadir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42nd Annual Meeting of the Division for Planetary Sciences (DPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Pasadena, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraining SO2 in the atmospheres of Venus and Mars using SPICAV-UV &amp; SPICAM-UV in nadir mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Super Venus&amp;quot; : a 1D radiative-convective model of primitive Earth atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chassefière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Leblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Massol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Venus Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00545561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of SPICAV occultation results for the UV channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th COSPAR Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Bremen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfur dioxide above Venus' clouds: sounding by orbital solar occultations in UV and IR ranges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three Martian years of observations with SPICAM on Mars Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Maltagliati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport-driven formation of an ozone layer on Venus and Mars as evidenced by SPICAM and SPICAV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Gondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42nd Annual Meeting of the Division for Planetary Sciences (DPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Pasadena, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latitudinal Variations of SO2 Above the Clouds of Venus Using SPICAV-UV/Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41st Annual Meeting of the Division for Planetary Sciences (DPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Puerto Rico, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of an Ozone Layer on Venus by SPICAV on Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41st Annual Meeting of the Division for Planetary Sciences (DPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Puerto Rico, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An overview of SPICAV/SOIR results on the atmosphere of Venus from Venus Express Mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41st Annual Meeting of the Division for Planetary Sciences (DPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Puerto Rico, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; above the clouds of Venus using SPICAV/Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition of the Venusian atmosphere after Venus Express</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. C. Tsang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC (European Planetary Science Congress) 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Potsdam, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution of Carbon Monoxide and Other Minor Species In The Lower Atmosphere of Venus Using Venus Express/VIRTIS-M-IR Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantine Tsang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. G. Irwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. W. Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Drossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Piccioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Astronomical Society, DPS meeting #39</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Orlando (Florida), United States. pp.502</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">obspm-03855242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution Of Carbon Monoxide And Other Minor Species In The Lower Atmosphere Of Venus Using Venus Express/VIRTIS-M-IR Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantine C. C. Tsang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick G. J. Irwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic W. Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Drossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Piccioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAS/Division for Planetary Sciences Meeting #39</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AAS, Oct 2007, Orlando, United States. pp.502</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">obspm-03865624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Simulations of the Early Mars Climate with a General Circulation Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Forget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. M. Haberle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Cha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third International Conference on Mars Polar Science and Exploration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Alberta, Canada. pp.8070</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03804046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VenSpec-U Ultraviolet Spectral Imager on board EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lustrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bertran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Lasue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vinatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Berlin, Germany. EPSC Abstracts, 17, pp.EPSC2024-335, 2024, </w:t></w:r><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2024-335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04690862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irradiation qualification campaign of the vSWIR InGaAs imaging sensor for the VEM and VenSpec-M instruments on VERITAS and EnVision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Pohl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone del Togno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaquelin Miriam Rosas Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karsten Westerdorff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Arcos Carrasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Berlin, Germany. EPSC Abstracts, 17, pp.EPSC2024-1004, 2024, </w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2024-1004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04714245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing near-surface radiance levels based on VIRTIS spectra to prepare VenSpec-H science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Erwin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Mueller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emile Ducreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Berlin, Germany. EPSC Abstracts, 17, pp.EPSC2024-1025, 2024, </w:t></w:r><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2024-1025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04691485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future Exploration of Venus: International Coordination and Collaborations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Limaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorn Helbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludmila Zasova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masao Nakamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd COSPAR Scientific Assembly 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Sydney, Australia. 43, Abstract B4.4-0028-21, id p.445., 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04486750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterising the interior structures and atmospheres of transiting super-Earths and sub-Neptunes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorena Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Deleuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mousis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Hoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TESS Science Conference II (TSC2)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, On Line, United States. pp.id.47, </w:t></w:r><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.5123312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03334968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Venus Emissivity Mapper — Investigating the Atmospheric Structure and Dynamics of Venus' Polar Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tsang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mueller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Kappel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49th Lunar and Planetary Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, The Woodlands, United States. pp.LPI Contribution No. 2083, id.2386</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04452860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venus Emissivity Mapper – Investigating the Atmospheric Structure and Dynamics of Venus' Polar Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tsang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mueller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Kappel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Meeting of the Venus Exploration and Analysis Group (VEXAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Laurel, Maryland, United States. pp.LPI Contribution No. 2061, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01672488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfur Dioxide variability in the Venus atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Carine Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mahieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Wilquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Chamberlain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th IUGG, General Assembly 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Prague, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01408921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Venus cloud layers by polarimetry using SPICAV/VEx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphne Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienna, Austria. pp.EGU2015-1656</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01144092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geographic distribution of zonal wind and UV albedo at cloud top level from VMC camera on Venus Express: Influence of Venus topography through stationary gravity waves vertical propagation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Khatunstsev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hauchecorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Markiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienna, Austria. pp.EGU2015-14228, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01143663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfur Dioxide variability in the Venus Atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. C. Vandaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mahieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Wilquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chamberlain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nantes, France. 10, pp.EPSC2015-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01211239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of initial CO2 content on a planet surface conditions at the end of the magma ocean phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Davaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planetary Science Congress 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nantes, France. European Planetary Science Congress 2015, 10, pp.EPSC2015-823, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01221929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Venus cloud layers by polarimetry using SPICAV/VEx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphne Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomical Polarimetry 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Grenoble, France. , 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Possible Influence of Venus Topography on the Zonal Wind and UV albedo at Cloud Top Level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Khatuntsev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hauchecorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech J. Markiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, San Francisco, United States. pp.P21B-3916, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01184085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Venus' cloud layers by polarimetry using SPICAV/VEx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Vienna, Austria. 15, pp.2013 - 3110, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Venus cloud layers by polarimetry using SPICAV/VEx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Venus Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Catania, Italy. , 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooling of an early Earth magma ocean in interaction with the atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Leblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Brandeis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Nantes, France. pp.EPSC-DPS2011-798-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An atmospheric model designed for integration into coupled models of magma ocean planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Leblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chassefière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulphur oxides in Venus mesosphere detected from SPICAV/SOIR VEX solar occultation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Belyaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Montmessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Korablev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Fedorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSC-DPS Joint Meeting 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00666254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rayleigh Scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muriel Gargaud, William M. Irvine, Ricardo Amils, Philippe Claeys, Henderson James Cleaves, Maryvonne Gerin, Daniel Rouan, Tilman Spohn, Stéphane Tirard, Michel Viso (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Astrobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.2629-2631, 2023, Print ISBN: 978-3-662-65092-9 / Online ISBN: 978-3-662-65093-6. </w:t></w:r><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-65093-6_5493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04371597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiative Transfer (Atmospheres)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muriel Gargaud, William M. Irvine, Ricardo Amils, Philippe Claeys, Henderson James Cleaves, Maryvonne Gerin, Daniel Rouan, Tilman Spohn, Stéphane Tirard, Michel Viso (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Astrobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.2585-2595, 2023, Print ISBN: 978-3-662-65092-9 / Online ISBN: 978-3-662-65093-6. </w:t></w:r><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-65093-6_5486⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04371607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mie Scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muriel Gargaud, William M. Irvine, Ricardo Amils, Philippe Claeys, Henderson James Cleaves, Maryvonne Gerin, Daniel Rouan, Tilman Spohn, Stéphane Tirard, Michel Viso (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Astrobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.1948-1952, 2023, Print ISBN: 978-3-662-65092-9 / Online ISBN: 978-3-662-65093-6. </w:t></w:r><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-65093-6_5492⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04371593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel: Enabling planetary science across light-years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanna Tinetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Eccleston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Haswell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Lagage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] ESA/SCI(2020)1, European Space Agency. 2021, 147 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03197361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prélude à la mission Venus Express : étude de l'atmosphère par spectro-imagerie infrarouge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Marcq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Astrophysique [astro-ph]. Université Paris-Diderot - Paris VII, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00126105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId816"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370209v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zili He" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vinatier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Eymet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Forest" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B&#233;zard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2025.109722" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135786v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsuro Iwanaka" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi Imamura" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shohei Aoki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Marcq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideo Sagawa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JE008775" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033746v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Robert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin T. Erwin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roderick de Cock" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian R. Thomas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Pereira" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.jrs.19.014525" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012613v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Neefs" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Erwin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Vervaeke" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JRS.19.014523" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04617342v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Lefevre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lef&#232;vre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anni M&#228;&#228;tt&#228;nen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Stolzenbach" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gl108771" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04535184v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin F Wilson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gillmann" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Widemann" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Korablev" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-024-01054-5" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739319v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Encrenaz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. K. Greathouse" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Giles" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Widemann" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B&#233;zard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202451495" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04231792v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne E Smrekar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James B Garvin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Grete Straume-Lindner" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana C Ocampo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-023-00992-w" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04267867v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-023-01022-5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04172172v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Reess" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Henry" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. &#201;rard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2023.115714" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04213184v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Salvador" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Avice" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Breuer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Lammer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-023-00995-7" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03479560v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Gressier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mori" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Changeat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Edwards" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Beaulieu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142140" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03740967v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Lef&#232;vre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2022.115148" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03341114v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Encrenaz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athena Coustenis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Gilli" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karan Molaverdikhani" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-021-09793-x" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03688432v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. G. Vivien" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aguichine" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mousis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deleuil" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac66e2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03582456v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Acu&#241;a" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lopez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Morel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mousis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142374" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03108861v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph P. Pinto" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiazheng Li" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franklin P. Mills" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Evdokimova" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-20451-2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03122130v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Deleuil" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Levesque" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039885" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03207315v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#239;l Amine" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Duquesnoy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140837" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03264197v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem Aguichine" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/abfa99" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014031v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gloria Guilluy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Wright" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Santerne" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Y. Jaziri" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/abc3c8" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03153966v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Belyaev" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Montmessin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Bertaux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JE006625" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03179739v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Lasue" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kandis L. Jessup" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.03.012" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03381670v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Turbet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Bolmont" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chaverot" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ehrenreich" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Leconte" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-021-03873-w" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02677120v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Benedikt" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Scherf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Odert" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2020.113772" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02182897v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kandis-Lea Jessup" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay Limaye" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2019.07.006" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02385575v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leitzinger" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Scherf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Odert" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Burger" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2019.113551" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02981037v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lillo-Box" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Figueira" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leleu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Acu&#241;a" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Faria" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038922" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02637956v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas K. Greathouse" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sagawa" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202037741" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02196097v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kandis Lea Jessup" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Baggio" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Therese Encrenaz" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeon Joo Lee" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2019.07.002" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02876788v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artyom Aguichine" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Naar" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ab9530" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02974111v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039559" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02067779v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833511" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02283341v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Perez-Hoyos" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrij V. Titov" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lebonnois" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ab3120" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02099757v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Carine Vandaele" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna A. Fedorova" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Trokhimovskiy" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1096-4" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01894023v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2018.10.006" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01865334v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Pluriel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2018.08.023" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02099160v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Betsis" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuriy S. Ivanov" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bojan Ristic" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#229;kan Svedhem" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1097-3" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01656380v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Shakun" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-017-0437-6" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01656562v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher D. Parkinson" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-017-0438-5" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01527515v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Belyaev" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Chamberlain" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2017.05.003" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01517997v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis A. Belyaev" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria G. Evdokimova" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg I. Korablev" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2017.05.002" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01528477v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2017.05.001" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03737462v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-017-0198" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01564674v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Massol" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Davaille" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JE005224" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01540209v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarda" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JE005286" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01545690v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2017.06.022" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01309689v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie M. Royer" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JE005013" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01373415v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keiko Hamano" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Tian" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Ikoma" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaka Abe" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-016-0280-1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01328045v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor V. Khatunstsev" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hauchecorne" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech J. Markiewicz" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JE004958" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01304052v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Fedorova" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Luginin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2016.04.010" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q7F17VK5-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097296v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Piccialli" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mahieux" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2014.12.009" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J0Q19R9N-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01164292v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franklin Mills" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2015.05.027" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102548v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lellouch" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirel Birlan" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2014.12.013" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3P28RKV9-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120200v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.J. Lee" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Imamura" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Schr&#246;der" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2015.02.015" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088173v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rossi" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne Stam" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2014.11.011" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NF5ZV5K2-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01176058v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fleury" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Carrasco" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vettier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/807/2/L29" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864122v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. V. Erkaev" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lammer" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Elkins-Tanton" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. St&#246;kl" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2013.09.008" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03102929v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lebrun" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chassefi&#232;re" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davaille" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/20140201006" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00767475v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo1650" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863419v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgre.20146" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747673v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Forget" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Wordsworth" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehouarn Millour" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Madeleine" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Kerber" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2012.10.019" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799240v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lebrun" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgre.20068" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639286v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JE003912" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629675v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2011.09.025" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-18M165LC-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618964v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2011.08.010" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543827v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2010.08.021" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7PJXW57T-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03161448v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuk L. Yung" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Liang" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Jiang" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. L. Shia" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lee" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JE003094" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744928v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Drossart" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Piccioni" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Reess" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JE003074" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M60G2MQN-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03161442v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Birlan" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2006.04.024" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L90MF82K-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161440v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bezard" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Birlan" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2005.06.018" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CV4B82NV-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000401v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Novak" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/20/14/307" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280451v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ema Salugov&#225;" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-403" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280880v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Hueso" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Alemanno" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Robert" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-477" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280404v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1409" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281395v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Barraud" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Maturilli" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1787" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436229v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Arfaux" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-681" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280413v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1141" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280431v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Conan" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lustrement" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouanet" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1481" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280862v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1652" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280755v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Greathouse" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohini Giles" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-366" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281411v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Catalina Plesa" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils M&#252;ller" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rn Helbert" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-991" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05309943v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Pertenais" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Hagelschuer" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Walter" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone del Togno" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas S&#228;uberlich" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3064436" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280695v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubham Kulkarni" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Garcia" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1485" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281387v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie van den Neucker" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Maia" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1653" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280485v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditya Bhushan" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1266" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280842v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankita Das" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itziar Garate Lopez" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gillman" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1645" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04731440v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friederike Wolff" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3027459" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04733574v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Thomas" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3027948" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04733439v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Parc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3027500" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04676744v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zili HE" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-177" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04733494v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bertran" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Diaz Damian" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Hassen-Khodja" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3028252" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04503747v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-4022" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04503742v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-16442" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04684747v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-680" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04733194v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3027637" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04733485v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Pohl" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaquelin Rosas Ortiz" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsten Westerdorff" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Arcos Carrasco" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3028057" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04679498v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-465" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04733151v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Arnold" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Haus" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Vandaele" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3027282" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04733266v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Matrurilli" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Darby Dyar" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solmaz Adeli" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3027471" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04731363v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dern" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3028082" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04617913v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B B&#233;zard" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Reess" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Henry" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S &#201;rard" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04470890v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Robert" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04511173v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Carine Vandaele" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Roberts" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04025633v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8312" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04501879v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Chaufray" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lamy" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leblanc" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Hue" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04507477v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitch Schulte" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Voirin" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pacros" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-18247" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04515876v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A G Straume" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ocampo" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Voirin" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bruzzone" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-414" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04042009v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Grete Straume" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Ocampo" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Carter" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-9889" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04510328v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. P. Mills" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A C Vandaele" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K L Jessup" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mahieux" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03753068v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03753121v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Vivien" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04494888v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ghail" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Wilson" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Titov" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-8391" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04497361v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R C Ghail" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C F Wilson" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D V Titov" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04392424v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04493597v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Helbert" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Dyar" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Mueller" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04493849v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Turbet" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leconte" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fauchez" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Selsis" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bolmont" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04487501v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grete Straume-Lindner Anne" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03755008v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana C. Ocampo" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03752738v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Reess" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Drossart" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-7" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03775199v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Beaulieu" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Charnay" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03789936v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Benedikt" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Erkaev" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Herbort" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-999" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04491476v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Garc&#305;&#769;a Mu&#241;oz" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young-Jun Choi" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Rauer" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Michaelis" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948199v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-904" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03850394v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Simon" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Vanhellemont" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-899" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03786865v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-1113" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03846959v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Sanchez-Lavega" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Garvin" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04488757v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berkenbosch" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Jacobs" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03313633v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-194" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04486734v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03582672v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chaverot" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ehrenreich" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585970v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Lopez" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Morel" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5564164" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04482892v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guilluy" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wright" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beaulieu" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04476661v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Macovenco" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-678" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03313865v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o A. L&#243;pez" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-44" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03317763v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-249" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03399963v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04437108v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-631" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03313836v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Mandt" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-187" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04486757v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Zasova" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04478574v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03688519v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04482895v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berger" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Lasue" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre W. Bousquet" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pinet" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03306171v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-27" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04476236v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darby Dyar" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor Ryan" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2020-260" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02864313v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. D. Parkinson" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743717v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04476816v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. C. Ghail" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. F. Wilson" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. V. Titov" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. S. Kiefer" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04478542v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ansan" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2020-599" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04477316v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2020-610" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02917523v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Guignan" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02188877v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Scherff" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Leitzinger" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04476221v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02264335v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Vlasov" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano d'Aversa" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Ignatiev" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02292044v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorn Helbert" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2529248" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04464406v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04408135v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02263277v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago P&#233;rez-Hoyos" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02262580v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. L. Jessup" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04476097v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F P Mills" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Yung" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C D Parkinson" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04466517v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin F. Wilson" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Titov" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Bruzzone" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04476093v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K-L Jessup" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mills" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Limaye" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04469246v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kubyshkina" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04468186v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larry W. Esposito" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giada Arney" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Aye" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Brecht" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Crisp" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04475754v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Darby Dyar" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maturilli" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Widemann" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04476105v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Helbert" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Dyar" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Walter" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Wendler" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04476214v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joern Helbert" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323925v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323313v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Greathouse" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04469317v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04475745v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04475735v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04406284v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Cox" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Lacombe" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04457467v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D. Dyar" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Boucher" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04437639v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01879203v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda Dyar" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Wendler" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2320112" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735092v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01798167v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04393544v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02054363v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04463664v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrij Titov" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04458509v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Leitzinger" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Burger" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darya Kubyshkina" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01972014v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda D. Dyar" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04464380v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04464396v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda D Dyar" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02298461v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04457485v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04463296v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Cutts" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01587304v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2275666" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01597554v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01672492v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Boucher" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wendler" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Walter" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01297385v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01298368v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01302650v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01281655v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nakamura" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01297473v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01283782v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01302643v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Khatunstsev" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojtek Markiewicz" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01297540v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Mills" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01350535v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01213216v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bott" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01147201v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert A. Woodruff" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Davis" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chip Beebe" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Finley" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03804397v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Roques" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Balan&#231;a" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves B&#233;nilan" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathias Griessmeier" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01211200v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.J. Markiewicz" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fedorova" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01213709v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01144512v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076791v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120905v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059988v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chassefi&#232;re" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Massol" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120903v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120914v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Parkinson" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sandor" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109100v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mahieux" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Wilquet" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739144v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00709379v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666409v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00566421v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Reberac" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666407v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666401v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666406v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666400v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dhuit" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666832v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666792v1" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667066v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545561v1" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666837v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666830v1" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Korablev" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666404v1" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Maltagliati" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667054v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Gondet" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667044v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vandaele" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666872v1" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667028v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667016v1" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666866v1" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Tsang" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-03855242v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantine Tsang" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. G. Irwin" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. W. Taylor" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/obspm-03865624v1" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantine C. C. Tsang" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick G. J. Irwin" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic W. Taylor" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Piccioni" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03804046v1" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M. Haberle" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cha" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04690862v1" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-335" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04714245v1" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaquelin Miriam Rosas Ortiz" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-1004" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04691485v1" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Mueller" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Ducreux" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-1025" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04486750v1" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masao Nakamura" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03334968v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Hoyer" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Lopez" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5123312" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04452860v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tsang" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mueller" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kappel" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01672488v1" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01408921v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Wilquet" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01144092v1" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01143663v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Markiewicz" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01211239v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. Vandaele" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chamberlain" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01221929v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076799v1" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01184085v1" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor V. Khatuntsev" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076661v1" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076783v1" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666263v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brandeis" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666254v1" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666266v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04371597v1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-65093-6_5493" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04371607v1" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-65093-6_5486" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04371593v1" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-65093-6_5492" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03197361v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Tinetti" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Eccleston" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Haswell" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Lagage" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00126105v1" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370209v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zili He" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vinatier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Eymet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Forest" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B&#233;zard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2025.109722" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135786v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsuro Iwanaka" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi Imamura" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shohei Aoki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Marcq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideo Sagawa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JE008775" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033746v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Robert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin T. Erwin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roderick de Cock" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian R. Thomas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Pereira" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.jrs.19.014525" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012613v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Neefs" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Erwin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Vervaeke" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JRS.19.014523" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04617342v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Lefevre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lef&#232;vre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anni M&#228;&#228;tt&#228;nen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Stolzenbach" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gl108771" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04535184v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin F Wilson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gillmann" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Widemann" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Korablev" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-024-01054-5" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739319v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Encrenaz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. K. Greathouse" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Giles" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Widemann" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B&#233;zard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202451495" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04231792v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne E Smrekar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James B Garvin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Grete Straume-Lindner" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana C Ocampo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-023-00992-w" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04267867v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-023-01022-5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04172172v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Reess" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Henry" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. &#201;rard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2023.115714" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04213184v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Salvador" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Avice" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Breuer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Lammer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-023-00995-7" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03479560v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Gressier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mori" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Changeat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Edwards" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Beaulieu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142140" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03740967v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Lef&#232;vre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2022.115148" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03341114v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Encrenaz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athena Coustenis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Gilli" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karan Molaverdikhani" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-021-09793-x" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03688432v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. G. Vivien" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aguichine" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mousis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deleuil" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac66e2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03582456v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Acu&#241;a" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lopez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Morel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mousis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142374" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03108861v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph P. Pinto" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiazheng Li" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franklin P. Mills" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Evdokimova" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-20451-2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03122130v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Deleuil" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Levesque" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039885" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03264197v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem Aguichine" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/abfa99" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03207315v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#239;l Amine" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Duquesnoy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140837" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014031v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gloria Guilluy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Wright" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Santerne" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Y. Jaziri" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/abc3c8" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03153966v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Belyaev" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Montmessin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Bertaux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JE006625" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03179739v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Lasue" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kandis L. Jessup" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.03.012" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03381670v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Turbet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Bolmont" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chaverot" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ehrenreich" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Leconte" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-021-03873-w" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02677120v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Benedikt" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Scherf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Odert" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2020.113772" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02182897v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kandis-Lea Jessup" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay Limaye" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2019.07.006" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02385575v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leitzinger" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Scherf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Odert" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Burger" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2019.113551" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02981037v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lillo-Box" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Figueira" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leleu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Acu&#241;a" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Faria" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038922" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02637956v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas K. Greathouse" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sagawa" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202037741" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02196097v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kandis Lea Jessup" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Baggio" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Therese Encrenaz" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeon Joo Lee" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2019.07.002" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02876788v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artyom Aguichine" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Naar" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ab9530" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02974111v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039559" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02067779v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833511" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02099757v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Carine Vandaele" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna A. Fedorova" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Trokhimovskiy" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1096-4" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02283341v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Perez-Hoyos" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrij V. Titov" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lebonnois" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ab3120" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01894023v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2018.10.006" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01865334v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Pluriel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2018.08.023" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02099160v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Betsis" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuriy S. Ivanov" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bojan Ristic" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#229;kan Svedhem" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1097-3" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01656380v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Shakun" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-017-0437-6" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01656562v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher D. Parkinson" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-017-0438-5" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01527515v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Belyaev" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Chamberlain" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2017.05.003" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01517997v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis A. Belyaev" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria G. Evdokimova" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg I. Korablev" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2017.05.002" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01528477v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2017.05.001" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03737462v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-017-0198" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01564674v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Massol" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Davaille" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JE005224" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01540209v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarda" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JE005286" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01545690v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2017.06.022" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01309689v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie M. Royer" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JE005013" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01373415v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keiko Hamano" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Tian" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Ikoma" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaka Abe" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-016-0280-1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01328045v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor V. Khatunstsev" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hauchecorne" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech J. Markiewicz" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JE004958" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01304052v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Fedorova" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Luginin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2016.04.010" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q7F17VK5-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097296v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Piccialli" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mahieux" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2014.12.009" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J0Q19R9N-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01164292v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franklin Mills" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2015.05.027" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102548v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lellouch" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirel Birlan" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2014.12.013" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3P28RKV9-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120200v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.J. Lee" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Imamura" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Schr&#246;der" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2015.02.015" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088173v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rossi" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne Stam" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2014.11.011" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NF5ZV5K2-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01176058v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fleury" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Carrasco" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vettier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/807/2/L29" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864122v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. V. Erkaev" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lammer" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Elkins-Tanton" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. St&#246;kl" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2013.09.008" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03102929v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lebrun" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chassefi&#232;re" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davaille" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/20140201006" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00767475v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo1650" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863419v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgre.20146" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747673v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Forget" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Wordsworth" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehouarn Millour" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Madeleine" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Kerber" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2012.10.019" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799240v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lebrun" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgre.20068" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639286v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JE003912" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629675v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2011.09.025" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-18M165LC-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618964v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2011.08.010" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543827v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2010.08.021" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7PJXW57T-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03161448v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuk L. Yung" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Liang" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Jiang" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. L. Shia" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lee" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JE003094" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744928v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Drossart" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Piccioni" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Reess" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JE003074" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M60G2MQN-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03161442v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Birlan" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2006.04.024" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L90MF82K-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161440v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bezard" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Birlan" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2005.06.018" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CV4B82NV-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000401v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Novak" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/20/14/307" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280451v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ema Salugov&#225;" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-403" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280880v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Hueso" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Alemanno" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Robert" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-477" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280404v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1409" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281395v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Barraud" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Maturilli" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1787" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436229v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Arfaux" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-681" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280413v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1141" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280431v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Conan" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lustrement" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouanet" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1481" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280862v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1652" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281411v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Catalina Plesa" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils M&#252;ller" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rn Helbert" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-991" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05309943v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Pertenais" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Hagelschuer" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Walter" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone del Togno" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas S&#228;uberlich" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3064436" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280755v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Greathouse" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohini Giles" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-366" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280695v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubham Kulkarni" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Garcia" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1485" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281387v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie van den Neucker" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Maia" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1653" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280485v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditya Bhushan" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1266" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280842v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankita Das" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itziar Garate Lopez" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gillman" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-1645" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04731440v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friederike Wolff" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3027459" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04733439v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Parc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3027500" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04733574v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Thomas" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3027948" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04676744v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zili HE" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-177" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04733494v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bertran" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Diaz Damian" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Hassen-Khodja" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3028252" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04503747v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-4022" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04503742v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-16442" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04684747v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-680" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04733194v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3027637" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04733485v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Pohl" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaquelin Rosas Ortiz" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsten Westerdorff" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Arcos Carrasco" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3028057" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04679498v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-465" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04733151v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Arnold" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Haus" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Vandaele" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3027282" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04733266v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Matrurilli" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Darby Dyar" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solmaz Adeli" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3027471" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04731363v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dern" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3028082" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04617913v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B B&#233;zard" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Reess" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Henry" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S &#201;rard" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04501879v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Chaufray" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lamy" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leblanc" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Hue" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04025633v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8312" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04470890v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Robert" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04511173v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Carine Vandaele" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Roberts" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04507477v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitch Schulte" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Voirin" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pacros" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-18247" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04515876v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A G Straume" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ocampo" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Voirin" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bruzzone" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-414" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04042009v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Grete Straume" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Ocampo" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Carter" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-9889" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04510328v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. P. Mills" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A C Vandaele" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K L Jessup" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mahieux" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04392424v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04497361v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R C Ghail" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C F Wilson" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D V Titov" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04494888v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ghail" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Wilson" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Titov" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-8391" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03753068v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03753121v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Vivien" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04493597v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Helbert" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Dyar" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Mueller" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04493849v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Turbet" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leconte" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fauchez" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Selsis" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bolmont" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04487501v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grete Straume-Lindner Anne" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03755008v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana C. Ocampo" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03752738v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Reess" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Drossart" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-7" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03775199v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Beaulieu" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Charnay" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03789936v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Benedikt" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Erkaev" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Herbort" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-999" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04491476v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Garc&#305;&#769;a Mu&#241;oz" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young-Jun Choi" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Rauer" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Michaelis" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03850394v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Simon" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Vanhellemont" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-899" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948199v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-904" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03786865v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-1113" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03846959v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Sanchez-Lavega" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Garvin" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04488757v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berkenbosch" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Jacobs" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03313633v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-194" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04486734v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03582672v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chaverot" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ehrenreich" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04476661v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Macovenco" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-678" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04482892v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guilluy" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wright" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beaulieu" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585970v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Lopez" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Morel" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5564164" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03317763v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-249" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03313865v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o A. L&#243;pez" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-44" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03399963v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04437108v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-631" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03313836v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Mandt" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-187" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04486757v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Zasova" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04478574v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03688519v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04482895v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berger" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Lasue" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre W. Bousquet" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pinet" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03306171v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-27" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04476236v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darby Dyar" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor Ryan" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2020-260" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743717v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02864313v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. D. Parkinson" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04476816v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. C. Ghail" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. F. Wilson" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. V. Titov" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. S. Kiefer" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04478542v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ansan" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2020-599" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04477316v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2020-610" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02917523v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Guignan" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02188877v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Scherff" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Leitzinger" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02292044v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorn Helbert" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2529248" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02264335v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Vlasov" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano d'Aversa" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Ignatiev" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04464406v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04408135v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04476221v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02262580v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. L. Jessup" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04476097v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F P Mills" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Yung" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C D Parkinson" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02263277v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago P&#233;rez-Hoyos" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04466517v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin F. Wilson" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Titov" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Bruzzone" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04476093v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K-L Jessup" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mills" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Limaye" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04469246v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kubyshkina" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04468186v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larry W. Esposito" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giada Arney" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Aye" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Brecht" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Crisp" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04475754v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Darby Dyar" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maturilli" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Widemann" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04476105v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Helbert" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Dyar" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Walter" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Wendler" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04476214v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joern Helbert" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323925v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04469317v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323313v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Greathouse" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04475745v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04475735v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04406284v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Cox" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Lacombe" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04457467v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D. Dyar" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Boucher" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04437639v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01879203v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda Dyar" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Wendler" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2320112" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735092v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01798167v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02054363v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04393544v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04463664v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrij Titov" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04458509v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Leitzinger" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Burger" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darya Kubyshkina" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01972014v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda D. Dyar" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04464380v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04464396v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda D Dyar" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02298461v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04457485v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04463296v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Cutts" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01587304v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2275666" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01597554v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01672492v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Boucher" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wendler" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Walter" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01297385v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01298368v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01302650v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01281655v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nakamura" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01297473v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01283782v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01302643v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Khatunstsev" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojtek Markiewicz" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01297540v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Mills" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01350535v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01213216v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bott" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01147201v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert A. Woodruff" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Davis" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chip Beebe" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Finley" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01211200v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.J. Markiewicz" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fedorova" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03804397v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Roques" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Balan&#231;a" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves B&#233;nilan" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathias Griessmeier" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01213709v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01144512v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076791v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120905v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059988v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chassefi&#232;re" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Massol" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120903v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120914v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Parkinson" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sandor" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109100v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mahieux" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Wilquet" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739144v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00709379v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666409v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00566421v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Reberac" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666407v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666401v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666406v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666400v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dhuit" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666832v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667066v1" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666792v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545561v1" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666837v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666830v1" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Korablev" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666404v1" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Maltagliati" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667054v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Gondet" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667016v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667028v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vandaele" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667044v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666872v1" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666866v1" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Tsang" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-03855242v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantine Tsang" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. G. Irwin" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. W. Taylor" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/obspm-03865624v1" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantine C. C. Tsang" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick G. J. Irwin" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic W. Taylor" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Piccioni" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03804046v1" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M. Haberle" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cha" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04690862v1" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-335" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04714245v1" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaquelin Miriam Rosas Ortiz" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-1004" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04691485v1" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Mueller" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Ducreux" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-1025" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04486750v1" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masao Nakamura" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03334968v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Hoyer" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Lopez" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5123312" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04452860v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tsang" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mueller" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kappel" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01672488v1" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01408921v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Wilquet" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01144092v1" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01143663v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Markiewicz" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01211239v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. Vandaele" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chamberlain" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01221929v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076799v1" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01184085v1" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor V. Khatuntsev" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076661v1" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076783v1" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666263v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brandeis" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666266v1" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666254v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04371597v1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-65093-6_5493" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04371607v1" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-65093-6_5486" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04371593v1" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-65093-6_5492" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03197361v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Tinetti" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Eccleston" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Haswell" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Lagage" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00126105v1" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>