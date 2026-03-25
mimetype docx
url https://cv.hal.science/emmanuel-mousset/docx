--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -195,235 +195,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05421560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is it possible to valorize bicarbonates from reclaimed wastewater by CO2 electroreduction into formic acid? Investigation under low bicarbonate concentration and low-conductivity solutions</w:t>
+                <w:t xml:space="preserve">Alternatives to polarity reversal to cope with mineral cathodic electro-precipitation: A critical review on reactor engineering factors in limiting scaling issues or favoring valuable compounds recovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saad Diris</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2025.144697⟩</w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 535, pp.146664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2025.146664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05343067v1</w:t>
+                <w:t xml:space="preserve">hal-05372567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alternatives to polarity reversal to cope with mineral cathodic electro-precipitation: A critical review on reactor engineering factors in limiting scaling issues or favoring valuable compounds recovery</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is it possible to valorize bicarbonates from reclaimed wastewater by CO2 electroreduction into formic acid? Investigation under low bicarbonate concentration and low-conductivity solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saad Diris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Pontvianne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 535, pp.146664. </w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 389, pp.144697. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2025.146664⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2025.144697⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05372567v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05343067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electroanalytical methods for monitoring pollutants during (photo)-(electro)-catalytic treatments of wastewater – A critical review on possible hybrid vs sequenced combinations</w:t>
               </w:r>
@@ -513,51 +513,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electro-sorption/-desorption with bio-sourced granular activated carbon electrode for phenols recovery and combination with advanced electro-oxidation for residual olive mill wastewater treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amina Lissaneddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faissal Aziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -768,90 +768,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Importance of organic- and inorganic-based electro-precipitation on the advanced electro-oxidation efficiency towards reclaimed wastewater treatment in thin-film reactor – Mechanistic and modeling studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olaitan-Germaine Olorounto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Pontvianne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1156,330 +1156,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04800318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of interelectrode distances in electrocoagulation: is there any possibility and advantages to operate at micro-distances with low-conductivity effluents?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of millimetric to micrometric inter-electrode distances: Is there a way to maximize the organic pollutant degradation yield and minimize the cathode scaling and chlorate formation during wastewater treatment?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saad Diris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bruno Cédat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.143794⟩</w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 497, pp.144596. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2024.144596⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05372559v1</w:t>
+                <w:t xml:space="preserve">hal-04685745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of millimetric to micrometric inter-electrode distances: Is there a way to maximize the organic pollutant degradation yield and minimize the cathode scaling and chlorate formation during wastewater treatment?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of interelectrode distances in electrocoagulation: is there any possibility and advantages to operate at micro-distances with low-conductivity effluents?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Mousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saad Diris</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Mousset</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Ruffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Moretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cédat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 497, pp.144596. </w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 368, pp.143794. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2024.144596⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.143794⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04685745v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05372559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of anodically electrogenerated hydroxyl radicals on minimizing mineral cathodic electroprecipitation in the presence of hard water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Pontvianne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1810,533 +1810,533 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04685707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electro-Fenton process in combination with other advanced oxidation processes: Challenges and opportunities</w:t>
+                <w:t xml:space="preserve">Recent advances in electro-Fenton process and its emerging applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Puthiya Veetil Nidheesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Olvera Vargas</w:t>
+                <w:t xml:space="preserve">Soliu Oladejo Ganiyu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos A Martínez-Huitle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Soliu Oladejo Ganiyu</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Olvera-Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, pp.101171. </w:t>
+              <w:t xml:space="preserve">Critical Reviews in Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.coelec.2022.101171⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10643389.2022.2093074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03843777v1</w:t>
+                <w:t xml:space="preserve">hal-03843722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioelectrochemical cells as a green energy source for electrochemical treatment of water and wastewater</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Chandrasekhar Kuppam</w:t>
+                <w:t xml:space="preserve">Thin film microfluidic reactors in electrochemical advanced oxidation processes for wastewater treatment: A review on influencing parameters, scaling issues and engineering considerations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Water Process Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jwpe.2022.103232⟩</w:t>
+              <w:t xml:space="preserve">Electrochemical Science Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/elsa.202100210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03857950v1</w:t>
+                <w:t xml:space="preserve">hal-03842833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thin film microfluidic reactors in electrochemical advanced oxidation processes for wastewater treatment: A review on influencing parameters, scaling issues and engineering considerations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+                <w:t xml:space="preserve">Electro-Fenton process in combination with other advanced oxidation processes: Challenges and opportunities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Puthiya Veetil Nidheesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Trellu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Olvera Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soliu Oladejo Ganiyu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochemical Science Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/elsa.202100210⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.101171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.coelec.2022.101171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03842833v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent advances in electro-Fenton process and its emerging applications</w:t>
+                <w:t xml:space="preserve">Bioelectrochemical cells as a green energy source for electrochemical treatment of water and wastewater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Puthiya Veetil Nidheesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Soliu Oladejo Ganiyu</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soliu O. Ganiyu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chandrasekhar Kuppam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos A Martínez-Huitle</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hugo Olvera-Vargas</w:t>
+                <w:t xml:space="preserve">N. Samsudeen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Reviews in Environmental Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Journal of Water Process Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 50, pp.103232. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10643389.2022.2093074⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jwpe.2022.103232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03843722v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03857950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interest of micro-reactors for the implementation of advanced electrocatalytic oxidation with boron-doped diamond anode for wastewater treatment</w:t>
               </w:r>
@@ -2413,51 +2413,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrosorption of phenolic compounds from olive mill wastewater: Mass transport consideration under a transient regime through an alginate-activated carbon fixed-bed electrode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amina Lissaneddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faissal Aziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2625,77 +2625,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roles of H2 evolution overpotential, materials porosity and cathode potential on mineral electro-precipitation in microfluidic reactor -New criterion to predict and assess interdependency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Pontvianne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2742,103 +2742,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unprecedented roles of submillimetric interelectrode distances and electrogenerated gas bubbles on mineral cathodic electroprecipitation: modeling and interface studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Pontvianne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 431 (Part 4), pp.133413. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2866,334 +2866,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03576623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A critical review on the electrosorption of organic compounds in aqueous effluent -Influencing factors and engineering considerations</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electrochemical technologies for the treatment of pesticides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Trellu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Olvera Vargas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Mousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nihal Oturan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehmet Oturan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envres.2021.112128⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26, pp.100677. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.coelec.2020.100677⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03576644v1</w:t>
+                <w:t xml:space="preserve">hal-03168516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical technologies for the treatment of pesticides</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A critical review on the electrosorption of organic compounds in aqueous effluent -Influencing factors and engineering considerations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Lissaneddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faissal Aziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naaila Ouazzani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laila Mandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 26, pp.100677. </w:t>
+              <w:t xml:space="preserve">Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 204 (Part B), pp.112128. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.coelec.2020.100677⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envres.2021.112128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03168516v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03576644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanostructured electrodes for electrocatalytic advanced oxidation processes: From materials preparation to mechanisms understanding and wastewater treatment applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuedong Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehmet Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3564,51 +3564,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Trellu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Pechaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3666,274 +3666,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03168519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mineral cathodic electro-precipitation and its kinetic modelling in thin-film microfluidic reactor during advanced electro-oxidation process</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
+                <w:t xml:space="preserve">Influence of number of azo bonds and mass transport limitations towards the elimination capacity of continuous electrochemical process for the removal of textile industrial dyes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaanavee Alagesan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mecghasri Jaisankar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sindhu Muthuramalingam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Padmanaban Velayudhaperumal Chellam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2021.138487⟩</w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 262, pp.128381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2020.128381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03429792v1</w:t>
+                <w:t xml:space="preserve">hal-02993294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of number of azo bonds and mass transport limitations towards the elimination capacity of continuous electrochemical process for the removal of textile industrial dyes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sindhu Muthuramalingam</w:t>
+                <w:t xml:space="preserve">Mineral cathodic electro-precipitation and its kinetic modelling in thin-film microfluidic reactor during advanced electro-oxidation process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Padmanaban Velayudhaperumal Chellam</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Pontvianne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 262, pp.128381. </w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 387, pp.138487. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2020.128381⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2021.138487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02993294v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03429792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance and dynamic modeling of a continuously operated pomace olive packed bed for olive mill wastewater treatment and phenol recovery</w:t>
               </w:r>
@@ -4053,64 +4053,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass transport evolution in microfluidic thin film electrochemical reactors: New correlations from millimetric to submillimetric interelectrode distances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4300,51 +4300,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Schondek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Gerardin-Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Pontvianne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 334, pp.135608. </w:t>
@@ -4694,51 +4694,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Pechaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehmet A. Oturan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4779,213 +4779,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02056596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced Electro‐Oxidation with Boron‐Doped Diamond for Acetaminophen Removal from Real Wastewater in a Microfluidic Reactor: Kinetics and Mass‐Transfer Studies</w:t>
+                <w:t xml:space="preserve">Traitement des eaux par procédés d’oxydation avancée - Oxydation anodique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Puce</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+                <w:t xml:space="preserve">Auriane Diamand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemElectroChem</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Techniques de l'Ingénieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, J3952</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02270220v1</w:t>
+                <w:t xml:space="preserve">hal-02413926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement des eaux par procédés d’oxydation avancée - Oxydation anodique</w:t>
+                <w:t xml:space="preserve">Advanced Electro‐Oxidation with Boron‐Doped Diamond for Acetaminophen Removal from Real Wastewater in a Microfluidic Reactor: Kinetics and Mass‐Transfer Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Auriane Diamand</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Puce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Techniques de l'Ingénieur</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ChemElectroChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6 (11), pp.2908-2916. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/celc.201900182⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02413926v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02270220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of the removal of 21 micropollutants at actual concentration from river water using photocatalysis and photo-Fenton</w:t>
               </w:r>
@@ -5023,51 +5023,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Potier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bachar Koubaissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Pontvianne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SN Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 1 (8), </w:t>
@@ -5099,486 +5099,486 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03200724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced electrocatalytic pre-treatment to improve the biodegradability of real wastewater from the electronics industry — A detailed investigation study</w:t>
+                <w:t xml:space="preserve">Fate of inorganic nitrogen species under homogeneous Fenton combined with electro-oxidation/reduction treatments in synthetic solutions and reclaimed municipal wastewater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Olivier Lefebvre</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Pontvianne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 360, pp.552 - 559. </w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 201, pp.6 - 12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2018.08.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2018.02.142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01925743v1</w:t>
+                <w:t xml:space="preserve">hal-01925742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An unprecedented route of •OH radical reactivity: ipso-substitution with perhalogenocarbon compounds</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Iron-impregnated zeolite catalyst for efficient removal of micropollutants at very low concentration from Meurthe river</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hawraa Ayoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Roques-Carmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Potier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bachar Koubaissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Pontvianne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 226, pp.135-156. </w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25, pp.34950-34967. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2017.12.028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11356-018-1214-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01712279v1</w:t>
+                <w:t xml:space="preserve">hal-01925370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fate of inorganic nitrogen species under homogeneous Fenton combined with electro-oxidation/reduction treatments in synthetic solutions and reclaimed municipal wastewater</w:t>
+                <w:t xml:space="preserve">An unprecedented route of •OH radical reactivity: ipso-substitution with perhalogenocarbon compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nihal Oturan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehmet A. Oturan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 201, pp.6 - 12. </w:t>
+              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 226, pp.135-156. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2018.02.142⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2017.12.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01925742v1</w:t>
+                <w:t xml:space="preserve">hal-01712279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iron-impregnated zeolite catalyst for efficient removal of micropollutants at very low concentration from Meurthe river</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Advanced electrocatalytic pre-treatment to improve the biodegradability of real wastewater from the electronics industry — A detailed investigation study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Mousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zuxin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Olvera-Vargas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 25, pp.34950-34967. </w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 360, pp.552 - 559. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11356-018-1214-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2018.08.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01925370v1</w:t>
+                <w:t xml:space="preserve">hal-01925743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly energy-efficient removal of acrylonitrile by peroxi-coagulation with modified graphite felt cathode: Influence factors, possible mechanism</w:t>
               </w:r>
@@ -6352,51 +6352,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 180, pp.189-198. </w:t>
@@ -6485,51 +6485,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Huguenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Guibaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6606,51 +6606,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Trellu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Pechaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6835,51 +6835,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Treatment of synthetic soil washing solutions containing phenanthrene and cyclodextrin by electro-oxidation. Influence of anode materials on toxicity removal and biodegradability enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7081,51 +7081,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new micelle-based method to quantify the Tween 80® surfactant for soil remediation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7444,562 +7444,562 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the Most Influential Parameters of an Innovative Electrochemical Reactor Design for Efficient Industrial Wastewater Treatment</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gerald Thouand</w:t>
+                <w:t xml:space="preserve">How Micro-distances could Influence Electro-coagulation Efficiency in Low-conductivity Solutions?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Mousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Aurélien Ruffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Moretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bruno Cédat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">76th International Society of Electrochemistry (ISE) annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Mainz, Germany, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05456464v1</w:t>
+                <w:t xml:space="preserve">hal-05456413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ElectRotate as an innovative design for the mineralization of PFOA by advanced electrolytic treatment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId215" w:history="1">
+                <w:t xml:space="preserve">Treatment of PFAS in industrial wastewater by advanced reduction process and electro-oxidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Mathon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Kellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Usman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Mathon</w:t>
+                <w:t xml:space="preserve">Hélène Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Thouand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Environmental Application of Advanced Oxidation Processes (EAAOP-7)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Salerno (Italy), Italy</w:t>
+              <w:t xml:space="preserve">5ème Congrès international sur la gestion des risques environnementaux et sanitaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05456344v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05456372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Micro-distances could Influence Electro-coagulation Efficiency in Low-conductivity Solutions?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Determination of the Most Influential Parameters of an Innovative Electrochemical Reactor Design for Efficient Industrial Wastewater Treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Kellou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Métivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerald Thouand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cédat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bruno Cédat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">76th International Society of Electrochemistry (ISE) annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Mainz, Germany, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05456413v1</w:t>
+                <w:t xml:space="preserve">hal-05456464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Treatment of PFAS in industrial wastewater by advanced reduction process and electro-oxidation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ElectRotate as an innovative design for the mineralization of PFOA by advanced electrolytic treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Kellou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Mathon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Usman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Mathon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Myriam Kellou</w:t>
+                <w:t xml:space="preserve">Hélène Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Thouand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème Congrès international sur la gestion des risques environnementaux et sanitaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">7th International Conference on Environmental Application of Advanced Oxidation Processes (EAAOP-7)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Salerno (Italy), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05456372v1</w:t>
+                <w:t xml:space="preserve">hal-05456344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the possibility for CO2 electroreduction and valorization in low-carbonate concentration solutions? A case study in wastewater treatment application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saad Diris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8037,64 +8037,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roles of Interelectrode Distances and Mass Transport Effects on Electrochemical CO2 Reduction to Formic Acid under Low Carbonate Concentration Solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saad Diris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8132,103 +8132,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Removal of PFOA by advanced electrolytic treatment and process combinations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Kellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Mathon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Usman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Mathon</w:t>
+                <w:t xml:space="preserve">Hélène Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Thouand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th IWA international conference on Advanced Oxidation Processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Frankfurt (DE), Germany</w:t>
@@ -8335,103 +8335,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dépollution de l’eau par électro-oxydation avancée. Journée CNRS PFAS : enjeux de la dépollution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Kellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Mathon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Usman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Mathon</w:t>
+                <w:t xml:space="preserve">Hélène Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Thouand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'étude - PFAS : enjeux de la dépollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS (MITI &amp; DRE), Oct 2025, Vaulx en Velin, Lyon, France</w:t>
@@ -8611,103 +8611,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remediation processes of PFAS in industrial effluents with advanced reduction and electrooxidation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Kellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Mathon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Usman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yara Arbid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ruffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Reuse Europe conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Les Sables d'Olonne, France</w:t>
@@ -8736,64 +8736,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Cathode Materials on the Selectivity and Efficiency of Carbon Dioxide Electro-Conversion Processes for Value-Added Compound Production from Wastewater Mineralization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saad Diris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8831,64 +8831,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Current Density and Inter-electrode Distance on the Electro-oxidation of Pharmaceutical Pollutants in Wastewater with the subsequent CO2 Electro-reduction into Valuable Compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saad Diris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9183,424 +9183,424 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03844889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of Electrochemical Processes Considering Cathodic Scaling Issue, Electrooxidation Efficiency of Organic Pollutants and Inorganic By-products Generation During the Treatment of Wastewater</w:t>
+                <w:t xml:space="preserve">Influence de la matrice organique et inorganique lors de l’électro-précipitation en micro-réacteur d’eaux usées municipales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Saad Diris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Mousset</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">73rd Annual Meeting of the International Society of Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Lausanne, Switzerland</w:t>
+              <w:t xml:space="preserve">Société Française de Génie des Procédés (SFGP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03844848v1</w:t>
+                <w:t xml:space="preserve">hal-03844954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Interelectrode (Micro)-Distances and Chloride Content in the Removal of Organic Pollutants from Wastewater by Anodic Dissolution of Metal Coagulants</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Optimization of Electrochemical Processes Considering Cathodic Scaling Issue, Electrooxidation Efficiency of Organic Pollutants and Inorganic By-products Generation During the Treatment of Wastewater</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saad Diris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Niedergang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Koenig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">73rd Annual Meeting of the International Society of Electrochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03844946v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la matrice organique et inorganique lors de l’électro-précipitation en micro-réacteur d’eaux usées municipales</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Influence of Interelectrode (Micro)-Distances and Chloride Content in the Removal of Organic Pollutants from Wastewater by Anodic Dissolution of Metal Coagulants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Ruffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Moretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cédat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société Française de Génie des Procédés (SFGP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">73rd Annual Meeting of the International Society of Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03844954v1</w:t>
+                <w:t xml:space="preserve">hal-03844946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of electro-precipitation and current density on tylosin electro-oxidation in microfluidic reactor using reclaimed municipal wastewater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9632,894 +9632,894 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03844836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrosorption using new bio-sourced porous electrode materials for phenolic compounds removal and valorization – electrochemical engineering aspects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amina Lissaneddine</w:t>
+                <w:t xml:space="preserve">Influence of Micrometric Interelectrode Distances and Cathode Materials on Mineral Scaling during Advanced Electro-oxidation Process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th European Symposium on Electrochemical Engineering (ESEE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Leeuwarden, Netherlands</w:t>
+              <w:t xml:space="preserve">29th International Society of Electrochemistry (ISE) topical meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Mikulov, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03431826v1</w:t>
+                <w:t xml:space="preserve">hal-03431821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Micrometric Interelectrode Distances and Cathode Materials on Mineral Scaling during Advanced Electro-oxidation Process</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
+                <w:t xml:space="preserve">Electrosorption using new bio-sourced porous electrode materials for phenolic compounds removal and valorization – electrochemical engineering aspects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Lissaneddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faissal Aziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naaila Ouazzani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laila Mandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th International Society of Electrochemistry (ISE) topical meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Mikulov, Czech Republic</w:t>
+              <w:t xml:space="preserve">12th European Symposium on Electrochemical Engineering (ESEE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Leeuwarden, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03431821v1</w:t>
+                <w:t xml:space="preserve">hal-03431826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Key criteria for selective electrosorption of phenolic compounds on a novel biosourced material for olive mill wastewater treatment</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reactive Electro-Mixing Reactor: Comparison with Static Electrochemical Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Mousset</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">72nd Annual Meeting of the International Society of Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Jeju Island, South Korea</w:t>
+              <w:t xml:space="preserve">Current Trends in Electrochemistry (CTE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03844828v1</w:t>
+                <w:t xml:space="preserve">hal-03431832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactive Electro-Mixing Reactor: Comparison with Static Electrochemical Devices</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Key criteria for selective electrosorption of phenolic compounds on a novel biosourced material for olive mill wastewater treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Lissaneddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faissal Aziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naaila Ouazzani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laila Mandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Trends in Electrochemistry (CTE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">72nd Annual Meeting of the International Society of Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Jeju Island, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03431832v1</w:t>
+                <w:t xml:space="preserve">hal-03844828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of electro-precipitation on pharmaceutical micropollutant degradation in simulated and reclaimed wastewater</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of Microfluidic Thin Film Reactor and Hardness of Water on Mineral Scaling at the Cathode Surface during Electrochemical Advanced Oxidation Process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Mousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">72nd Annual Meeting of the International Society of Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Jeju Island, South Korea</w:t>
+              <w:t xml:space="preserve">12th European Symposium on Electrochemical Engineering (ESEE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Leeuwarden, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03844834v1</w:t>
+                <w:t xml:space="preserve">hal-03431829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Microfluidic Thin Film Reactor and Hardness of Water on Mineral Scaling at the Cathode Surface during Electrochemical Advanced Oxidation Process</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of electro-precipitation on pharmaceutical micropollutant degradation in simulated and reclaimed wastewater</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th European Symposium on Electrochemical Engineering (ESEE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Leeuwarden, Netherlands</w:t>
+              <w:t xml:space="preserve">72nd Annual Meeting of the International Society of Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Jeju Island, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03431829v1</w:t>
+                <w:t xml:space="preserve">hal-03844834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mineral Scaling on the Surface of Electrode during Electrochemical Advanced Oxidation Process in a Microfluidic Thin Film Reactor</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New porous bio-based electrode materials for phenol recovery from olive mill wastewater by electrosorption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Lissaneddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faissal Aziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Mousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naaila Ouazzani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st international workshop in Advanced electrochemical oxidation for water reuse (ELO.WatR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03431796v1</w:t>
+                <w:t xml:space="preserve">hal-03431801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New porous bio-based electrode materials for phenol recovery from olive mill wastewater by electrosorption</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Faissal Aziz</w:t>
+                <w:t xml:space="preserve">Mineral Scaling on the Surface of Electrode during Electrochemical Advanced Oxidation Process in a Microfluidic Thin Film Reactor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st international workshop in Advanced electrochemical oxidation for water reuse (ELO.WatR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03431801v1</w:t>
+                <w:t xml:space="preserve">hal-03431796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de la dureté des eaux usées et des micro-distances inter-électrodes sur l’efficacité d’un procédé électrochimique d’oxydation avancée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faidzul Hakim Mohd Adnan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10557,77 +10557,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mineral electrocatalytic deposition in thin film electrochemical cell and in the presence of hard water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Mousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Colombian congress in electrochemistry (IVCCEQ)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Medellin, Colombia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10652,77 +10652,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of micrometric inter-electrode distances and water hardness on mineral scaling at the electrode surface during electrochemical advanced oxidation process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faidzul Hakim Adnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Mousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">71th International Society of Electrochemistry (ISE) annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2020, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10773,64 +10773,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faidzul Hakim Mohd Adnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Puce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd workshop on Electrochemical Engineering: Industrial Electrochemistry and Electrocatalysis at the 12th European Congress of Chemical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10950,64 +10950,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faidzul Hakim Mohd Adnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Puce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th CIPOA (Ibero-American) conference on Advanced Oxidation Processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Natal, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11058,51 +11058,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Pechaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehmet A. Oturan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11235,51 +11235,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Removal of humic acids by electrochemical advanced oxidation processes: mechanisms, mineralization efficiency and impact on phenanthrene degradation efficiency.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Trellu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11399,51 +11399,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Huguenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRUTTEE (Priority and emerging contaminants)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Limoges, France</w:t>
@@ -11524,51 +11524,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Huguenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Pechaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Summer School (ETeCoS3) on "Biological Treatment of Solid Waste"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Casino, Italy</w:t>
@@ -11636,51 +11636,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Huguenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Guibaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11735,51 +11735,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new integrated approach to remove Petroleum Hydrocarbons from highly contaminated soil: soil flushing combined to electro-Fenton process and possible post-biological treatment.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11886,51 +11886,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Huguenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Guibaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11985,51 +11985,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of anode materials and initial COD on toxicity and biodegradability of synthetic soil washing solution containing Tween 80 and phentanthrene during electro-Fenton treatment.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12136,51 +12136,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Huguenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Guibaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12362,103 +12362,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d’un procédé électrochimique rotatif (ElectRotate) pour le traitement d’effluents industriels – Etude préliminaire : détermination des paramètres les plus impactant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Kellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ruffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Cédat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Thouand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Information Eaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Poitiers, France</w:t>
@@ -12513,51 +12513,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohd Adnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">70th Annual Meeting of the International Society of Electrochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Durban, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12746,51 +12746,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Huguenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Guibaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12871,51 +12871,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Huguenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Guibaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13303,51 +13303,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Trellu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel A. Rodrigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13420,51 +13420,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Soil Washing on Iron Mobilization and Other Metals/Metalloids and Their Impacts on Biodegradability Enhancement during an Aqueous Advanced Electrochemical Treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehmet A. Oturan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13771,51 +13771,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihal Oturan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP2799866 A1. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14105,51 +14105,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421560v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binay Kumar Tripathy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mousset" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jwpe.2025.109122" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343067v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Diris" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Pontvianne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pons" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2025.144697" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372567v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faidzul Hakim Adnan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2025.146664" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407466v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flamur Sopaj" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2025.101787" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407333v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Lissaneddine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faissal Aziz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naaila Ouazzani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Mandi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jwpe.2024.106663" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752607v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Olvera-Vargas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Trellu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puthiya Veetil Nidheesh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soliu Ganiyu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2024.122430" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407372v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaitan-Germaine Olorounto" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2024.114908" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800322v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murtaza Sayed" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun Zhao" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javed Khan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionysios Dionysiou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coche.2024.101016" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800318v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Sun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qibin Xu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuaishuai Yang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suo Liu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coche.2024.101023" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372559v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ruffet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Moretti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno C&#233;dat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.143794" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685745v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2024.144596" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237008v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2023.107493" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236946v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44221-022-00011-2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237070v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.V. Nidheesh" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Thiam" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2023.139627" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685707v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Fournier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Su" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2023.101384" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843777v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Olvera Vargas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soliu Oladejo Ganiyu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2022.101171" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857950v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soliu O. Ganiyu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandrasekhar Kuppam" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Samsudeen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jwpe.2022.103232" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842833v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elsa.202100210" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843722v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A Mart&#237;nez-Huitle" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10643389.2022.2093074" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842864v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2021.100897" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576656v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2022.128480" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842872v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alan Hatton" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2022.101105" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842843v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2022.140926" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576623v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2021.133413" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576644v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2021.112128" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168516v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihal Oturan" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Oturan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2020.100677" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261468v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuedong Du" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zhou" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer Belkessa" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Su" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2021.120332" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429834v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Hao Loh" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Shien Lim" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Jarry" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuxin Wang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2021.117234" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130419v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Olvera-Vargas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Pechaud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fourcade" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2020.100668" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168519v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric van Hullebusch" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2020.124137" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429792v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2021.138487" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993294v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaanavee Alagesan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mecghasri Jaisankar" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sindhu Muthuramalingam" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Padmanaban Velayudhaperumal Chellam" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2020.128381" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430315v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir El Achaby" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eldon R. Rene" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2021.130797" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429825v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2021.107097" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993264v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-020-01014-9" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993282v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenna Quackenbush" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Schondek" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Gerardin-Vergne" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2019.135608" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993260v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlando Garcia-Rodriguez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lefebvre" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10643389.2020.1820428" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993202v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2020.106787" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993274v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Doudrick" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2020.07.008" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056596v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet A. Oturan" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2018.08.055" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02270220v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Puce" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201900182" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413926v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Diamand" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03200724v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hawraa Ayoub" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Roques-Carmes" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Potier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachar Koubaissy" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42452-019-0848-y" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925743v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2018.08.023" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712279v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2017.12.028" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925742v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2018.02.142" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01925370v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-1214-0" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925750v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gengbo Ren" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minghua Zhou" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei Su" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Liang" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weilu Yang" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2018.02.115" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925751v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Huang Weiqi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Foong Yang Kai" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Shyang Koh" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Wei Tng" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7TA08182K" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644054v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Hammaker" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2017.11.104" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01409977v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ko Zheng Teng" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Syafiq" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2016.11.151" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413696v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2016.08.002" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413692v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2016.353" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413707v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Frunzo" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Esposito" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric D. van Hullebusch" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2015.06.014" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JG94VXJ1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413703v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Huguenot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guibaud" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2016.01.021" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318932v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2016.04.039" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135728v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413714v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413719v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413718v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974185v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11157-013-9324-0" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413722v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456464v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Kellou" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne M&#233;tivier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Thouand" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456344v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mathon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Usman" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456413v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456372v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421737v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421748v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456314v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377911v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.matsusspring.2025.457" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456504v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800361v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800338v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456013v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Arbid" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289448v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289417v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289390v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289373v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844889v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Chen" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Dinkloh" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Turolla" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haim Chikurel" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844848v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Blanchard" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Niedergang" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Koenig" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844946v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844954v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844836v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431826v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431821v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844828v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431832v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844834v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431829v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431796v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431801v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02519634v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faidzul Hakim Mohd Adnan" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431810v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431791v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993172v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993155v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993185v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718408v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720623v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717529v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717484v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717467v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717442v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717398v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717411v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717430v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717439v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455927v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rexha" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Hoxhaj" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456035v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02343314v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd Adnan" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720353v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720349v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718867v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03971383v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844993v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenhai Chu" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103399v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713994v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel A. Rodrigo" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2017_38" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717287v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.10007/978-94-007-6836-9_2" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103412v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414192v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413723v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01410022v2" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013PEST1130" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421560v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binay Kumar Tripathy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mousset" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jwpe.2025.109122" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372567v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faidzul Hakim Adnan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2025.146664" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343067v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Diris" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Pontvianne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pons" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2025.144697" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407466v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flamur Sopaj" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2025.101787" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407333v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Lissaneddine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faissal Aziz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naaila Ouazzani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Mandi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jwpe.2024.106663" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752607v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Olvera-Vargas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Trellu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puthiya Veetil Nidheesh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soliu Ganiyu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2024.122430" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407372v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaitan-Germaine Olorounto" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2024.114908" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800322v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murtaza Sayed" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun Zhao" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javed Khan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionysios Dionysiou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coche.2024.101016" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800318v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Sun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qibin Xu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuaishuai Yang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suo Liu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coche.2024.101023" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685745v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2024.144596" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372559v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ruffet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Moretti" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno C&#233;dat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.143794" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237008v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2023.107493" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236946v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44221-022-00011-2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237070v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.V. Nidheesh" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Thiam" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2023.139627" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685707v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Fournier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Su" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2023.101384" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843722v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soliu Oladejo Ganiyu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A Mart&#237;nez-Huitle" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10643389.2022.2093074" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842833v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elsa.202100210" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843777v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Olvera Vargas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2022.101171" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857950v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soliu O. Ganiyu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandrasekhar Kuppam" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Samsudeen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jwpe.2022.103232" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842864v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2021.100897" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576656v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2022.128480" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842872v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alan Hatton" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2022.101105" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842843v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2022.140926" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576623v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2021.133413" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168516v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihal Oturan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Oturan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2020.100677" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576644v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2021.112128" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261468v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuedong Du" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zhou" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer Belkessa" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Su" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2021.120332" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429834v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Hao Loh" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Shien Lim" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Jarry" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuxin Wang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2021.117234" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130419v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Olvera-Vargas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Pechaud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fourcade" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2020.100668" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168519v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric van Hullebusch" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2020.124137" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993294v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaanavee Alagesan" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mecghasri Jaisankar" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sindhu Muthuramalingam" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Padmanaban Velayudhaperumal Chellam" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2020.128381" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429792v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2021.138487" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430315v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir El Achaby" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eldon R. Rene" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2021.130797" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429825v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2021.107097" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993264v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-020-01014-9" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993282v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenna Quackenbush" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Schondek" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Gerardin-Vergne" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2019.135608" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993260v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlando Garcia-Rodriguez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lefebvre" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10643389.2020.1820428" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993202v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2020.106787" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993274v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Doudrick" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2020.07.008" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056596v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet A. Oturan" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2018.08.055" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413926v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Diamand" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02270220v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Puce" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201900182" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03200724v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hawraa Ayoub" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Roques-Carmes" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Potier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachar Koubaissy" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42452-019-0848-y" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925742v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2018.02.142" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01925370v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-1214-0" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712279v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2017.12.028" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925743v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2018.08.023" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925750v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gengbo Ren" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minghua Zhou" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei Su" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Liang" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weilu Yang" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2018.02.115" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925751v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Huang Weiqi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Foong Yang Kai" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Shyang Koh" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Wei Tng" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7TA08182K" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644054v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Hammaker" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2017.11.104" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01409977v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ko Zheng Teng" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Syafiq" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2016.11.151" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413696v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2016.08.002" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413692v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2016.353" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413707v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Frunzo" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Esposito" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric D. van Hullebusch" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2015.06.014" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JG94VXJ1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413703v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Huguenot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guibaud" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2016.01.021" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318932v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2016.04.039" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135728v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413714v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413719v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413718v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974185v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11157-013-9324-0" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413722v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456413v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456372v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mathon" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Kellou" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Usman" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne M&#233;tivier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Thouand" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456464v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456344v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421737v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421748v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456314v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377911v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.matsusspring.2025.457" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456504v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800361v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800338v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456013v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Arbid" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289448v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289417v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289390v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289373v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844889v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Chen" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Dinkloh" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Turolla" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haim Chikurel" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844954v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844848v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Blanchard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Niedergang" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Koenig" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844946v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844836v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431821v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431826v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431832v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844828v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431829v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844834v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431801v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431796v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02519634v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faidzul Hakim Mohd Adnan" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431810v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431791v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993172v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993155v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993185v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718408v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720623v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717529v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717484v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717467v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717442v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717398v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717411v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717430v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717439v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455927v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rexha" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Hoxhaj" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456035v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02343314v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd Adnan" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720353v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720349v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718867v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03971383v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844993v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenhai Chu" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103399v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713994v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel A. Rodrigo" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2017_38" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717287v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.10007/978-94-007-6836-9_2" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103412v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414192v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01413723v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01410022v2" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013PEST1130" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>