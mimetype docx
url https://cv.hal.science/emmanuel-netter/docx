--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -627,51 +627,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (27)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -825,234 +825,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05159725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand la force de conviction du scoring bancaire provoque sa chute. L'interprétation extensive, par la CJUE, de la prohibition des décisions entièrement automatisées</w:t>
+                <w:t xml:space="preserve">Définir l'intelligence artificielle, un défi impossible ? La première pièce du puzzle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 02, pp.342</w:t>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 5, pp.747</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04620577v1</w:t>
+                <w:t xml:space="preserve">halshs-04776330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Payer ou consentir » n'est généralement pas une alternative acceptable. Un clou de plus dans le cercueil de la publicité ciblée</w:t>
+                <w:t xml:space="preserve">Quand la force de conviction du scoring bancaire provoque sa chute. L'interprétation extensive, par la CJUE, de la prohibition des décisions entièrement automatisées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 02, pp.337</w:t>
+              <w:t xml:space="preserve">, 2024, 02, pp.342</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04620576v1</w:t>
+                <w:t xml:space="preserve">halshs-04620577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Définir l'intelligence artificielle, un défi impossible ? La première pièce du puzzle</w:t>
+                <w:t xml:space="preserve">« Payer ou consentir » n'est généralement pas une alternative acceptable. Un clou de plus dans le cercueil de la publicité ciblée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 5, pp.747</w:t>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 02, pp.337</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04776330v1</w:t>
+                <w:t xml:space="preserve">halshs-04620576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiers de confiance et plateformes</w:t>
               </w:r>
@@ -1101,96 +1101,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04696650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La loi sur l'influence commerciale ou le déclin du droit commun</w:t>
+                <w:t xml:space="preserve">Le choix de la sanction en droit des données à caractère personnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 04, pp.859</w:t>
+              <w:t xml:space="preserve">Communication - Commerce électronique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3, pp.20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04411682v1</w:t>
+                <w:t xml:space="preserve">hal-05553957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La transparence en droit européen du numérique</w:t>
               </w:r>
@@ -1321,2610 +1321,3103 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04077324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un « cyberscore » pour les grandes plateformes et services de communication en ligne</w:t>
+                <w:t xml:space="preserve">La loi sur l'influence commerciale ou le déclin du droit commun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 02, pp.309</w:t>
+              <w:t xml:space="preserve">, 2023, 04, pp.859</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03735567v1</w:t>
+                <w:t xml:space="preserve">halshs-04411682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'instauration d'une procédure simplifiée de sanction au profit de la CNIL</w:t>
+                <w:t xml:space="preserve">Le règlement sur les services numériques ou Digital Services Act</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 02, pp.308</w:t>
+              <w:t xml:space="preserve">Lexbase Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03735566v1</w:t>
+                <w:t xml:space="preserve">halshs-05554097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation critique du Data governance act</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cookies et autres traceurs : des sanctions pour les géants du numérique, mais des leçons pour tous</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 03, pp.561-575</w:t>
+              <w:t xml:space="preserve">, 2022, 02, pp.295</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03815987v1</w:t>
+                <w:t xml:space="preserve">halshs-03735564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du simple au décuple. Hésitations autour de la juste proportion des sanctions en droit des données personnelles : le cas Accor</w:t>
+                <w:t xml:space="preserve">« Refuser tous les cookies ». Espoirs et mirages d'une régulation par les boutons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 03, pp.575</w:t>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 07, pp.392</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03815988v1</w:t>
+                <w:t xml:space="preserve">halshs-03729740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cookies et autres traceurs : des sanctions pour les géants du numérique, mais des leçons pour tous</w:t>
+                <w:t xml:space="preserve">Un « cyberscore » pour les grandes plateformes et services de communication en ligne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 02, pp.295</w:t>
+              <w:t xml:space="preserve">, 2022, 02, pp.309</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03735564v1</w:t>
+                <w:t xml:space="preserve">halshs-03735567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Refuser tous les cookies ». Espoirs et mirages d'une régulation par les boutons</w:t>
+                <w:t xml:space="preserve">L'instauration d'une procédure simplifiée de sanction au profit de la CNIL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 07, pp.392</w:t>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 02, pp.308</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03729740v1</w:t>
+                <w:t xml:space="preserve">halshs-03735566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Vidéo intelligente » et port du masque dans les transports : la nécessité du malentendu</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Présentation critique du Data governance act</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 7-8/2021, pp.415</w:t>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 03, pp.561-575</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03294224v1</w:t>
+                <w:t xml:space="preserve">halshs-03815987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E-Privacy ou la poursuite de la guerre contre la publicité ciblée par d'autres moyens</w:t>
+                <w:t xml:space="preserve">Du simple au décuple. Hésitations autour de la juste proportion des sanctions en droit des données personnelles : le cas Accor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 04 et 02, pp.226</w:t>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 03, pp.575</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03218360v1</w:t>
+                <w:t xml:space="preserve">halshs-03815988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La portabilité, un droit à inventer</w:t>
+                <w:t xml:space="preserve">« Vidéo intelligente » et port du masque dans les transports : la nécessité du malentendu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 06, pp.352-357</w:t>
+              <w:t xml:space="preserve">, 2021, 7-8/2021, pp.415</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02874885v1</w:t>
+                <w:t xml:space="preserve">halshs-03294224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confirmation de la sanction Android : pressions sur les politiques de confidentialité, menaces sur la publicité ciblée</w:t>
+                <w:t xml:space="preserve">E-Privacy ou la poursuite de la guerre contre la publicité ciblée par d'autres moyens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 12, pp.693</w:t>
+              <w:t xml:space="preserve">, 2021, 04 et 02, pp.226</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03064821v1</w:t>
+                <w:t xml:space="preserve">halshs-03218360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À quoi sert le principe de transparence en droit des données personnelles ?</w:t>
+                <w:t xml:space="preserve">La portabilité, un droit à inventer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 11, pp.611-615</w:t>
+              <w:t xml:space="preserve">, 2020, 06, pp.352-357</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03012042v1</w:t>
+                <w:t xml:space="preserve">halshs-02874885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sanction à 50 millions d'euros : au-delà de Google, la CNIL s'attaque aux politiques de confidentialité obscures et aux consentements creux</w:t>
+                <w:t xml:space="preserve">Confirmation de la sanction Android : pressions sur les politiques de confidentialité, menaces sur la publicité ciblée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 3, pp.165</w:t>
+              <w:t xml:space="preserve">, 2020, 12, pp.693</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02314524v1</w:t>
+                <w:t xml:space="preserve">halshs-03064821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Règlement biométrie au travail</w:t>
+                <w:t xml:space="preserve">À quoi sert le principe de transparence en droit des données personnelles ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 11, pp.638-641</w:t>
+              <w:t xml:space="preserve">, 2020, 11, pp.611-615</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02451574v1</w:t>
+                <w:t xml:space="preserve">halshs-03012042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un juge peut-il ordonner à Facebook de livrer l'identité de ses utilisateurs ?</w:t>
+                <w:t xml:space="preserve">Sanction à 50 millions d'euros : au-delà de Google, la CNIL s'attaque aux politiques de confidentialité obscures et aux consentements creux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 06, pp.401</w:t>
+              <w:t xml:space="preserve">, 2019, 3, pp.165</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02451541v1</w:t>
+                <w:t xml:space="preserve">hal-02314524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'extinction du contrat et le sort des données personnelles</w:t>
+                <w:t xml:space="preserve">Règlement biométrie au travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actualité juridique Contrats d'affaires : concurrence, distribution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10, pp.416</w:t>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11, pp.638-641</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02450822v1</w:t>
+                <w:t xml:space="preserve">halshs-02451574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'appel manifestement abusif d'une contre-garantie autonome</w:t>
+                <w:t xml:space="preserve">Un juge peut-il ordonner à Facebook de livrer l'identité de ses utilisateurs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recueil Dalloz</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 29, pp.1748</w:t>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 06, pp.401</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02215547v1</w:t>
+                <w:t xml:space="preserve">halshs-02451541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le porte-fort, contrat de couverture de risque</w:t>
+                <w:t xml:space="preserve">L'extinction du contrat et le sort des données personnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 117</w:t>
+              <w:t xml:space="preserve">Actualité juridique Contrats d'affaires : concurrence, distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.416</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02059536v1</w:t>
+                <w:t xml:space="preserve">halshs-02450822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'appel manifestement abusif d'une contre-garantie autonome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Netter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29, pp.1748</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02215547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le porte-fort, contrat de couverture de risque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Netter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 117</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02059536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nouvel essai de qualification du droit de substitution de type &amp;quot;Eurotunnel&amp;quot; : la fiducie sur contrat de concession</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Banque &amp; Droit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 140, pp.3-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03287732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les qualifications juridiques face à la diversité des plateformes : essai d'une cartographie fondée sur la rivalité des ressources</w:t>
+                <w:t xml:space="preserve">DSA-Compliant Internal complaint-handling systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'émergence d'une régulation autonome des plateformes ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Brunessen Bertrand et Jean Sirinelli, Oct 2021, Rennes, France</w:t>
+              <w:t xml:space="preserve">Dispute Resolution on Social Media Platforms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Florence Guillaume, May 2024, Neuchatel, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03980728v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05554045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La gestion par les responsables publics de leur réputation en ligne. Réflexions inquiètes sur les déséquilibres du droit au déréférencement</w:t>
+                <w:t xml:space="preserve">Le règlement sur les services numériques (DSA) : quand la liberté d’expression en ligne rencontre le droit de la compliance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La vie privée des responsables publics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Charles-Edouard Sénac, Feb 2019, Amiens, France</w:t>
+              <w:t xml:space="preserve">48ème colloque de l'association Droit &amp; Commerce</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Deauville, France. pp.39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02308919v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05554005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le modèle européen de protection des données personnelles à l'heure de la gloire et des périls</w:t>
+                <w:t xml:space="preserve">La gestion par les responsables publics de leur réputation en ligne. Réflexions inquiètes sur les déséquilibres du droit au déréférencement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le droit des données personnelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Amiens, France</w:t>
+              <w:t xml:space="preserve">La vie privée des responsables publics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Charles-Edouard Sénac, Feb 2019, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357970v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02308919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blockchain et professions réglementées</w:t>
+                <w:t xml:space="preserve">Le modèle européen de protection des données personnelles à l'heure de la gloire et des périls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quelle place pour les professions réglementées dans la révolution numérique ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, M. Blanchard et S. Moreil, Feb 2018, Lille, France</w:t>
+              <w:t xml:space="preserve">Le droit des données personnelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02314505v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La liberté d'expression sur les réseaux sociaux en droit français</w:t>
+                <w:t xml:space="preserve">Blockchain et professions réglementées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Droit et réseaux sociaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Valère Ndior, Jun 2014, Cergy-Pontoise, France</w:t>
+              <w:t xml:space="preserve">Quelle place pour les professions réglementées dans la révolution numérique ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, M. Blanchard et S. Moreil, Feb 2018, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03980908v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02314505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La liberté d'expression sur les réseaux sociaux en droit français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Netter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit et réseaux sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Valère Ndior, Jun 2014, Cergy-Pontoise, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03980908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le logiciel dématérialisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les biens numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Emmanuel Netter; Aurore Chaigneau, Sep 2014, Amiens, France. pp.149</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02059392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (3)</w:t>
+        <w:t xml:space="preserve">Ouvrages (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regards sur le nouveau droit des données personnelles</w:t>
+                <w:t xml:space="preserve">Etats et réseaux sociaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valère Ndior</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LGDJ, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzanne Vergnolle</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-02357967v1</w:t>
+                <w:t xml:space="preserve">hal-05554154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des voitures autonomes. Une offre de loi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Regards sur le nouveau droit des données personnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Netter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valère Ndior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Ferdinand Puyraimond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Vergnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Centre de droit privé et de sciences criminelles d'Amiens. , 2019, Morgane Daury, 979-10-97323-05-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonas Knetsch</w:t>
-[...81 lines deleted...]
-                <w:t xml:space="preserve">halshs-02056056v1</w:t>
+                <w:t xml:space="preserve">hal-02357967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Des voitures autonomes. Une offre de loi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Knetsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Andreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dugué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Lequette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dalloz, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02056056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les biens numériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Chaigneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Emmanuel Netter; Aurore Chaigneau. CEPRISCA, 2015, 978-2-9533727-8-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01644198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« L’animal dans l’œuvre d’Hayao Miyazaki »</w:t>
+                <w:t xml:space="preserve">La place du droit national dans le droit européen des données personnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...40 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Claire Brunerie, Ludovic Pailler. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hayao Miyazaki et le droit : du rêve à la réalité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 9782731412710</w:t>
+              <w:t xml:space="preserve">La cohérence du droit des données ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, 2026, Thèmes &amp; Commentaires, 9782247246311</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04425635v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La part de l'Homme et celle de la machine dans les décisions « automatisées ». Propositions pour une réécriture de l'article 22 du RGPD</w:t>
+                <w:t xml:space="preserve">Les qualifications juridiques face à la diversité des plateformes : essai d'une cartographie fondée sur la rivalité des ressources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les algorithmes et le droit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mare et Martin, A paraître</w:t>
+              <w:t xml:space="preserve">La régulation juridique des plateformes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mare &amp; Martin, 2025, 9782386000591</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555156v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03980728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À la recherche du juste rôle des plateformes exploitant des réseaux sociaux dans la lutte contre la &amp;quot;haine en ligne&amp;quot;.</w:t>
+                <w:t xml:space="preserve">Le recours aux technologies dans l'obligation de conformité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les plateformes d'intermédiation numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, A paraître</w:t>
+              <w:t xml:space="preserve">L'obligation de compliance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2025, 9782247224098</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03650659v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05553926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Service en ligne &amp;quot;gratuit&amp;quot; contre publicité ciblée : le modèle d'affaires aux pieds d'argile</w:t>
+                <w:t xml:space="preserve">« L’animal dans l’œuvre d’Hayao Miyazaki »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Basire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Laref</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hania Kassoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mélanges Storck</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dalloz, 2021, 978-2-247-19731-6</w:t>
+              <w:t xml:space="preserve">Hayao Miyazaki et le droit : du rêve à la réalité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9782731412710</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03111062v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04425635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le « code du travail numérique »</w:t>
+                <w:t xml:space="preserve">La part de l'Homme et celle de la machine dans les décisions « automatisées ». Propositions pour une réécriture de l'article 22 du RGPD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vanessa Barbé. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intelligence artificielle, gestion algorithmique et droit du travail. Les travaux de l'AFDT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dalloz, 2020, 224719608X</w:t>
+              <w:t xml:space="preserve">Les algorithmes et le droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mare et Martin, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02924955v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'identité à l'épreuve du numérique</w:t>
+                <w:t xml:space="preserve">À la recherche du juste rôle des plateformes exploitant des réseaux sociaux dans la lutte contre la &amp;quot;haine en ligne&amp;quot;.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Centre de droit privé et de sciences criminelles d'Amiens. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'identité numérique. Quelle définition pour quelle protection ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Larcier, 2020, 9782807919952</w:t>
+              <w:t xml:space="preserve">Les plateformes d'intermédiation numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03058699v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03650659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Service en ligne &amp;quot;gratuit&amp;quot; contre publicité ciblée : le modèle d'affaires aux pieds d'argile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Netter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges Storck</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, 2021, 978-2-247-19731-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03111062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'identité à l'épreuve du numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Netter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'identité numérique. Quelle définition pour quelle protection ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Larcier, 2020, 9782807919952</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03058699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le « code du travail numérique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Netter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intelligence artificielle, gestion algorithmique et droit du travail. Les travaux de l'AFDT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, 2020, 224719608X</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02924955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le financement participatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges en l'honneur du Professeur Didier R. Martin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LGDJ, pp.479, 2015, 978-2-275-04734-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02059570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3934,215 +4427,215 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The human and machine part in &amp;quot;automated&amp;quot; decisions. Proposals for a rewriting of article 22 of the GDPR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03701045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Free&amp;quot; online service in exchange for targeted advertising : the business model with feet of clay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03329824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Termination of the contract and the fate of personal data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03111688v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4152,100 +4645,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les garanties indemnitaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Droit. Université de Strasbourg, 2010. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01623401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4255,91 +4748,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numérique et grandes notions du droit privé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Droit. Université de Picardie - Jules Verne, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02059429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4349,477 +4842,477 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le numérique dans tous ses droits</w:t>
+                <w:t xml:space="preserve">Les biens numériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03287751v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03617642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les biens numériques</w:t>
+                <w:t xml:space="preserve">Le numérique dans tous ses droits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03617642v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03287751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les risques numériques de la profession d'avocat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03980982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le droit à l'oubli numérique des responsables publics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03617586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pokemon go et le droit : quelle occupation virtuelle de la propriété privée ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03617572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le statut juridique des droïdes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03617560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le régime juridique des achats d'application en ligne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03617602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId82"/>
+      <w:footerReference w:type="default" r:id="rId89"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4887,51 +5380,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4D1D260D"/>
+    <w:nsid w:val="6EBF1028"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5035,51 +5528,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="91D6FE24"/>
+    <w:nsid w:val="10A9089D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5183,51 +5676,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="6F3FFE07"/>
+    <w:nsid w:val="972C1ECE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5331,51 +5824,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="8A9D8642"/>
+    <w:nsid w:val="7FDDAF06"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5479,51 +5972,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="D2433068"/>
+    <w:nsid w:val="BAEE3CAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5722,51 +6215,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emmanuel-netter" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1453-0531" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/147617642" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enetter.fr/cv.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036593v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Douville" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Netter" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05159725v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04620577v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04620576v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04776330v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04696650v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04411682v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298186v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04077324v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03735567v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03735566v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03815987v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03815988v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03735564v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03729740v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03294224v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03218360v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02874885v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064821v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03012042v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314524v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451574v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451541v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450822v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215547v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059536v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03287732v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980728v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308919v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357970v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314505v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980908v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059392v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357967v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#232;re Ndior" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ferdinand Puyraimond" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Vergnolle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056056v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Knetsch" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Andreu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dubois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dugu&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lequette" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01644198v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Chaigneau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425635v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Basire" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Laref" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hania Kassoul" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555156v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650659v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111062v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924955v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058699v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059570v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701045v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329824v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111688v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/tel-01623401v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059429v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03287751v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617642v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980982v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617586v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617572v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617560v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617602v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emmanuel-netter" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1453-0531" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/147617642" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enetter.fr/cv.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036593v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Douville" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Netter" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05159725v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04776330v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04620577v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04620576v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04696650v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553957v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298186v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04077324v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04411682v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05554097v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03735564v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03729740v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03735567v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03735566v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03815987v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03815988v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03294224v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03218360v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02874885v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064821v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03012042v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314524v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451574v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451541v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450822v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215547v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059536v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03287732v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05554045v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05554005v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308919v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357970v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314505v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980908v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059392v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554154v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#232;re Ndior" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357967v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ferdinand Puyraimond" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Vergnolle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056056v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Knetsch" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Andreu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dubois" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dugu&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lequette" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01644198v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Chaigneau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554115v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980728v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553926v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425635v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Basire" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Laref" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hania Kassoul" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555156v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650659v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111062v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058699v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924955v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059570v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701045v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329824v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111688v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/tel-01623401v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059429v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617642v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03287751v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980982v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617586v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617572v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617560v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617602v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>