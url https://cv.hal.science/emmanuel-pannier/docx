--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -3678,419 +3678,419 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03990345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The emergence of a new Vietnam</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’élevage laitier, une confrontation de modèles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mai Huong Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Duteurtre</w:t>
+                <w:t xml:space="preserve">Duy Khanh Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Hostiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Anh Dao</w:t>
-[...47 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sylvie Cournut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Culas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas of livestock transitions in Vietnam 1986-2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IPSARD; CIRAD, pp.9-16, 2019, 978-2-87614-746-1</w:t>
+              <w:t xml:space="preserve">ATLAS des transitions de l’élevage au Vietnam 1986-2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IPSARD; CIRAD</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 978-2-87614-746-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03556367v1</w:t>
+                <w:t xml:space="preserve">hal-02535003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’élevage laitier, une confrontation de modèles</w:t>
+                <w:t xml:space="preserve">Dairy farming, a clash of production models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mai Huong Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duy Khanh Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Hostiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cournut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duy Khanh Pham</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christian Culas</w:t>
+                <w:t xml:space="preserve">G. Duteurtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cesaro, J.D. (ed.); Duteurtre, G. (ed.); Huong, N.M. (ed.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ATLAS des transitions de l’élevage au Vietnam 1986-2016</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 978-2-87614-746-1</w:t>
+              <w:t xml:space="preserve">Atlas of livestock transitions in Vietnam 1986-2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISPARD; CIRAD, pp.47-56, 2019, 978-2-87614-746-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02535003v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03556379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dairy farming, a clash of production models</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The emergence of a new Vietnam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duy Khanh Pham</w:t>
+                <w:t xml:space="preserve">G. Duteurtre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Anh Dao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vu Quang Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Hostiou</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">Cesaro, J.D. (ed.); Duteurtre, G. (ed.); Huong, N.M. (ed.). </w:t>
+                <w:t xml:space="preserve">C. Culas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pannier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cesaro, J.D. (ed.); Duteurtre, G. (ed.); Mai Huong, N. (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas of livestock transitions in Vietnam 1986-2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, ISPARD; CIRAD, pp.47-56, 2019, 978-2-87614-746-1</w:t>
+              <w:t xml:space="preserve">, IPSARD; CIRAD, pp.9-16, 2019, 978-2-87614-746-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03556379v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03556367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relations sociales et échanges</w:t>
               </w:r>
@@ -4248,51 +4248,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alliances between agri-chain actors for a sustainable development of territories in Vietnam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Duteurtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Sautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4952,51 +4952,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283631v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pannier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thi Kim T&#226;m" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13r3z" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240376v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.T. Nguyen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240379v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.T.K. T&#226;m" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990388v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Culas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084349v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/moussons.8755" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084350v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Bout&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phen Huard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/moussons.8753" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269755v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/moussons.7325" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03337777v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duteurtre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hostiou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Huong Nguyen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Cesaro" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41287-021-00456-3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03509941v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Thi Thu Truong" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anthropodev.1255" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292341v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/moussons.7279" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269711v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/moussons.7334" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390235v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lhomme.36986" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992200v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toan Canh Vu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Espagne" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Pulliat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Ha Nguyen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12187691" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02166994v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02167081v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077281v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15685314-04504014" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974008v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490367v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anthropodev.511" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453480v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rtm.226.0095" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390245v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/vjossh.v1i3.25" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973889v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437615v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360812v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Meur" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tessier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.H. Truong" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360787v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805684v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Caelen-Haumont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Cortial" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Thom Dinh" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuy&#234;n L&#234; Thi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01223564v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Caelen-Haumont" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cortial" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.T. Dinh" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589908v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694071v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bruckert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-9655-1_2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084347v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Mai Huong" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pham Duy Khanh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-024-2178-1_13" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084346v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-98104-4_4" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987212v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-98104-4_3" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508872v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thomas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li&#234;m V&#361; &#272;&#7913;c" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766995v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987275v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tu Anh Nguyen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan Huong Thi Huynh" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Nguyen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tessier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987574v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990345v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556367v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duteurtre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Anh Dao" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu Quang Hoang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Culas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02535003v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duy Khanh Pham" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cournut" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://agritrop.cirad.fr/593983/1/Atlas%20&#233;levage%20Vietnam_HD_FR.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556379v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hostiou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02166996v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02166977v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432082v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sautier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mai Huong" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-024-1016-7_5" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02167094v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roubaud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Razafindrakoto" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Carriere" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01223527v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.D. Hong" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068881v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Ngo-Duc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manh-Hung Nguyen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Woillez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283631v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pannier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thi Kim T&#226;m" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13r3z" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240376v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.T. Nguyen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240379v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.T.K. T&#226;m" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990388v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Culas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084349v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/moussons.8755" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084350v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Bout&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phen Huard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/moussons.8753" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269755v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/moussons.7325" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03337777v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duteurtre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hostiou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Huong Nguyen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Cesaro" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41287-021-00456-3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03509941v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Thi Thu Truong" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anthropodev.1255" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292341v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/moussons.7279" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269711v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/moussons.7334" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390235v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lhomme.36986" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992200v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toan Canh Vu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Espagne" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Pulliat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Ha Nguyen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12187691" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02166994v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02167081v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077281v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15685314-04504014" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974008v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490367v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anthropodev.511" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453480v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rtm.226.0095" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390245v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/vjossh.v1i3.25" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973889v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437615v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360812v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Meur" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tessier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.H. Truong" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360787v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805684v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Caelen-Haumont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Cortial" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Thom Dinh" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuy&#234;n L&#234; Thi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01223564v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Caelen-Haumont" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cortial" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.T. Dinh" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589908v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694071v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bruckert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-9655-1_2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084347v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Mai Huong" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pham Duy Khanh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-024-2178-1_13" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084346v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-98104-4_4" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987212v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-98104-4_3" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508872v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thomas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li&#234;m V&#361; &#272;&#7913;c" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766995v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987275v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tu Anh Nguyen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan Huong Thi Huynh" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Nguyen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tessier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987574v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990345v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02535003v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duy Khanh Pham" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cournut" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://agritrop.cirad.fr/593983/1/Atlas%20&#233;levage%20Vietnam_HD_FR.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556379v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hostiou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duteurtre" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556367v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Anh Dao" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu Quang Hoang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Culas" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02166996v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02166977v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432082v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sautier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mai Huong" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-024-1016-7_5" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02167094v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roubaud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Razafindrakoto" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Carriere" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01223527v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.D. Hong" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068881v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Ngo-Duc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manh-Hung Nguyen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Woillez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>