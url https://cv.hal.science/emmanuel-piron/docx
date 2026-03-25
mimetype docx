--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Emmanuel PIRON </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Responsable Plateau de recherche technologique INRAE - AgroTechnoPôle Montoldre - Allier 03</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (39)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation-based study of the influence of particle physical properties on fertilizer spreading ability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tien-Thinh Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 229, pp.109753. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2024.109753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04841294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maîtriser l'épandage des matières organiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Agricoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 496</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-the-field simulation of fertilizer spreading: Part 3 – Control of disk inclination for uniform application on undulating fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Mehdi Abbou-Ou-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Chateauneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 158, pp.150-158. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2019.01.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02067177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphology characterization of irregular particles using image analysis. Application to solid inorganic fertilizers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.T. Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Heritier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chateauneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 147, pp.146-157. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2018.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid centrifugal spreading model to study the fertiliser spatial distribution and its assessment using the transverse coefficient of variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 137, pp.115-129. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2017.03.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-the-field simulation of fertilizer spreading: Part 1 – Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Mehdi Abbou-Ou-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Chateauneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 142 (A), pp.235-247. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2017.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-the-field simulation of fertilizer spreading: Part 2-Uniformity investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Abbou-Ou-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chateauneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 141, pp.118-130. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2017.07.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of two-dimensional fertiliser mass flow distributions by recording granule impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gawain Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosystems Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 115 (4), pp.463 - 473. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2013.05.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compaction des sols : pneumatiques et chenilles au banc d’essai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anti-limaces : des largeurs de travail à limiter pour réussir son épandage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Horizon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 103, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How mass flow and rotational speed affect fertiliser centrifugal spreading: Potential interpretation in terms of the amount of fertiliser per vane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gawain Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosystems Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 111 (1), pp.133 - 138. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2011.11.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ant-limaces : des largeurs de travail à limiter pour réussir son épandage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Beurrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Agricoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 376, pp.12-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of an equivalent friction coefficient to characterise the behaviour of fertilisers in the context of centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Boilletot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Precision Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11 (6), pp.664 - 683. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11119-010-9192-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système de vision numérique appliqués à la gestion des intrants en agriculture : vers le contrôle de la pulvérisation et de l'épandage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Vilette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bossu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">uB Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4, pp.119-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes de vision numérique appliqués à la gestion d’intrants en agriculture : vers le contrôle de la pulvérisation et de l’épandage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bossu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gawain Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UB-Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01840843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple imaging system to measure velocity and improve the quality of fertilizer spreading in agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cointault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chopinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Paindavoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Electronic Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 17 (3), pp.1109-1119. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/1.2956835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation-based approach for a better centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Systems Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 39 (9), pp.913-924. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207720802184758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent results of experimental and Dem modeling of centrifugal fertilizer spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tijskens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. van Liedekerke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. van Geyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cointault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Granular Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 10 (4), p. 247 - p. 255</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'épandeur de demain à l'épreuve du CEMIB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Chemineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultivar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 622, pp.56-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrifugal spreading of fertiliser: Deducing three-dimensional velocities from horizontal outlet angles using computer vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cointault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chopinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosystems Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 99 (4), pp.496 - 507. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2007.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01840790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire varier la largeur de travail pour limiter les surdosages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Agricoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 348, pp.6-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Too much fertiliser ? A globally unique test bench for investigation and analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Hotline</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 1, pp.16-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quoi de neuf en 2007 pour le machinisme agricole : épandre, pulvériser moins et mieux - Epandage des engrais minéraux : changement de contexte, changement de méthode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Note de Veille Machinisme Agricole CETIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CEMIB : un nouveau moyen d'étalonner les distributeurs centrifuges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décision machinisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, HS 3, pp.40-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epandage en boucle fermée, bientôt une nouvelle gamme - Agrotronix obtient l'autorisation de développer de nouveaux produits d'épandages basés sur un brevet appartenant au Cemagref</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les paysans de la Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 282900, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolling and sliding dynamics in centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rioual</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tijskens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 90 (2), p. 021918 - p. 021918-3. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2424647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolling and sliding dynamics in centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rioual</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tijskens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 90 (2), p. 021918 - p. 021918-3. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2424647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00453753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributeurs d'engrais minéraux : des innovations dictées par les « grandes largeurs »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Note de Veille Machinisme Agricole CETIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quoi de neuf en R&D pour le machinisme agricole : écotechnologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Polveche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Note de Veille Machinisme Agricole CETIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic friction coefficient measurement of granular fertiliser particles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Grift</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Kweon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.W. Hofstee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosystems Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 95 (4), pp.507-515. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2006.08.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engrais minéraux - Une piste pour optimiser les apports sur toute la parcelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Vocoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'éleveur laitier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 142, pp.72-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epandeurs à fumier - La porte utilisée comme capteur pour maîtriser les doses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Vocoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'éleveur laitier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 139, pp.96-97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Répartition longitudinale. Les dysfonctionnements des épandeurs décortiqués</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Vocoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'éleveur laitier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 125, pp.28-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engrais minéraux, un banc pour peaufiner les réglages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Vocoret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'éleveur laitier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 125, pp.36-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrifugal Spreading: an Analytical Model for the Motion of Fertiliser Particles on a Spinning Disc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cointault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chopinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosystems Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 92 (2), pp.157 - 164. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2005.06.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01840747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances of conveying systems for manure spreaders and effects of hopper geometry on output flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Landry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Agnew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Laguë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Roberge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Engineering in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 21 (2), pp.159-166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CUMA, ETA - Le Cematrace suit les chantiers à la loupe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Vocoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boffety</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'éleveur laitier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 124, pp.74-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un boîtier électronique pour le suivi des matériels : le Cematrace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériel agricole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 86, pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02582943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation entre débit massique et couple d`entraînement d`un disque de distributeur d`engrais : modélisation et confrontations expérimentales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cointault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sarrazin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieries eau-agriculture-territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, spécial Technologies pour les agrosystèmes durables, pp.73-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02582988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (61)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How agricultural tires contribute to the energy efficiency of the tractor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th AGRITECH DAY by Axema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AXEMA, Oct 2024, Compiegne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How agricultural tires contribute to the energy efficiency of the tractor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Flageat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th AGRITECH DAY by Axema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AXEMA, Oct 2024, Compiegne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-épandage : quelles technologies disponibles pour atteindre les objectifs en produits solides ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15è Rencontres Comifer-Gemas 24-25 nov 2021 – Clermont-Ferrand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, COMIFER, Nov 2021, Clermont-ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AgroTechnoPôle. Plateforme au service du développement de nouvelles solutions technologiques pour la transition agroécologique. Webinaire Axema. 10 mars 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Reboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Heritier,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgroTechnoPôle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Webinaire, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03358478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A virtual spreader to overcome experimental limits: Example of use to deepen the meaning of the transverse coefficient of variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tien-Thinh Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Léveillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwennvel Arribard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th SIMA AgriTech Day Axema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nantes, France. pp.105-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OPTIMISATION DES REGLAGES DES EPANDEURS : VERS UN PORTAIL NUMERIQUE SIMPLIFICATEUR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet -Thinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tien Le</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15è Rencontres Comifer-Gemas 24-25 nov 2021 – Clermont-Ferrand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Clermont-ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engrais et amendements organiques : qualité du matériel et précision de l'application, un préalable à la modulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.T. Le</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Numérique et Modulation intraparcellaire Bordeaux Sciences Agro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tools and methods to develop and validate soil-wheel interaction model and knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Heritier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st AXEMA-EurAgEng Conference “Intensive and environmentally friendly agriculture: An opportunity for innovation in machinery and systems”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Villepinte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrifugal fertilizer spreader: control of working width and fertilization quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.T. Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chateauneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st AXEMA-EurAgEng Conference "Intensive and environmentally friendly agriculture: an opportunity for innovation in machinery and systems"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Villepinte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A virtual spreader to overcome experimental limits : Example of use to deepen the meaning of the transverse coefficient of variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. AXEMA-EurAgEng Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AXEMA., Feb 2017, Villepinte, France. pp.105-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrifugal spreader eco-evaluation method: Sulky Econov example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Leveillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Juhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st AXEMA-EurAgEng Conference "Intensive and environmentally friendly agriculture: an opportunity for innovation in machinery and systems"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Villepinte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Field-test evaluation of digestate solid fraction land-spreading quality: Method and first results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Heritier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guiziou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on “Circular Economy and Organic Waste”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalization approach of the simulation of fertilizer spread patterns to non-flat-fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Abbou Ou Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chateauneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIGR-AgEng conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Aarhus, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of centrifugal spreaders tilt and side-tilt angles on fertilizer spreading: Potential use as control variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Abbou Ou Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chateauneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Machine Control &amp; Guidance MCG 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Vichy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Épandage : état des lieux, recherches appliquées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotech's 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Montoldre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CEMIB : CEmagref Mineral Bench</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotech's 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Montoldre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des performances des épandages des engrais de mélange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème rencontres Internationales de l'AFCOME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultural Tyre Energy Efficiency test method link with specific fuel consumption for measuring the efficiency of agricultural tyres under real conditions on tractors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Heritier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fancello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Szente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Land Technik AgEng 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Hannover, Germany. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de l'épandage centrifuge des engrais minéraux en vue de la compensation des effets du relief</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Abbou-Ou-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chateauneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotech's 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Montoldre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle d’épandage centrifuge et simulations de Monte Carlo pour l’étude de la répartition spatiale de l’engrais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ECOTECHS'2015 : Technologies d’épandage dans la fertilisation – Implications actuelles et futures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche en Sciences et Technologies pour l'Environnement et l'Agriculture (IRSTEA). FRA., Nov 2015, Montoldre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil compaction: Track induced soil stress isn’t so positive in comparison with tyre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VDI AgEng 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Hannovre, Germany. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00966876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les agroéquipements de demain au service de la croissance verte : fertilisation minérale et organique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIMA 2013, Table ronde SITMAFGR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Paris, France. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent technological developments in fertilizer spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spring scientific meeting 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Thurles, Ireland. pp.29-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New experimental method for measuring the energy efficiency of tyres in real condition on tractors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Fancello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Szente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Szalay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VDI AgEng 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Hannovre, Germany. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00968591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualité d'application des antilimaces en épandage centrifuge : état des lieux, limites et dernières innovations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Beurrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Crebassa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence sur les techniques d'application de produits de protection des plantes, AFPP- CIETAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Lyon, France. pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact recording system to characterise centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Courreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgEng 2010 : International Conference on Agricultural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Clermont Ferrand, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00593701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mineral spreader eco-design: method and real application examples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Leveillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Clochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgEng 2010, International Conference on Agricultural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Clermont-Ferrand, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00561420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slug pellet spreading : the double-disc performances available with a single disc spreader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Beurrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Crebassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgEng 2010 : International Conference on Agricultural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Clermont Ferrand, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass flow control for manure spreader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Venel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgEng 2010 : International Conference on Agricultural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Clermont Ferrand, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An efficient vision system to measure granule velocity and mass flow distribution in fertiliser centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 2nd International Conference on Image Processing Theory, Tools and Applications (IPTA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Paris, France. pp.543-548, </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IPTA.2010.5586738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01843205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrifugal fertiliser spreading : velocity and mass flow distribution measurement by image processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgEng 2010 : International Conference on Agricultural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Clermont Ferrand, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00593702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CEMIB: an innovative bench for spreader eco-design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgEng 2010, International Conference on Agricultural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Clermont-Ferrand, France. 9 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00561549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spreader improvements and design : Methods can also be « eco »!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium ECOTECHS 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Clermont Ferrand, France. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An imaging system to characterise the mechanical behaviour of fertilisers in the context of centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Märtin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint International Agricultural Conference JIAC 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Wageningen, Netherlands. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un premier outil pour Eco-concevoir de nouvelles machines : le simulateur d'épandage pour minimiser les pollutions en intra-parcellaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Thirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Flanet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SIMA 2009 "Performances environnementales des agroéquipements. Quels outils pour l'évaluation et la conception des machines agricoles ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2009, Paris Villepinte, France. pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agrotechnologies towards Ecotechnologies the three pillars for developing Eco-design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chakroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Langevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Thirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33. CIOSTA - CIGR 5. Conference 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Reggio Calabria, Italy. p. 1859 - p. 1863</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00468744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de l'espace de Hough pour caractériser une projection centrifuge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Vilette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Märtin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cointault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du XXIIème colloque GRETSI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Dijon, France. pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux développements technologiques pour l'optimisation de l'usage des intrants agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Clochard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "Machines intelligentes pour une agriculture durable et compétitive", Paris-Villepinte, SIMA 2007, 6 mars 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux développements technologiques pour l'optimisation de l'usage des intrants agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de la fertilisation, Blois, 13 novembre 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of optimization techniques for an optimal fertilization by centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2006 IEEE/RSJ International Conference on Intelligent Robots and Systems, Beijing, CHN, 9-15 October 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Optimization Techniques for an Optimal Fertilization by Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Beijing, China. pp.4399-4404, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2006.282018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CEMIB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on Centrifugal Fertiliser Spreading, Montoldre, October 25th 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial distribution measurement - a new method for the evaluation and testing of centrifugal spreaders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on centrifugal fertiliser spreading - from academic to applied research, Montoldre, October 24-25, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.L1-L6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An optimization-based Method for the reduction of fertilisers application errors by centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium of Centrifugal Fertiliser Spreading, Montoldre, 24-25 October 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.H1-H6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of optimization methods for the minimization of fertilizer application error with centrifugal spreaders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO 2006 3rd International Conference on Informatics in Control, Automation and Robotics, Setubal, Portugal, 1-5 August 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of optimization methods for the minimization of fertilizer application error with centrifugal spreaders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO06 - 3rd International Conference on Informatics in Control, Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Setubal, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-line optimization of centrifugal spreaders for field applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Darniche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Leloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on centrifugal fertiliser spreading - from academic to applied research, Montoldre, October 24-25, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.N1-N6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization-Based Approach for a Better Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONTROLO'06 - 7th Portuguese Conference On Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrifugal (Fertiliser) Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tijskens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. van Liedekerke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. van Geyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cointault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CHoPS-05, Sorrento, USA, august 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimization of Fertilizer Application Error due to Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Engineering for a Better World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Bonn, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial optimization of fertilizer application by centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Conférence STIC et Environnement 2006, Narbonne, France, 5-7 Avril 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D velocity measurement of fertiliser with an optical sensor : practical issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Grift</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on centrifugal fertiliser spreading - from academic to applied research, Montoldre, October 24-25, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.F1-F7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic comportment of a fertiliser flow accelerated by centrifugal principle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on Centrifugal Fertiliser Spreading, Montoldre, FRA, October 25th 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Optimization of Fertilizer Application by Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STIC06 - 4ème Conférence STIC et Environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Narbonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les technologies de pointe appliquées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Mécanisation - s'équiper ensemble, FNCUMA, 22 novembre 2005, Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'épandage des produits organiques - De la caractérisation des produits à la qualité d'épandage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rousselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Thirion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GEMAS-COMIFER, 7eme Rencontres de la fertilisation raisonnée et de l'analyse de terre, Blois, 15-16 Novembre 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.189-196</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Optimization of Fertilizer Application by Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Symposium on Centrifugal Fertiliser Spreading, ISCFS'05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Leuven, Belgium. pp.3-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial optimization of fertilizer application by a centrifugal spreader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International symposium on centrifugal fertiliser spreading, Leuven BEL, 15-16 sept 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new method for the evaluation and testing of centrifugal fertiliser spreaders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Symposium on centrifugal fertiliser spreading, Leuven, BEL, 15-16 september 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wireless Technologies for Field Data Acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boffety</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rameau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EFITA 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Vila Real, Portugal. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrifugal fertiliser spreaders : a new method for their evaluation and testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Fertiliser Society, Proceedings n°556, London, GBR, 14th April 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateau de Recherche Technologique Pôle Epandage Environnement: une expertise, des compétences, des équipements au service de la recherche et de la R&D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête la science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Montoldre, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epandage centrifuge. Simplifier l'obtention des réglages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête de la Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Montoldre, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achieving uniform spread patterns on non-flat fields by the control of fertilizer spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Abbou-Ou-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chateauneuf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st AXEMA - EurAgEng Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Villepinte, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d’un distributeur centrifuge pour l’étude de la répartition spatiale de l’engrais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Rencontres de la Fertilisation Raisonnée et Analyse - COMIFER</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Lyon, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental evaluation of organic spreading machines: a spreading simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilys Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Thirion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Europe de la fertilisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2009, Rennes, France. pp.1, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de réglage d'un épandeur centrifuge de particules et épandeur centrifuge de particules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tien-Thinh Le</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : 3 109 054. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de distribution uniforme de matériaux granulaires dans les emplacements à l'inclinaison du sol différente au moyen d'un épandeur à rouleaux et épandeur à rouleaux associé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Abbou Ou Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Thullner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Stöcklin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: DE 10 2016 011 826. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif de mesure de la déformation d'un pneumatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Heritier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Abbou Ou Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR3062815. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procede de distribution uniforme d'un materiau sur des zones en pente au moyen d'un disperseur a disque et d'un disperseur de disque adapte a celui-ci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Abbou Ou Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Thullner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Stöcklin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: DE 10 2016 011 828. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de réglage d'une machine agricole d'épandage de particules, disposant de réglages, machine agricole d'épandage et programme d'ordinateur correspondants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Clochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2926437. 2009, pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epandeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP1797751. 2009, pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epandeur comportant une caisse à tapis mouvant, notamment pour produit organique de type fumier, et procédé pour contrôler le débit massique d'un produit à épandre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2894768. 2007, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif d'épandage centrifuge de produit pulvérulent ou granulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Clochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: EP1721502. 2006, pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de mesure de la répartition d'épandage pour épandeur de particules à épandre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2871885. 2006, pp.19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé d'optimisation et d'ajustement de l'épandage, machine d'épandage et programme d'ordinateurs correspondants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Leveillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2882496 - EP1695606. 2006, pp.50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif pour la transmission d'informations provenant d'au moins un capteur placé sur véhicule tel qu'une machine agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boffety</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Vigier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2860620 - EP1521219. 2005, pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé d'optimisation de l'épandage, machine d'épandage et programme d'ordinateur correspondants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Leveillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2882498 - EP1695605. 2005, pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de mesure de la répartition d'épandage pour épandeurs de particules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP1610112. 2005, pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif d'épandage centrifuge d'un produit pulvérulent ou granulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Clochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2885482. 2005, pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif de mesure du débit massique sur distributeur centrifuge de particules solides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sarrazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mercey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rousselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cointault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2827672. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributeur d'engrais solides en nappes et centrifuge - Protection de l'environnement : norme NF EN 13739-2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Kieffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, pp.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubrique Savoir-faire : Performances environnementales des machines d'épandage de produits minéraux et organiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.73-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimisation des hétérogénéités d'épandage d'engrais minéraux en tous points de la parcelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Darniche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Leloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intagrated farming - a tool for mapping fertiliser distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributeurs d'engrais minéraux - des innovations dictées par les grandes largeurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture raisonnée - un outil pour cartographier les nappes d'engrais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du RECyclage du phosphore (P) à partir de biomasse résiduaire pour la production de fertilisants déchet-sourcés : potentialités techniques, Economiques et Environnementales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilys Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Aissani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Thiriet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2025, 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05020704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déterminants techniques et socio-économiques pour la substitution des engrais minéraux phosphatés par des MAFOR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilys Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandra Lenoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Livrable du projet RECYPEE. 2025, 107 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04885386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d'évaluation de l'épandeur EHV 20/13</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Desnoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2018, pp.45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d'essais. Evaluation de l'aptitude à l'épandage de granulés de fumier de volaille.TSCF/CEMOB/EP/EB/2015-005-V1-R1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Varion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2015, pp.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des performances des équipements de maîtrise des doses des matériels d’épandage de matière organique : rapport sur la méthodologie retenue pour l’évaluation des équipements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilys Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2014, pp.19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livrable T3b ECODEFI. &amp;quot;Logiciel de simulation d'épandage : Principe de fonctionnement, utilisation et résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Thirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Flanet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] irstea. 2009, pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecoulement des produits dans les épandeurs à fond mouvant (Mise en évidence des défauts longitudinaux d'épandage liés aux caractéristiques des machines et des produits - Ecoulement confiné et seuils critiques)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2005, pp.100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maid'Or : Outil de simulation pour l’évaluation des performances des équipements de maîtrise de dose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId277"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Emmanuel PIRON </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Responsable Plateau de recherche technologique INRAE - AgroTechnoPôle Montoldre - Allier 03</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (39)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation-based study of the influence of particle physical properties on fertilizer spreading ability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tien-Thinh Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 229, pp.109753. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2024.109753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04841294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maîtriser l'épandage des matières organiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Agricoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 496</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-the-field simulation of fertilizer spreading: Part 3 – Control of disk inclination for uniform application on undulating fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Mehdi Abbou-Ou-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Chateauneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 158, pp.150-158. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2019.01.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02067177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphology characterization of irregular particles using image analysis. Application to solid inorganic fertilizers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.T. Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Heritier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chateauneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 147, pp.146-157. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2018.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid centrifugal spreading model to study the fertiliser spatial distribution and its assessment using the transverse coefficient of variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 137, pp.115-129. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2017.03.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-the-field simulation of fertilizer spreading: Part 1 – Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Mehdi Abbou-Ou-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Chateauneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 142 (A), pp.235-247. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2017.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-the-field simulation of fertilizer spreading: Part 2-Uniformity investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Abbou-Ou-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chateauneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 141, pp.118-130. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2017.07.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of two-dimensional fertiliser mass flow distributions by recording granule impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gawain Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosystems Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 115 (4), pp.463 - 473. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2013.05.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compaction des sols : pneumatiques et chenilles au banc d’essai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anti-limaces : des largeurs de travail à limiter pour réussir son épandage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Horizon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 103, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How mass flow and rotational speed affect fertiliser centrifugal spreading: Potential interpretation in terms of the amount of fertiliser per vane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gawain Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosystems Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 111 (1), pp.133 - 138. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2011.11.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ant-limaces : des largeurs de travail à limiter pour réussir son épandage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Beurrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Agricoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 376, pp.12-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of an equivalent friction coefficient to characterise the behaviour of fertilisers in the context of centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Boilletot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Precision Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11 (6), pp.664 - 683. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11119-010-9192-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système de vision numérique appliqués à la gestion des intrants en agriculture : vers le contrôle de la pulvérisation et de l'épandage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Vilette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bossu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">uB Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4, pp.119-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes de vision numérique appliqués à la gestion d’intrants en agriculture : vers le contrôle de la pulvérisation et de l’épandage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bossu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gawain Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UB-Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01840843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple imaging system to measure velocity and improve the quality of fertilizer spreading in agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cointault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chopinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Paindavoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Electronic Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 17 (3), pp.1109-1119. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/1.2956835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation-based approach for a better centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Systems Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 39 (9), pp.913-924. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207720802184758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'épandeur de demain à l'épreuve du CEMIB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Chemineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultivar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 622, pp.56-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent results of experimental and Dem modeling of centrifugal fertilizer spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tijskens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. van Liedekerke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. van Geyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cointault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Granular Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 10 (4), p. 247 - p. 255</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrifugal spreading of fertiliser: Deducing three-dimensional velocities from horizontal outlet angles using computer vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cointault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chopinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosystems Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 99 (4), pp.496 - 507. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2007.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01840790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire varier la largeur de travail pour limiter les surdosages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Agricoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 348, pp.6-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quoi de neuf en 2007 pour le machinisme agricole : épandre, pulvériser moins et mieux - Epandage des engrais minéraux : changement de contexte, changement de méthode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Note de Veille Machinisme Agricole CETIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Too much fertiliser ? A globally unique test bench for investigation and analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Hotline</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 1, pp.16-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epandage en boucle fermée, bientôt une nouvelle gamme - Agrotronix obtient l'autorisation de développer de nouveaux produits d'épandages basés sur un brevet appartenant au Cemagref</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les paysans de la Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 282900, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CEMIB : un nouveau moyen d'étalonner les distributeurs centrifuges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décision machinisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, HS 3, pp.40-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolling and sliding dynamics in centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rioual</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tijskens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 90 (2), p. 021918 - p. 021918-3. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2424647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolling and sliding dynamics in centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rioual</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tijskens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 90 (2), p. 021918 - p. 021918-3. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2424647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00453753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributeurs d'engrais minéraux : des innovations dictées par les « grandes largeurs »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Note de Veille Machinisme Agricole CETIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quoi de neuf en R&D pour le machinisme agricole : écotechnologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Polveche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Note de Veille Machinisme Agricole CETIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic friction coefficient measurement of granular fertiliser particles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Grift</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Kweon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.W. Hofstee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosystems Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 95 (4), pp.507-515. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2006.08.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engrais minéraux - Une piste pour optimiser les apports sur toute la parcelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Vocoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'éleveur laitier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 142, pp.72-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epandeurs à fumier - La porte utilisée comme capteur pour maîtriser les doses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Vocoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'éleveur laitier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 139, pp.96-97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrifugal Spreading: an Analytical Model for the Motion of Fertiliser Particles on a Spinning Disc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cointault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chopinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosystems Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 92 (2), pp.157 - 164. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2005.06.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01840747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engrais minéraux, un banc pour peaufiner les réglages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Vocoret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'éleveur laitier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 125, pp.36-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances of conveying systems for manure spreaders and effects of hopper geometry on output flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Landry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Agnew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Laguë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Roberge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Engineering in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 21 (2), pp.159-166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Répartition longitudinale. Les dysfonctionnements des épandeurs décortiqués</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Vocoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'éleveur laitier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 125, pp.28-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CUMA, ETA - Le Cematrace suit les chantiers à la loupe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Vocoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boffety</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'éleveur laitier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 124, pp.74-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un boîtier électronique pour le suivi des matériels : le Cematrace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériel agricole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 86, pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02582943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation entre débit massique et couple d`entraînement d`un disque de distributeur d`engrais : modélisation et confrontations expérimentales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cointault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sarrazin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieries eau-agriculture-territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, spécial Technologies pour les agrosystèmes durables, pp.73-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02582988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (61)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How agricultural tires contribute to the energy efficiency of the tractor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Flageat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th AGRITECH DAY by Axema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AXEMA, Oct 2024, Compiegne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How agricultural tires contribute to the energy efficiency of the tractor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th AGRITECH DAY by Axema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AXEMA, Oct 2024, Compiegne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AgroTechnoPôle. Plateforme au service du développement de nouvelles solutions technologiques pour la transition agroécologique. Webinaire Axema. 10 mars 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Reboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Heritier,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgroTechnoPôle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Webinaire, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03358478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-épandage : quelles technologies disponibles pour atteindre les objectifs en produits solides ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15è Rencontres Comifer-Gemas 24-25 nov 2021 – Clermont-Ferrand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, COMIFER, Nov 2021, Clermont-ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A virtual spreader to overcome experimental limits: Example of use to deepen the meaning of the transverse coefficient of variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tien-Thinh Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Léveillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwennvel Arribard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th SIMA AgriTech Day Axema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nantes, France. pp.105-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OPTIMISATION DES REGLAGES DES EPANDEURS : VERS UN PORTAIL NUMERIQUE SIMPLIFICATEUR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet -Thinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tien Le</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15è Rencontres Comifer-Gemas 24-25 nov 2021 – Clermont-Ferrand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Clermont-ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engrais et amendements organiques : qualité du matériel et précision de l'application, un préalable à la modulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.T. Le</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Numérique et Modulation intraparcellaire Bordeaux Sciences Agro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrifugal fertilizer spreader: control of working width and fertilization quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.T. Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chateauneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st AXEMA-EurAgEng Conference "Intensive and environmentally friendly agriculture: an opportunity for innovation in machinery and systems"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Villepinte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tools and methods to develop and validate soil-wheel interaction model and knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Heritier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st AXEMA-EurAgEng Conference “Intensive and environmentally friendly agriculture: An opportunity for innovation in machinery and systems”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Villepinte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A virtual spreader to overcome experimental limits : Example of use to deepen the meaning of the transverse coefficient of variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. AXEMA-EurAgEng Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AXEMA., Feb 2017, Villepinte, France. pp.105-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrifugal spreader eco-evaluation method: Sulky Econov example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Leveillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Juhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st AXEMA-EurAgEng Conference "Intensive and environmentally friendly agriculture: an opportunity for innovation in machinery and systems"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Villepinte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Field-test evaluation of digestate solid fraction land-spreading quality: Method and first results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Heritier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guiziou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on “Circular Economy and Organic Waste”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalization approach of the simulation of fertilizer spread patterns to non-flat-fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Abbou Ou Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chateauneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIGR-AgEng conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Aarhus, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of centrifugal spreaders tilt and side-tilt angles on fertilizer spreading: Potential use as control variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Abbou Ou Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chateauneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Machine Control &amp; Guidance MCG 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Vichy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CEMIB : CEmagref Mineral Bench</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotech's 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Montoldre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Épandage : état des lieux, recherches appliquées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotech's 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Montoldre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des performances des épandages des engrais de mélange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème rencontres Internationales de l'AFCOME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultural Tyre Energy Efficiency test method link with specific fuel consumption for measuring the efficiency of agricultural tyres under real conditions on tractors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Heritier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fancello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Szente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Land Technik AgEng 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Hannover, Germany. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de l'épandage centrifuge des engrais minéraux en vue de la compensation des effets du relief</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Abbou-Ou-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chateauneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotech's 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Montoldre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle d’épandage centrifuge et simulations de Monte Carlo pour l’étude de la répartition spatiale de l’engrais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ECOTECHS'2015 : Technologies d’épandage dans la fertilisation – Implications actuelles et futures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche en Sciences et Technologies pour l'Environnement et l'Agriculture (IRSTEA). FRA., Nov 2015, Montoldre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil compaction: Track induced soil stress isn’t so positive in comparison with tyre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VDI AgEng 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Hannovre, Germany. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00966876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les agroéquipements de demain au service de la croissance verte : fertilisation minérale et organique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIMA 2013, Table ronde SITMAFGR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Paris, France. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent technological developments in fertilizer spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spring scientific meeting 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Thurles, Ireland. pp.29-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New experimental method for measuring the energy efficiency of tyres in real condition on tractors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Fancello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Szente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Szalay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VDI AgEng 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Hannovre, Germany. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00968591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualité d'application des antilimaces en épandage centrifuge : état des lieux, limites et dernières innovations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Beurrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Crebassa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence sur les techniques d'application de produits de protection des plantes, AFPP- CIETAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Lyon, France. pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An efficient vision system to measure granule velocity and mass flow distribution in fertiliser centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 2nd International Conference on Image Processing Theory, Tools and Applications (IPTA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Paris, France. pp.543-548, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IPTA.2010.5586738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01843205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mineral spreader eco-design: method and real application examples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Leveillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Clochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgEng 2010, International Conference on Agricultural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Clermont-Ferrand, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00561420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact recording system to characterise centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Courreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgEng 2010 : International Conference on Agricultural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Clermont Ferrand, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00593701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass flow control for manure spreader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Venel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgEng 2010 : International Conference on Agricultural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Clermont Ferrand, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slug pellet spreading : the double-disc performances available with a single disc spreader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Beurrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Crebassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgEng 2010 : International Conference on Agricultural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Clermont Ferrand, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrifugal fertiliser spreading : velocity and mass flow distribution measurement by image processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgEng 2010 : International Conference on Agricultural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Clermont Ferrand, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00593702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CEMIB: an innovative bench for spreader eco-design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgEng 2010, International Conference on Agricultural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Clermont-Ferrand, France. 9 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00561549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spreader improvements and design : Methods can also be « eco »!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium ECOTECHS 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Clermont Ferrand, France. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An imaging system to characterise the mechanical behaviour of fertilisers in the context of centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Märtin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint International Agricultural Conference JIAC 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Wageningen, Netherlands. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un premier outil pour Eco-concevoir de nouvelles machines : le simulateur d'épandage pour minimiser les pollutions en intra-parcellaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Thirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Flanet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SIMA 2009 "Performances environnementales des agroéquipements. Quels outils pour l'évaluation et la conception des machines agricoles ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2009, Paris Villepinte, France. pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agrotechnologies towards Ecotechnologies the three pillars for developing Eco-design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chakroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Langevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Thirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33. CIOSTA - CIGR 5. Conference 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Reggio Calabria, Italy. p. 1859 - p. 1863</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00468744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de l'espace de Hough pour caractériser une projection centrifuge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Vilette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Märtin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cointault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du XXIIème colloque GRETSI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Dijon, France. pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux développements technologiques pour l'optimisation de l'usage des intrants agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Clochard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "Machines intelligentes pour une agriculture durable et compétitive", Paris-Villepinte, SIMA 2007, 6 mars 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux développements technologiques pour l'optimisation de l'usage des intrants agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de la fertilisation, Blois, 13 novembre 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of optimization techniques for an optimal fertilization by centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2006 IEEE/RSJ International Conference on Intelligent Robots and Systems, Beijing, CHN, 9-15 October 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CEMIB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on Centrifugal Fertiliser Spreading, Montoldre, October 25th 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial distribution measurement - a new method for the evaluation and testing of centrifugal spreaders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on centrifugal fertiliser spreading - from academic to applied research, Montoldre, October 24-25, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.L1-L6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An optimization-based Method for the reduction of fertilisers application errors by centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium of Centrifugal Fertiliser Spreading, Montoldre, 24-25 October 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.H1-H6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Optimization Techniques for an Optimal Fertilization by Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Beijing, China. pp.4399-4404, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2006.282018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of optimization methods for the minimization of fertilizer application error with centrifugal spreaders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO06 - 3rd International Conference on Informatics in Control, Automation and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Setubal, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of optimization methods for the minimization of fertilizer application error with centrifugal spreaders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICINCO 2006 3rd International Conference on Informatics in Control, Automation and Robotics, Setubal, Portugal, 1-5 August 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-line optimization of centrifugal spreaders for field applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Darniche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Leloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on centrifugal fertiliser spreading - from academic to applied research, Montoldre, October 24-25, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.N1-N6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization-Based Approach for a Better Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONTROLO'06 - 7th Portuguese Conference On Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrifugal (Fertiliser) Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tijskens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. van Liedekerke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. van Geyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cointault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CHoPS-05, Sorrento, USA, august 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimization of Fertilizer Application Error due to Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Engineering for a Better World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Bonn, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial optimization of fertilizer application by centrifugal spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Conférence STIC et Environnement 2006, Narbonne, France, 5-7 Avril 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D velocity measurement of fertiliser with an optical sensor : practical issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Grift</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on centrifugal fertiliser spreading - from academic to applied research, Montoldre, October 24-25, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.F1-F7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic comportment of a fertiliser flow accelerated by centrifugal principle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on Centrifugal Fertiliser Spreading, Montoldre, FRA, October 25th 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Optimization of Fertilizer Application by Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STIC06 - 4ème Conférence STIC et Environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Narbonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Optimization of Fertilizer Application by Centrifugal Spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Symposium on Centrifugal Fertiliser Spreading, ISCFS'05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Leuven, Belgium. pp.3-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial optimization of fertilizer application by a centrifugal spreader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Koko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berducat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International symposium on centrifugal fertiliser spreading, Leuven BEL, 15-16 sept 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'épandage des produits organiques - De la caractérisation des produits à la qualité d'épandage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rousselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Thirion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GEMAS-COMIFER, 7eme Rencontres de la fertilisation raisonnée et de l'analyse de terre, Blois, 15-16 Novembre 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.189-196</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les technologies de pointe appliquées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Mécanisation - s'équiper ensemble, FNCUMA, 22 novembre 2005, Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new method for the evaluation and testing of centrifugal fertiliser spreaders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Symposium on centrifugal fertiliser spreading, Leuven, BEL, 15-16 september 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wireless Technologies for Field Data Acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boffety</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rameau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EFITA 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Vila Real, Portugal. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrifugal fertiliser spreaders : a new method for their evaluation and testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Fertiliser Society, Proceedings n°556, London, GBR, 14th April 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epandage centrifuge. Simplifier l'obtention des réglages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête de la Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Montoldre, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateau de Recherche Technologique Pôle Epandage Environnement: une expertise, des compétences, des équipements au service de la recherche et de la R&D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête la science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Montoldre, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achieving uniform spread patterns on non-flat fields by the control of fertilizer spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Abbou-Ou-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chateauneuf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st AXEMA - EurAgEng Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Villepinte, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d’un distributeur centrifuge pour l’étude de la répartition spatiale de l’engrais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Rencontres de la Fertilisation Raisonnée et Analyse - COMIFER</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Lyon, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental evaluation of organic spreading machines: a spreading simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilys Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Thirion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Europe de la fertilisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2009, Rennes, France. pp.1, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de réglage d'un épandeur centrifuge de particules et épandeur centrifuge de particules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tien-Thinh Le</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : 3 109 054. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de distribution uniforme de matériaux granulaires dans les emplacements à l'inclinaison du sol différente au moyen d'un épandeur à rouleaux et épandeur à rouleaux associé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Abbou Ou Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Thullner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Stöcklin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: DE 10 2016 011 826. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif de mesure de la déformation d'un pneumatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Heritier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Abbou Ou Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR3062815. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procede de distribution uniforme d'un materiau sur des zones en pente au moyen d'un disperseur a disque et d'un disperseur de disque adapte a celui-ci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Abbou Ou Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Thullner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Stöcklin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: DE 10 2016 011 828. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de réglage d'une machine agricole d'épandage de particules, disposant de réglages, machine agricole d'épandage et programme d'ordinateur correspondants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Clochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2926437. 2009, pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epandeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP1797751. 2009, pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epandeur comportant une caisse à tapis mouvant, notamment pour produit organique de type fumier, et procédé pour contrôler le débit massique d'un produit à épandre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2894768. 2007, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif d'épandage centrifuge de produit pulvérulent ou granulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Clochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: EP1721502. 2006, pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de mesure de la répartition d'épandage pour épandeur de particules à épandre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2871885. 2006, pp.19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé d'optimisation et d'ajustement de l'épandage, machine d'épandage et programme d'ordinateurs correspondants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Leveillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2882496 - EP1695606. 2006, pp.50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé d'optimisation de l'épandage, machine d'épandage et programme d'ordinateur correspondants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Leveillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2882498 - EP1695605. 2005, pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de mesure de la répartition d'épandage pour épandeurs de particules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP1610112. 2005, pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif pour la transmission d'informations provenant d'au moins un capteur placé sur véhicule tel qu'une machine agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boffety</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Vigier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2860620 - EP1521219. 2005, pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif d'épandage centrifuge d'un produit pulvérulent ou granulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Clochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2885482. 2005, pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif de mesure du débit massique sur distributeur centrifuge de particules solides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sarrazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mercey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rousselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cointault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2827672. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributeur d'engrais solides en nappes et centrifuge - Protection de l'environnement : norme NF EN 13739-2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Kieffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, pp.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubrique Savoir-faire : Performances environnementales des machines d'épandage de produits minéraux et organiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.73-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimisation des hétérogénéités d'épandage d'engrais minéraux en tous points de la parcelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Virin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Darniche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Leloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intagrated farming - a tool for mapping fertiliser distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributeurs d'engrais minéraux - des innovations dictées par les grandes largeurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture raisonnée - un outil pour cartographier les nappes d'engrais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Miclet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du RECyclage du phosphore (P) à partir de biomasse résiduaire pour la production de fertilisants déchet-sourcés : potentialités techniques, Economiques et Environnementales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilys Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Aissani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Thiriet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2025, 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05020704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déterminants techniques et socio-économiques pour la substitution des engrais minéraux phosphatés par des MAFOR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilys Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandra Lenoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Livrable du projet RECYPEE. 2025, 107 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04885386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d'évaluation de l'épandeur EHV 20/13</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Desnoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2018, pp.45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d'essais. Evaluation de l'aptitude à l'épandage de granulés de fumier de volaille.TSCF/CEMOB/EP/EB/2015-005-V1-R1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Varion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2015, pp.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des performances des équipements de maîtrise des doses des matériels d’épandage de matière organique : rapport sur la méthodologie retenue pour l’évaluation des équipements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilys Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2014, pp.19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livrable T3b ECODEFI. &amp;quot;Logiciel de simulation d'épandage : Principe de fonctionnement, utilisation et résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Thirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Flanet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] irstea. 2009, pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecoulement des produits dans les épandeurs à fond mouvant (Mise en évidence des défauts longitudinaux d'épandage liés aux caractéristiques des machines et des produits - Ecoulement confiné et seuils critiques)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2005, pp.100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maid'Or : Outil de simulation pour l’évaluation des performances des équipements de maîtrise de dose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId277"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04841294v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien-Thinh Le" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Piron" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Miclet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Villette" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2024.109753" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848968v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02067177v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mehdi Abbou-Ou-Cherif" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Chateauneuf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2019.01.050" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608862v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T. Le" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Miclet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Heritier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chateauneuf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2018.02.022" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601353v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2017.03.023" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053096v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lenain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2017.09.006" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607291v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Abbou-Ou-Cherif" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lenain" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2017.07.004" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01735666v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Martin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gawain Jones" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2013.05.008" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZV90PMFK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599477v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pinet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599476v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01735733v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2011.11.003" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QRLWK3WD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596851v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Beurrier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01735825v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boilletot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-010-9192-3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MDD9RV1B-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592771v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vilette" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle G&#233;e" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bossu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jones" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840843v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bossu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448902v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cointault" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chopinet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Paindavoine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.2956835" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596801v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Virin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Koko" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martinet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berducat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207720802184758" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460958v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tijskens" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. van Liedekerke" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. van Geyte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591456v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chemineau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840790v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2007.12.001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0CD5RH82-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591454v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590051v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590053v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590079v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590081v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219313v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rioual" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2424647" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453753v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rioual" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590100v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588782v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Polveche" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Didelot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588916v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Grift" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kweon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Hofstee" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2006.08.006" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LW4KSFGD-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588915v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Vocoret" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588896v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587083v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587082v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840747v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2005.06.013" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T67HTZWL-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587080v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Landry" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Agnew" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lagu&#235;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roberge" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587572v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boffety" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582943v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582988v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sarrazin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848446v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848461v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Flageat" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848946v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03358478v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Reboud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chanet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Heritier," TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03576892v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel L&#233;veill&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwennvel Arribard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848953v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Miclet -Thinh" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien Le" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608483v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607245v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chanet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607248v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606493v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607244v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. de Freitas" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Leveill&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Juhel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603560v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Roux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Girault" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guiziou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605525v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Abbou Ou Cherif" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605524v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602466v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602462v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602460v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602467v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Miclet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fancello" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Szente" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602469v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741855v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Moreau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966876v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pinet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599474v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599473v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968591v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Fancello" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Szalay" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kocsis" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597696v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Crebassa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593701v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Martin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Courreau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561420v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Clochard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584990v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584967v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Venel" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01843205v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Martin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2010.5586738" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593702v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561549v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594386v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592773v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M&#228;rtin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592770v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Thirion" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Flanet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468744v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chakroun" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Langevin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thirion" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592772v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590091v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590074v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588811v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468382v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Virin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Koko" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinet" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Berducat" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2006.282018" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590107v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588901v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588813v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588810v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468330v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588914v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Darniche" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Leloup" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468379v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590108v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468370v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588812v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588913v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590106v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468218v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587562v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586793v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rousselet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467464v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586605v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586595v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586295v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Andr&#233;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Humbert" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rameau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586460v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607292v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607293v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607243v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Abbou-Ou-Cherif" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743457v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592812v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilys Pradel" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848901v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608939v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thullner" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. St&#246;cklin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608942v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608938v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592944v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592945v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587566v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590190v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590179v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590185v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590183v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vigier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590187v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590182v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588892v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608884v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mercey" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597695v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kieffer" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590381v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588900v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588898v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588894v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588897v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05020704v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Aissani" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thiriet" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Sauv&#233;e" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04885386v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Mazoyer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Freitas" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Lenoir" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608297v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Mazoyer" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Clement" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Desnoyer" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605219v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Varion" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601043v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592775v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588885v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600992v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04841294v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien-Thinh Le" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Piron" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Miclet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Villette" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2024.109753" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848968v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02067177v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mehdi Abbou-Ou-Cherif" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Chateauneuf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2019.01.050" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608862v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T. Le" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Miclet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Heritier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chateauneuf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2018.02.022" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601353v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2017.03.023" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053096v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lenain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2017.09.006" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607291v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Abbou-Ou-Cherif" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lenain" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2017.07.004" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01735666v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Martin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gawain Jones" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2013.05.008" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZV90PMFK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599477v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pinet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599476v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01735733v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2011.11.003" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QRLWK3WD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596851v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Beurrier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01735825v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boilletot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-010-9192-3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MDD9RV1B-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592771v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vilette" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle G&#233;e" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bossu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jones" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840843v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bossu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448902v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cointault" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chopinet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Paindavoine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.2956835" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596801v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Virin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Koko" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martinet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berducat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207720802184758" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591456v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chemineau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460958v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tijskens" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. van Liedekerke" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. van Geyte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840790v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2007.12.001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0CD5RH82-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591454v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590053v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590051v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590081v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590079v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219313v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rioual" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2424647" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453753v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rioual" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590100v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588782v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Polveche" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Didelot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588916v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Grift" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kweon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Hofstee" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2006.08.006" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LW4KSFGD-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588915v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Vocoret" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588896v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840747v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2005.06.013" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T67HTZWL-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587082v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587080v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Landry" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Agnew" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lagu&#235;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roberge" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587083v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587572v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boffety" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582943v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582988v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sarrazin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848461v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Flageat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848446v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03358478v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Reboud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chanet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Heritier," TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848946v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03576892v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel L&#233;veill&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwennvel Arribard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848953v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Miclet -Thinh" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien Le" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608483v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607248v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607245v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chanet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606493v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607244v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. de Freitas" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Leveill&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Juhel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603560v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Roux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Girault" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guiziou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605525v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Abbou Ou Cherif" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605524v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602462v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602466v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602460v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602467v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Miclet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fancello" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Szente" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602469v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741855v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Moreau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966876v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pinet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599474v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599473v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968591v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Fancello" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Szalay" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kocsis" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597696v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Crebassa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01843205v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Martin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2010.5586738" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561420v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Clochard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593701v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Martin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Courreau" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584967v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Venel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584990v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593702v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561549v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594386v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592773v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M&#228;rtin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592770v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Thirion" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Flanet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468744v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chakroun" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Langevin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thirion" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592772v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590091v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590074v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588811v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590107v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588901v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588813v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468382v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Virin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Koko" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Berducat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2006.282018" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468330v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588810v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588914v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Darniche" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Leloup" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468379v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590108v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468370v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588812v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588913v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590106v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02468218v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02467464v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586605v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586793v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rousselet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587562v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586595v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586295v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Andr&#233;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Humbert" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rameau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586460v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607293v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607292v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607243v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Abbou-Ou-Cherif" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743457v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592812v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilys Pradel" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848901v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608939v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thullner" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. St&#246;cklin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608942v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608938v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592944v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592945v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587566v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590190v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590179v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590185v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590187v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590182v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590183v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vigier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588892v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608884v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mercey" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597695v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kieffer" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590381v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588900v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588898v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588894v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588897v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05020704v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Aissani" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thiriet" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Sauv&#233;e" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04885386v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Mazoyer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Freitas" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Lenoir" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608297v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Mazoyer" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Clement" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Desnoyer" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605219v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Varion" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601043v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592775v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588885v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600992v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>