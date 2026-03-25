--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -322,261 +322,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01517796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weakly nonlinear analysis of Rayleigh–Bénard convection in shear-thinning fluids: nature of the bifurcation and pattern selection</w:t>
+                <w:t xml:space="preserve">Numerical study of subcritical Rayleigh–Bénard convection rolls in strongly shear-thinning Carreau fluids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Bouteraa</w:t>
+                <w:t xml:space="preserve">Mathieu Jenny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Plaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Nouar</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A. Kalck</w:t>
+                <w:t xml:space="preserve">Antoine Briard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/jfm.2015.64⟩</w:t>
+              <w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 219, pp.19 - 34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnnfm.2015.03.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02916086v1</w:t>
+                <w:t xml:space="preserve">hal-01417334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical study of subcritical Rayleigh–Bénard convection rolls in strongly shear-thinning Carreau fluids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Weakly nonlinear analysis of Rayleigh–Bénard convection in shear-thinning fluids: nature of the bifurcation and pattern selection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bouteraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Nouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Plaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Jenny</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Plaut</w:t>
+                <w:t xml:space="preserve">C. Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Briard</w:t>
+                <w:t xml:space="preserve">A. Kalck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 219, pp.19 - 34. </w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 767, pp.696-734. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnnfm.2015.03.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2015.64⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01417334v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetic water-bag model of global collisional drift waves and ion temperature gradient instabilities in cylindrical geometry</w:t>
               </w:r>
@@ -692,51 +692,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Plaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jenny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 67 (1), 8p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
@@ -782,51 +782,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and stability of annular sheared channel flows: effects of confinement, curvature and inertial forces - waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Plaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Lebranchu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -924,64 +924,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subcritical bifurcation of shear-thinning plane Poiseuille flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Chekila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Nouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Plaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Nemdili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2087,355 +2087,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03827507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Symmetry Breaking in Nonlinear Electroconvection of Nematic Liquid Crystals</w:t>
+                <w:t xml:space="preserve">Cascade of structures in the thermoconvection of a nematic in the director-dominated regime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Plaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Werner Decker</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">R Ribotta</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.79.2367⟩</w:t>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 38 (6), pp.441-446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1209/epl/i1997-00265-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03827472v1</w:t>
+                <w:t xml:space="preserve">hal-03828371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weakly nonlinear analysis of the secondary bimodal instability in planar nematic convection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Plaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Ribotta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 56 (3), pp.R2375-R2378. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevE.56.R2375⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03828239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cascade of structures in the thermoconvection of a nematic in the director-dominated regime</w:t>
+                <w:t xml:space="preserve">New Symmetry Breaking in Nonlinear Electroconvection of Nematic Liquid Crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Plaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Werner Decker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Ribotta</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Axel Rossberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenz Kramer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Werner Pesch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1209/epl/i1997-00265-7⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 79 (12), pp.2367-2370. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.79.2367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03828371v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03827472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical Characterization of the Director Field in a Distorted Nematic Layer</w:t>
               </w:r>
@@ -2447,51 +2447,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Plaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Joets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Ribotta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Physique III</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 7 (12), pp.2459-2474. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2645,256 +2645,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03118285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tests and development of improved k-epsilon models by comparison with recent channel flow DNS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Implementing the e^N method into OpenFOAM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Daniele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Stoevesand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Plaut</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">S. Heinz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iTi CONFERENCE ON TURBULENCE VIII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Bertinoro, Italy</w:t>
+              <w:t xml:space="preserve">6th Symposium on OpenFOAM in Wind Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Uppsala, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01940342v1</w:t>
+                <w:t xml:space="preserve">hal-01940373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementing the e^N method into OpenFOAM</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tests and development of improved k-epsilon models by comparison with recent channel flow DNS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Plaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gisselbrecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Bouville</w:t>
+                <w:t xml:space="preserve">Aboubakr Machrafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Daniele</w:t>
+                <w:t xml:space="preserve">Olivier Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Stoevesand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Plaut</w:t>
+                <w:t xml:space="preserve">S. Heinz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Symposium on OpenFOAM in Wind Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Uppsala, Sweden</w:t>
+              <w:t xml:space="preserve">iTi CONFERENCE ON TURBULENCE VIII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Bertinoro, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01940373v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Reynolds number K - epsilon model of turbulent pipe flows with standard wall laws: first quantitative results</w:t>
               </w:r>
@@ -2962,51 +2962,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Reynolds number K - epsilon model of turbulent pipe flows with standard wall laws: first quantitative results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gisselbrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Plaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3619,51 +3619,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708277v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Plaut" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Heinz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J060761" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01517796v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roland" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rif Nouar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2017.149" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916086v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouteraa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nouar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Plaut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. M&#233;tivier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kalck" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2015.64" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01417334v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jenny" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Briard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2015.03.002" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287079v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gravier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4799814" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287083v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Caron" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2012-30637-7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-M3BW7BJD-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023235v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lebranchu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jenny" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Serre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2010-10572-3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-91TLQ702-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01498811v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chekila" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nemdili" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2011.330" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03792139v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2010.06.011" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808114v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radostin D. Simitev" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Busse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112008000840" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-28MPK6FN-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814061v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.67.046303" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815702v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F H Busse" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0022112002008923" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-P6HTGPNL-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815707v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T. Gleeson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gheorghiu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e20020121" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815709v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dressel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joets" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pastur" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Pesch" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.88.024503" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815713v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Pesch" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.59.1747" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814037v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112004003180" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-K8180QJ5-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827525v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ribotta" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510050444" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-868Z8JG5-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827507v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510050445" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-NH7LW42B-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827472v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Decker" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Rossberg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz Kramer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.79.2367" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828239v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Ribotta" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.56.R2375" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828371v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ribotta" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i1997-00265-7" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-5RRV0WTG-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249732v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Joets" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1997105" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9BBF3D20DE04D822BEEEE16585E7E89C5EA7AFE8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118285v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940342v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gisselbrecht" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubakr Machrafi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Botella" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heinz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940373v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bouville" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Daniele" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Stoevesand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01449466v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gisselbrecht" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444681v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439913v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Bouteraa" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Kalck" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Metivier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422701v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390935v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362028v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lebranchu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708277v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Plaut" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Heinz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J060761" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01517796v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roland" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rif Nouar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2017.149" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01417334v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jenny" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Briard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2015.03.002" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916086v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouteraa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nouar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Plaut" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. M&#233;tivier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kalck" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2015.64" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287079v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gravier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4799814" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287083v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Caron" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2012-30637-7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-M3BW7BJD-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023235v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lebranchu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jenny" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Serre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2010-10572-3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-91TLQ702-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01498811v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chekila" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nemdili" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2011.330" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03792139v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2010.06.011" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808114v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radostin D. Simitev" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Busse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112008000840" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-28MPK6FN-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814061v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.67.046303" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815702v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F H Busse" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0022112002008923" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-P6HTGPNL-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815707v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T. Gleeson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gheorghiu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e20020121" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815709v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dressel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joets" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pastur" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Pesch" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.88.024503" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815713v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Pesch" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.59.1747" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814037v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112004003180" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-K8180QJ5-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827525v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ribotta" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510050444" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-868Z8JG5-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827507v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510050445" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-NH7LW42B-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828371v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ribotta" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i1997-00265-7" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-5RRV0WTG-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828239v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Ribotta" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.56.R2375" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827472v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Decker" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Rossberg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz Kramer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.79.2367" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249732v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Joets" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1997105" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9BBF3D20DE04D822BEEEE16585E7E89C5EA7AFE8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118285v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940373v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bouville" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Daniele" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Stoevesand" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940342v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gisselbrecht" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubakr Machrafi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Botella" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heinz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01449466v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gisselbrecht" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444681v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439913v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Bouteraa" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Kalck" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Metivier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422701v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390935v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362028v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lebranchu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>