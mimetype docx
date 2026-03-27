--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -785,226 +785,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01917568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THE AMPLIFICATION METHOD IN THE GL(3) HECKE ALGEBRA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sign of Fourier coefficients of modular forms of half integral weight</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuk-Kam Lau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roman Holowinsky</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Royer</w:t>
+                <w:t xml:space="preserve">Jie Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Publications Mathématiques de Besançon. Algèbre et Théorie des Nombres</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mathematika</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 62 (3), pp.866-883. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1112/S0025579316000103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01247675v1</w:t>
+                <w:t xml:space="preserve">hal-01167163v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sign of Fourier coefficients of modular forms of half integral weight</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yuk-Kam Lau</w:t>
+                <w:t xml:space="preserve">THE AMPLIFICATION METHOD IN THE GL(3) HECKE ALGEBRA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Holowinsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ricotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Royer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jie Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematika</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Publications Mathématiques de Besançon. Algèbre et Théorie des Nombres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.13-40</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01167163v2</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01247675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-vanishing and sign changes of Hecke eigenvalues for Siegel cusp forms of genus two (with an appendix)</w:t>
               </w:r>
@@ -1042,51 +1042,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jyoti Sengupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Ramanujan Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 39, pp.179-199. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1252,213 +1252,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02457459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sign changes in short intervals of coefficients of spinor Zeta function of a Siegel cusp form of genus 2</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Poisson structures and star products on quasimodular forms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Royer</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jie Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Number Theory</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Algebra &amp; Number Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8 (5), pp.1127-1149</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01093998v3</w:t>
+                <w:t xml:space="preserve">hal-00834222v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poisson structures and star products on quasimodular forms</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sign changes in short intervals of coefficients of spinor Zeta function of a Siegel cusp form of genus 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jyoti Sengupta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Algebra &amp; Number Theory</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Number Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (2), pp.327 - 339. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S1793042113500966⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00834222v2</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01093998v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quasimodular forms: an introduction</w:t>
               </w:r>
@@ -1794,51 +1794,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuk Kam Lau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Number Theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 130 (12), pp.2773-2802. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1967,51 +1967,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Special values of symmetric power $L$-functions and Hecke eigenvalues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Théorie des Nombres de Bordeaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 19 (3), pp.703 à 752</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2218,51 +2218,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taille des valeurs de fonctions L de carrés symétriques au bord de la bande critique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revista Matemática Iberoamericana</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 21 (1), pp.263--312. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2309,51 +2309,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taille des valeurs de fonctions L de carrés symétriquez au bord de la bande critique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revista Matemática Iberoamericana</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 21, pp.263-312</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2842,51 +2842,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jianya Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anatomy of integers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2006, Montréal, Canada. pp.217--245</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2969,51 +2969,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jianya Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Marie de Koninck, Andrew Granville et Florian Luca. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anatomy of integers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRM, pp.217 à 245, 2008, CRM Proceedings and Lecture Notes 46</w:t>
@@ -3663,51 +3663,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guangshi Lü</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4072,51 +4072,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993373v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuk-Kam Lau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Ho Ng" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Royer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingnan Wang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/rmi/1238" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673663v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youngju Choie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dumas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Martin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmath.193" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455246v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ricotta" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Shparlinski" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280172v3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-J Jiang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-K Lau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.-S L&#252;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00209-018-2191-1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455805v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Holowinsky" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Nowland" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917568v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/CMH/442" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247675v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Holowinsky" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167163v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Wu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0025579316000103" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278962v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Kowalski" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Saha" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jyoti Sengupta" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11139-014-9667-3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457480v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457459v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093998v3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1793042113500966" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00834222v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247686v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565894v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Habsieger" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1793042111005106" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138457v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288656v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565895v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuk Kam Lau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnt.2010.04.009" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009145v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092031v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012320v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1793042107000924" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008577v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Leli&#232;vre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/IMRN/2006/42151" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138559v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/RMI/423" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097054v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138563v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.2076" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138544v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-9593(03)00024-7" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138543v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002080100244" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8NRCJ3FV-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138540v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4064/aa99-2-3" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138538v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097125v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianya Liu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022853v3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138566v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138564v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smf.emath.fr/publications/formes-modulaires-et-periodes" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004028v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132126v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Darses" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berend Ringeling" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735930v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132764v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280194v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujiao Jiang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangshi L&#252;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009286v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00001437v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993373v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuk-Kam Lau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Ho Ng" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Royer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingnan Wang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/rmi/1238" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673663v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youngju Choie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dumas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Martin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmath.193" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455246v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ricotta" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Shparlinski" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280172v3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-J Jiang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-K Lau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.-S L&#252;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00209-018-2191-1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455805v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Holowinsky" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Nowland" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917568v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/CMH/442" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167163v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Wu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0025579316000103" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247675v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Holowinsky" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278962v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Kowalski" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Saha" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jyoti Sengupta" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11139-014-9667-3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457480v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457459v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00834222v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093998v3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1793042113500966" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247686v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565894v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Habsieger" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1793042111005106" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138457v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288656v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565895v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuk Kam Lau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnt.2010.04.009" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009145v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092031v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012320v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1793042107000924" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008577v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Leli&#232;vre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/IMRN/2006/42151" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138559v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/RMI/423" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097054v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138563v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.2076" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138544v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-9593(03)00024-7" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138543v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002080100244" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8NRCJ3FV-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138540v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4064/aa99-2-3" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138538v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097125v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianya Liu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022853v3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138566v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138564v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smf.emath.fr/publications/formes-modulaires-et-periodes" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004028v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132126v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Darses" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berend Ringeling" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735930v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132764v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280194v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujiao Jiang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangshi L&#252;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009286v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00001437v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>