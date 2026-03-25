--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Emmanuel Salim </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de Conférences - ISTHIA CERTOP - UT2J</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emmanuel-salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4182-9395</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">267249578</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Salim travaille sur les relations humain-environnement. Il s'intéresse plus particulièrement à l'impact du changement climatique sur le tourisme et les activités récréatives de montagne. Ses travaux portent notamment sur l'adaptation des opérateurs touristiques et l'évolution du comportement des visiteurs face aux transformations environnementales. Ses dernières recherches portent sur les stratégies de réduction des gaz à effet de serre (GES) et à la décroissance dans le secteur du tourisme et sur le rôle de la transdisciplinarité dans cette dynamique.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourning the death of glaciers: alpinists' relationships with these more-than-human entities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Glaciology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 67 (e11), pp.1-8. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/aog.2026.10038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05518963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melting glaciers as symbols of tourism paradoxes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Varnajot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Carey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Gagné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gijsbert Hoogendoorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Climate Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 16 (2), pp.106-108. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41558-025-02544-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05504455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When motivation follows the climate: Changing mountain environment influences motive constructs of recreational alpinists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célian Gruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Sacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brooklyn Rushton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katherine Hanly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Tourism Research Empirical Insights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 6 (1), pp.100175. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.annale.2025.100175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05023194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systems thinking to adapt tourism to climate change: Application to summer glacier skiing in Switzerland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ephraim Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fragnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Kebir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Tourism Research Empirical Insights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 6 (1), pp.100172. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.annale.2025.100172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04988414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Summer Glacier Skiing Amid Climate Change: What Does Production Transformation Mean For Sustainability?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Ephraim Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fragnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Kebir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eunomia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2 (198), pp.27-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04789645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The hauntology of climate change: glacier retreat and dark tourism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Varnajot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tourism Geographies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-18. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14616688.2024.2328607⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04509282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naviguer parmi les spectres, réflexions autour d’une visite au glacier canadien Athabasca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12hzr⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04745366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gletschertourismus ohne Eis? Die Transformation und Positionierung von alpinen Gletschertourismus-Standorten in Zeiten des Klimawandels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Sacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Böhme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Eckert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift für Tourismuswissenschaft</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/tw-2024-0006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04572125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflexive Mountain Tourism in the Anthropocene Era: Discussion on the Montenvers Rehabilitation Project, Chamonix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalpana Nesur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes du tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11yp4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04639641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tourisme réflexif en montagne à l'heure de l'Anthropocène : discussion autour du projet de réhabilitation du Montenvers, Chamonix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalpana Nesur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes du tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tourisme.6123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04218416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glacier tourism without ice: Envisioning future adaptations in a melting world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Human Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fhumd.2023.1137551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04037102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climbing the Alps in a warming world: Perspective of climate change impacts on high mountain areas influences alpinists' behavioural adaptations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mourey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Crépeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Outdoor Recreation and Tourism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 44, pp.100662. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jort.2023.100662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04209350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate and carbon risk of tourism in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Steiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cenk Demiroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sustainable Tourism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09669582.2022.2163653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03932019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmettre le savoir scientifique sur les glaciers au grand public : rôle des centres d’interprétation glaciaire dans les stratégies de diversification touristique en montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalpana Nesur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 110-1, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rga.10113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03681345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visiter les glaciers, une forme de géotourisme ? Les cas du Montenvers (Mer de Glace, France) et de Jökulsárlón (Breiðamerkurjökull, Islande)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Welling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géo-Regards : Revue Neuchâteloise de Géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33055/GeoRegards.2021.014.01.139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03640033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does witnessing the effects of climate change on glacial landscapes increase pro-environmental behaviour intentions? An empirical study of a last-chance destination.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Issues in Tourism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1 - 19. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13683500.2022.2044291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03593505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visitors’ motivations to engage in glacier tourism in the European Alps: comparison of six sites in France, Switzerland, and Austria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Sacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sustainable Tourism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-21. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09669582.2022.2044833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03602585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seeing the Ice. An Overview of Alpine Glacier Tourism Sites, Between Post-and Hyper-Modernity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 109 (4), </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rga.8383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03209091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glacier tourism and climate change: effects, adaptations, and perspectives in the Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bourdeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Environmental Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (4), </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10113-021-01849-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03418232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eis sehen. Ein Überblick alpiner Gletschertourismusorte, zwischen Post-und Hypermodernität</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 109 (4), </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rga.8384⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03209095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voir la glace. Tour d'horizon des sites touristiques glaciaires alpins, entre post-et hyper-modernités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 109 (4), </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rga.8358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03209089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A history of tourism at the Mer de Glace: Adaptations of glacier tourism to glacier fluctuations since 1741</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Mabboux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mountain Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (8), pp.1977-1994. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11629-021-6723-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03315933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aesthetic perceptions of the landscape of a shrinking glacier: Evidence from the Mont Blanc massif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Outdoor Recreation and Tourism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 35, pp.100411. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jort.2021.100411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03283577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review of melting ice adaptation strategies in the glacier tourism context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scandinavian Journal of Hospitality and Tourism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-18. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15022250.2021.1879670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03132020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Last chance to see the ice: visitor motivation at Montenvers-Mer-de-Glace, French Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tourism Geographies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.1-23. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14616688.2020.1833971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02986339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les guides de haute montagne face aux effets du changement climatique. Quelles perceptions et stratégies d'adaptation au pied du Mont Blanc ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mourey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Picco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 107 (4), </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rga.5842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02435167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiquer la haute montagne en réchauffement, transformations des perceptions et représentations des touristes et des alpinistes amateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 49e Congrès des Sociétés Savantes de Savoie 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amis du Vieux Chamonix, Oct 2024, Chamonix, France. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rga.10113.⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05103932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change impacts on recreational alpinist behaviour in European Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célian Gruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05271351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorial Approach to Crisis Management: The Case of Tourist Destinations Facing the Challenges of Energy and Climate Crises in France and Switzerland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Randolf Ramseyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fragnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Kebir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05271352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The May 2025 rock ice avalanche of Blatten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lambiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">György Hetényi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Robson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Magnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Moutain Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05375115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journal of Alpine Research | Revue de géographie alpine: A Century of Mountain Research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universitaat Innsbruck, Sep 2025, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05271349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Summer glacier skiing: A systemic approach to climate change adaptation in Switzerland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Ephraim Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fragnière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate Chance Tourism and Recreation conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CCTR, Apr 2024, Kamloops, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADAPTATION OF SUMMER GLACIER SKI DESTINATIONS TO CLIMATE CHANGE: A SYSTEMIC APPROACH IN SAAS-FEE AND ZERMATT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Ephraim Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fragnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Kebir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERSA 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ERSA, Aug 2024, Terceira Island, Azores, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change impacts on motivations, perceptions and adaptation of recreational alpinists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Crepeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mourey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Sacher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate Change Tourism and Recreation conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CCTR, Apr 2024, Kamloops, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate tourism: Reflecting on scientific knowledge during vacation, the example of glacier tourism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Biennial European Society for Environmental History (ESEH) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universitat Bern, Aug 2023, Berne (Suisse), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04187635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overcoming the digital skills gap: Example from the University of Lausanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital skills and cross-domains entrepreneurship for societal transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universitat Autonoma de Barcelona, Nov 2023, Barcelona (ES), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04278638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnerability and adaptation strategies of summer ski in Zermatt & Saas-Fee, Switzerland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Ephraim Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fragnière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AsiaEuro 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTHIA Université Toulouse Jean-jaurès; Taylor University, Nov 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04305939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change adaptation: bringing together social and environmental science for mountain tourism and recreation adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Berard-Chenu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Geographical Society with IBG annual conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RGS-IBG, Aug 2023, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04196729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of glacier tourism to climate change: a regional economic perspective.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Kebir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERSA 2023 62th Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Regional Science Association, Aug 2023, Alicante, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04192256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teaching (with) digital tools. Barriers to the integration of digital technologies. Findings from the DIGI-SOC project.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artur Ochjoski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Kebir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERSA Winter Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ERSA, Mar 2023, Donovaly, Slovakia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04266987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflexive tourism, rethinking the tourist experience for transformative changes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AsiaEuro 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTHIA Université Toulouse Jean-Jaurès; Taylor University, Nov 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04305952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceptions du changement climatique par les alpinistes amateurs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assises de la recherche sur les pratiques récréa-sportives en nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERMOSEM, Nov 2023, Mirabel 07170, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04299134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change and glacier tourism: production transformation thought regional economic perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Kebir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53rd Annual Travel and Tourism Research Association (TTRA 2023 )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TTRA Europe, Apr 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04130698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Lifeblood Of Summer Skiing Is Melting Away: Perceived Vulnerabilities And Adaptation Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Ephraim Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fragnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Kebir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">III International RESER Conference. Sierre 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HES-SO Valais-Wallis, Dec 2023, Sierre, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04346428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitigation strategies of endangered destinations: A research project to identify barriers and levers that can be activated</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate Change Tourism and Recreation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Online, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transdisciplinary approach to respond to sustainability challenges in mountains: the experience of the Perce-Neige collective in Gresse-en-Vercors, French Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enora Bruley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Pachoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Grosinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Crépeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Session: Glacier tourism and Climate change: past present and future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tourism in the great alpine glacial sites: perceptions and adaptations to the evolution of the landscape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Session Impacts du changement climatique sur les socio-écosystèmes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Charbit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Berard-Chenu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climat et impacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mountain Tourism, Conflict and Resilience in the Anthropocene: What Role for Community Engagement through Transdisciplinary approach?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enora Bruley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Pachoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IGU 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions entre recherche scientifique et société montagnardes, analyse réflexive autour de trois projets de recherche menés dans les Alpes françaises et suisses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Crépeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mourey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encore une transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mountain Tourism, Conflict and Resilience in the Anthropocene: What Role for Community Engagement through Transdisciplinary approach?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enora Bruley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Cognard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Duvillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UGI-IGU Paris 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03930541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring impacts of vanishing glaciers on pro-environmental behaviour intentions: quantitative approach regarding emotional influences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CAUTHE 2021: 'Transformations in Uncertain times: Future perfect in tourism, hospitality and events’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CAUTHE, Feb 2021, Online, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03142562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the impacts of climate change on high mountain practices: the case of the Mont Blanc massif through an interdisciplinary approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mourey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Duvillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Cathala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Online, France. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-1729⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03260722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of endangered destinations in climate change education: exploratory perspectives in the glacier tourism context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Swiss Geoscience Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03453485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glacier interpretation centre in climate change education : objectives of local stake holders and strategy of scientific mediation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalpana Nesur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Swiss Geoscience Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Geneve, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03453482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is Climate Change Driving People to the Ice? A Case Study from Montenvers Mer de Glace, French Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CAUTHE 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CAUTHE, Feb 2020, Auckland, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02503442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decrease of a natural resource : Evolution of glacier tourism in a context of climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Innsbruck University, Sep 2019, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02435180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards decarbonisation plans for ski tourism: examples from the Swiss and French Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Loloum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouk Bonnemains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ante Mandić; Anna Spenceley; David A. Fennell. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook on Managing Nature-Based Tourism Destinations Amid Climate Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Elgar Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.136-149, 2024, Research Handbooks in Tourism, 9781035311248. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781035311255.00015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contextualising the Digital Skills</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Rafaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Rehák</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Kebir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook on digital skills and cross-domain entrepreneurial competences for societal challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogucki Wydawnictwo Naukowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.107-119, 2023, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12657/978-83-7986-490-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04445713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contextualising the Entrepreneurial Competences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giampaolo Campana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Rafaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Rehák</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Sebastião</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook on digital skills and cross-domain entrepreneurial competences for societal challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogucki Wydawnictwo Naukowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.120-146, 2023, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12657/978-83-7986-490-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04445730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mastering the digital skills: The International Interdisciplinary Students’ Week</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Kebir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artur Ochojski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Polko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook on digital skills and cross-domain entrepreneurial competences for societal challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogucki Wydawnictwo Naukowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.210-229, 2023, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12657/978-83-7986-490-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04445718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glacier tourism and climate change in Switzerland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Niche Tourism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.14-24, 2022, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781839100185.00010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tourism in the great alpine glacial sites: perceptions and adaptations to landscape change.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Savoie Mont blanc, 2021. Français. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03710261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tourisme dans les grands sites glaciaires alpins : perceptions et adaptations à l'évolution des paysages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Savoie Mont Blanc, 2021. Français. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2021CHAMA039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03975483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mountain tourism stakeholders facing the climate, energy and decarbonisation challenges, perspectives and adaptations in the French Pyrenees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Marzorati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Varnajot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Randolf Ramseyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SOS4CC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Bolzano, Italy. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05245475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpine glacier tourism: behaviour, management and perception adaptation to climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IGU 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médiadapt - Adapter les sites touristiques glaciaires au changement climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du Labex ITTEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Autrans Meaudre en Vercors, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05417525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tourisme dans les grands sites glaciaires alpins : Perceptions et adaptations à l’évolution des paysages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du Labex ITTEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Autrans Meaudre en Vercors, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05417565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tourisme dans les grands sites touristiques glaciaires alpins: Perception et adaptation à l'évolution des paysages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de restitution du LabexItem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02435209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decrease of a natural resource: Evolution of glacier tourism in a context of climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02435198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Climate Change is Driving Adaptation of the Glacier Tourism Destinations: A Synthetic state of knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02435216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId177"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Emmanuel Salim </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de Conférences - ISTHIA CERTOP - UT2J</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emmanuel-salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4182-9395</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">267249578</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Salim travaille sur les relations humain-environnement. Il s'intéresse plus particulièrement à l'impact du changement climatique sur le tourisme et les activités récréatives de montagne. Ses travaux portent notamment sur l'adaptation des opérateurs touristiques et l'évolution du comportement des visiteurs face aux transformations environnementales. Ses dernières recherches portent sur les stratégies de réduction des gaz à effet de serre (GES) et à la décroissance dans le secteur du tourisme et sur le rôle de la transdisciplinarité dans cette dynamique.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melting glaciers as symbols of tourism paradoxes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Varnajot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Carey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Gagné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gijsbert Hoogendoorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Climate Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 16 (2), pp.106-108. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41558-025-02544-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05504455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourning the death of glaciers: alpinists' relationships with these more-than-human entities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Glaciology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 67 (e11), pp.1-8. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/aog.2026.10038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05518963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When motivation follows the climate: Changing mountain environment influences motive constructs of recreational alpinists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célian Gruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Sacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brooklyn Rushton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katherine Hanly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Tourism Research Empirical Insights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 6 (1), pp.100175. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.annale.2025.100175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05023194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systems thinking to adapt tourism to climate change: Application to summer glacier skiing in Switzerland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ephraim Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fragnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Kebir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Tourism Research Empirical Insights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 6 (1), pp.100172. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.annale.2025.100172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04988414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Summer Glacier Skiing Amid Climate Change: What Does Production Transformation Mean For Sustainability?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Ephraim Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fragnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Kebir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eunomia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2 (198), pp.27-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04789645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gletschertourismus ohne Eis? Die Transformation und Positionierung von alpinen Gletschertourismus-Standorten in Zeiten des Klimawandels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Sacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Böhme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Eckert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift für Tourismuswissenschaft</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/tw-2024-0006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04572125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The hauntology of climate change: glacier retreat and dark tourism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Varnajot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tourism Geographies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-18. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14616688.2024.2328607⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04509282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naviguer parmi les spectres, réflexions autour d’une visite au glacier canadien Athabasca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12hzr⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04745366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tourisme réflexif en montagne à l'heure de l'Anthropocène : discussion autour du projet de réhabilitation du Montenvers, Chamonix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalpana Nesur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes du tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tourisme.6123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04218416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glacier tourism without ice: Envisioning future adaptations in a melting world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Human Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fhumd.2023.1137551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04037102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climbing the Alps in a warming world: Perspective of climate change impacts on high mountain areas influences alpinists' behavioural adaptations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mourey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Crépeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Outdoor Recreation and Tourism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 44, pp.100662. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jort.2023.100662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04209350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate and carbon risk of tourism in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Steiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cenk Demiroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sustainable Tourism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09669582.2022.2163653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03932019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflexive Mountain Tourism in the Anthropocene Era: Discussion on the Montenvers Rehabilitation Project, Chamonix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalpana Nesur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes du tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11yp4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04639641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmettre le savoir scientifique sur les glaciers au grand public : rôle des centres d’interprétation glaciaire dans les stratégies de diversification touristique en montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalpana Nesur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 110-1, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rga.10113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03681345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visiter les glaciers, une forme de géotourisme ? Les cas du Montenvers (Mer de Glace, France) et de Jökulsárlón (Breiðamerkurjökull, Islande)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Welling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géo-Regards : Revue Neuchâteloise de Géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33055/GeoRegards.2021.014.01.139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03640033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does witnessing the effects of climate change on glacial landscapes increase pro-environmental behaviour intentions? An empirical study of a last-chance destination.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Issues in Tourism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1 - 19. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13683500.2022.2044291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03593505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visitors’ motivations to engage in glacier tourism in the European Alps: comparison of six sites in France, Switzerland, and Austria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Sacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sustainable Tourism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-21. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09669582.2022.2044833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03602585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eis sehen. Ein Überblick alpiner Gletschertourismusorte, zwischen Post-und Hypermodernität</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 109 (4), </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rga.8384⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03209095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A history of tourism at the Mer de Glace: Adaptations of glacier tourism to glacier fluctuations since 1741</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Mabboux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mountain Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (8), pp.1977-1994. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11629-021-6723-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03315933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voir la glace. Tour d'horizon des sites touristiques glaciaires alpins, entre post-et hyper-modernités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 109 (4), </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rga.8358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03209089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aesthetic perceptions of the landscape of a shrinking glacier: Evidence from the Mont Blanc massif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Outdoor Recreation and Tourism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 35, pp.100411. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jort.2021.100411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03283577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review of melting ice adaptation strategies in the glacier tourism context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scandinavian Journal of Hospitality and Tourism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-18. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15022250.2021.1879670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03132020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glacier tourism and climate change: effects, adaptations, and perspectives in the Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bourdeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Environmental Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (4), </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10113-021-01849-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03418232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seeing the Ice. An Overview of Alpine Glacier Tourism Sites, Between Post-and Hyper-Modernity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 109 (4), </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rga.8383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03209091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Last chance to see the ice: visitor motivation at Montenvers-Mer-de-Glace, French Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tourism Geographies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.1-23. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14616688.2020.1833971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02986339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les guides de haute montagne face aux effets du changement climatique. Quelles perceptions et stratégies d'adaptation au pied du Mont Blanc ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mourey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Picco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 107 (4), </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rga.5842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02435167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiquer la haute montagne en réchauffement, transformations des perceptions et représentations des touristes et des alpinistes amateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 49e Congrès des Sociétés Savantes de Savoie 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amis du Vieux Chamonix, Oct 2024, Chamonix, France. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rga.10113.⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05103932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change impacts on recreational alpinist behaviour in European Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célian Gruet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05271351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorial Approach to Crisis Management: The Case of Tourist Destinations Facing the Challenges of Energy and Climate Crises in France and Switzerland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Randolf Ramseyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fragnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Kebir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05271352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The May 2025 rock ice avalanche of Blatten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lambiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">György Hetényi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Robson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Magnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Moutain Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05375115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journal of Alpine Research | Revue de géographie alpine: A Century of Mountain Research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universitaat Innsbruck, Sep 2025, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05271349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Summer glacier skiing: A systemic approach to climate change adaptation in Switzerland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Ephraim Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fragnière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate Chance Tourism and Recreation conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CCTR, Apr 2024, Kamloops, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADAPTATION OF SUMMER GLACIER SKI DESTINATIONS TO CLIMATE CHANGE: A SYSTEMIC APPROACH IN SAAS-FEE AND ZERMATT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Ephraim Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fragnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Kebir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERSA 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ERSA, Aug 2024, Terceira Island, Azores, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change impacts on motivations, perceptions and adaptation of recreational alpinists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Crepeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mourey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Sacher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate Change Tourism and Recreation conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CCTR, Apr 2024, Kamloops, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change adaptation: bringing together social and environmental science for mountain tourism and recreation adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Berard-Chenu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Geographical Society with IBG annual conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RGS-IBG, Aug 2023, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04196729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of glacier tourism to climate change: a regional economic perspective.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Kebir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERSA 2023 62th Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Regional Science Association, Aug 2023, Alicante, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04192256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teaching (with) digital tools. Barriers to the integration of digital technologies. Findings from the DIGI-SOC project.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artur Ochjoski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Kebir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERSA Winter Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ERSA, Mar 2023, Donovaly, Slovakia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04266987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflexive tourism, rethinking the tourist experience for transformative changes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AsiaEuro 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTHIA Université Toulouse Jean-Jaurès; Taylor University, Nov 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04305952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceptions du changement climatique par les alpinistes amateurs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assises de la recherche sur les pratiques récréa-sportives en nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERMOSEM, Nov 2023, Mirabel 07170, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04299134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change and glacier tourism: production transformation thought regional economic perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Kebir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53rd Annual Travel and Tourism Research Association (TTRA 2023 )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TTRA Europe, Apr 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04130698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Lifeblood Of Summer Skiing Is Melting Away: Perceived Vulnerabilities And Adaptation Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Ephraim Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fragnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Kebir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">III International RESER Conference. Sierre 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HES-SO Valais-Wallis, Dec 2023, Sierre, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04346428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate tourism: Reflecting on scientific knowledge during vacation, the example of glacier tourism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Biennial European Society for Environmental History (ESEH) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universitat Bern, Aug 2023, Berne (Suisse), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04187635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnerability and adaptation strategies of summer ski in Zermatt & Saas-Fee, Switzerland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Ephraim Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fragnière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AsiaEuro 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTHIA Université Toulouse Jean-jaurès; Taylor University, Nov 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04305939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overcoming the digital skills gap: Example from the University of Lausanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital skills and cross-domains entrepreneurship for societal transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universitat Autonoma de Barcelona, Nov 2023, Barcelona (ES), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04278638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitigation strategies of endangered destinations: A research project to identify barriers and levers that can be activated</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate Change Tourism and Recreation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Online, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tourism in the great alpine glacial sites: perceptions and adaptations to the evolution of the landscape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Session Impacts du changement climatique sur les socio-écosystèmes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Charbit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Berard-Chenu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climat et impacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Session: Glacier tourism and Climate change: past present and future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mountain Tourism, Conflict and Resilience in the Anthropocene: What Role for Community Engagement through Transdisciplinary approach?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enora Bruley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Pachoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IGU 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions entre recherche scientifique et société montagnardes, analyse réflexive autour de trois projets de recherche menés dans les Alpes françaises et suisses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Crépeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mourey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encore une transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mountain Tourism, Conflict and Resilience in the Anthropocene: What Role for Community Engagement through Transdisciplinary approach?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enora Bruley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Cognard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Duvillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UGI-IGU Paris 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03930541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring impacts of vanishing glaciers on pro-environmental behaviour intentions: quantitative approach regarding emotional influences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CAUTHE 2021: 'Transformations in Uncertain times: Future perfect in tourism, hospitality and events’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CAUTHE, Feb 2021, Online, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03142562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of endangered destinations in climate change education: exploratory perspectives in the glacier tourism context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Swiss Geoscience Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03453485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the impacts of climate change on high mountain practices: the case of the Mont Blanc massif through an interdisciplinary approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mourey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Duvillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Cathala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Online, France. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-1729⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03260722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glacier interpretation centre in climate change education : objectives of local stake holders and strategy of scientific mediation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalpana Nesur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Swiss Geoscience Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Geneve, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03453482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is Climate Change Driving People to the Ice? A Case Study from Montenvers Mer de Glace, French Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CAUTHE 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CAUTHE, Feb 2020, Auckland, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02503442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decrease of a natural resource : Evolution of glacier tourism in a context of climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Innsbruck University, Sep 2019, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02435180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards decarbonisation plans for ski tourism: examples from the Swiss and French Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Loloum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouk Bonnemains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ante Mandić; Anna Spenceley; David A. Fennell. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook on Managing Nature-Based Tourism Destinations Amid Climate Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Elgar Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.136-149, 2024, Research Handbooks in Tourism, 9781035311248. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781035311255.00015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contextualising the Digital Skills</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Rafaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Rehák</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Kebir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook on digital skills and cross-domain entrepreneurial competences for societal challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogucki Wydawnictwo Naukowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.107-119, 2023, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12657/978-83-7986-490-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04445713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contextualising the Entrepreneurial Competences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giampaolo Campana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Rafaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Rehák</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Sebastião</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook on digital skills and cross-domain entrepreneurial competences for societal challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogucki Wydawnictwo Naukowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.120-146, 2023, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12657/978-83-7986-490-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04445730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mastering the digital skills: The International Interdisciplinary Students’ Week</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Kebir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artur Ochojski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Polko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook on digital skills and cross-domain entrepreneurial competences for societal challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogucki Wydawnictwo Naukowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.210-229, 2023, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12657/978-83-7986-490-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04445718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glacier tourism and climate change in Switzerland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Niche Tourism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.14-24, 2022, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781839100185.00010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tourism in the great alpine glacial sites: perceptions and adaptations to landscape change.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Savoie Mont blanc, 2021. Français. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03710261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tourisme dans les grands sites glaciaires alpins : perceptions et adaptations à l'évolution des paysages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Savoie Mont Blanc, 2021. Français. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2021CHAMA039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03975483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mountain tourism stakeholders facing the climate, energy and decarbonisation challenges, perspectives and adaptations in the French Pyrenees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Marzorati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Varnajot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Randolf Ramseyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SOS4CC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Bolzano, Italy. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05245475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpine glacier tourism: behaviour, management and perception adaptation to climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IGU 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tourisme dans les grands sites glaciaires alpins : Perceptions et adaptations à l’évolution des paysages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du Labex ITTEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Autrans Meaudre en Vercors, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05417565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médiadapt - Adapter les sites touristiques glaciaires au changement climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du Labex ITTEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Autrans Meaudre en Vercors, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05417525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tourisme dans les grands sites touristiques glaciaires alpins: Perception et adaptation à l'évolution des paysages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de restitution du LabexItem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02435209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decrease of a natural resource: Evolution of glacier tourism in a context of climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02435198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Climate Change is Driving Adaptation of the Glacier Tourism Destinations: A Synthetic state of knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mountain Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02435216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId175"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="367B0473"/>
+    <w:nsid w:val="6096F142"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emmanuel-salim" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4182-9395" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/267249578" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518963v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Salim" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/aog.2026.10038" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504455v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Varnajot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Carey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gagn&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gijsbert Hoogendoorn" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41558-025-02544-2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05023194v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lian Gruet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Sacher" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brooklyn Rushton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Hanly" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annale.2025.100175" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04988414v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ephraim Gerber" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Fournier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fragni&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Kebir" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annale.2025.100172" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04789645v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Ephraim Gerber" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Kebir" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04509282v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14616688.2024.2328607" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04745366v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hzr" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04572125v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Mayer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc B&#246;hme" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Eckert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/tw-2024-0006" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04639641v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Girault" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalpana Nesur" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11yp4" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04218416v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.6123" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04037102v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fhumd.2023.1137551" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209350v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mourey" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Cr&#233;peau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ravanel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jort.2023.100662" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03932019v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Steiger" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cenk Demiroglu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pons" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09669582.2022.2163653" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681345v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.10113" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640033v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bussard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Welling" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33055/GeoRegards.2021.014.01.139" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593505v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Deline" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13683500.2022.2044291" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602585v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09669582.2022.2044833" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03209091v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gauchon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.8383" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03418232v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bourdeau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-021-01849-0" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03209095v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.8384" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03209089v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.8358" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03315933v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mabboux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11629-021-6723-5" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03283577v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jort.2021.100411" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03132020v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15022250.2021.1879670" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02986339v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14616688.2020.1833971" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435167v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Picco" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.5842" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05103932v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.10113." TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271351v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271352v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randolf Ramseyer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375115v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lambiel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gy&#246;rgy Het&#233;nyi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Robson" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Magnin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271349v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560734v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683507v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560743v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Crepeau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04187635v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04278638v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04305939v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04196729v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Berard-Chenu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04192256v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04266987v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Ochjoski" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04305952v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04299134v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04130698v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04346428v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945050v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199960v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Bruley" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pachoud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Grosinger" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945037v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945066v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945083v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Charbit" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945057v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945075v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930541v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cognard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Duvillier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Grison" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03142562v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260722v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Duvillard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Cathala" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-1729" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03453485v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03453482v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02503442v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435180v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667777v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Loloum" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Bonnemains" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elgaronline.com/edcollchap/book/9781035311255/book-part-9781035311255-15.xml" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781035311255.00015" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04445713v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Rafaj" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Reh&#225;k" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bogucki.home.pl/repozytorium/9788379864904/978-83-7986-490-4.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12657/978-83-7986-490-4" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04445730v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampaolo Campana" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Sebasti&#227;o" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04445718v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Baron" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Ochojski" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Polko" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945104v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781839100185.00010" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03710261v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03975483v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021CHAMA039" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245475v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Marzorati" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien David" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945062v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417525v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417565v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435209v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435198v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435216v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emmanuel-salim" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4182-9395" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/267249578" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504455v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Salim" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Varnajot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Carey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gagn&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gijsbert Hoogendoorn" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41558-025-02544-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518963v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/aog.2026.10038" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05023194v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lian Gruet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Sacher" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brooklyn Rushton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Hanly" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annale.2025.100175" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04988414v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ephraim Gerber" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Fournier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fragni&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Kebir" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annale.2025.100172" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04789645v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Ephraim Gerber" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Kebir" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04572125v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Mayer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc B&#246;hme" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Eckert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/tw-2024-0006" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04509282v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14616688.2024.2328607" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04745366v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hzr" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04218416v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Girault" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalpana Nesur" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.6123" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04037102v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fhumd.2023.1137551" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209350v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mourey" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Cr&#233;peau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ravanel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jort.2023.100662" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03932019v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Steiger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cenk Demiroglu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pons" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09669582.2022.2163653" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04639641v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11yp4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681345v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.10113" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640033v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bussard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Welling" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33055/GeoRegards.2021.014.01.139" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593505v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Deline" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13683500.2022.2044291" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602585v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09669582.2022.2044833" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03209095v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gauchon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.8384" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03315933v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mabboux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11629-021-6723-5" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03209089v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.8358" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03283577v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jort.2021.100411" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03132020v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15022250.2021.1879670" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03418232v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bourdeau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-021-01849-0" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03209091v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.8383" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02986339v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14616688.2020.1833971" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435167v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Picco" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.5842" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05103932v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.10113." TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271351v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271352v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randolf Ramseyer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375115v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lambiel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gy&#246;rgy Het&#233;nyi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Robson" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Magnin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271349v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560734v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683507v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560743v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Crepeau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04196729v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Berard-Chenu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04192256v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04266987v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Ochjoski" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04305952v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04299134v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04130698v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04346428v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04187635v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04305939v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04278638v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945050v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945066v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945083v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Charbit" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945037v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945057v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Bruley" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pachoud" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945075v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930541v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cognard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Duvillier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Grison" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03142562v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03453485v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260722v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Duvillard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Cathala" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-1729" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03453482v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02503442v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435180v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667777v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Loloum" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Bonnemains" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elgaronline.com/edcollchap/book/9781035311255/book-part-9781035311255-15.xml" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781035311255.00015" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04445713v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Rafaj" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Reh&#225;k" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bogucki.home.pl/repozytorium/9788379864904/978-83-7986-490-4.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12657/978-83-7986-490-4" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04445730v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampaolo Campana" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Sebasti&#227;o" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04445718v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Baron" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Ochojski" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Polko" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945104v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781839100185.00010" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03710261v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03975483v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021CHAMA039" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245475v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Marzorati" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien David" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945062v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417565v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417525v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435209v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435198v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435216v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>