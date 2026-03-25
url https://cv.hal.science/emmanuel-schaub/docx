--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -953,499 +953,499 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01131627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myofibrillar misalignment correlated to triad disappearance of mdx mouse gastrocnemius muscle probed by SHG microscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Rouède</w:t>
+                <w:t xml:space="preserve">Polarimetric contrast microscopy by orthogonality breaking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Schaub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noe Ortega-Quijano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Coumailleau</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cyril Hamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Alouini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedical optics express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/BOE.5.000858⟩</w:t>
+              <w:t xml:space="preserve">Journal of Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 16 (12), pp.122001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2040-8978/16/12/122001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00952823v1</w:t>
+                <w:t xml:space="preserve">hal-01080929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polarimetric contrast microscopy by orthogonality breaking</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Myofibrillar misalignment correlated to triad disappearance of mdx mouse gastrocnemius muscle probed by SHG microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Rouède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Coumailleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Noe Ortega-Quijano</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Hamel</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mireille Blanchard-Desce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 16 (12), pp.122001. </w:t>
+              <w:t xml:space="preserve">Biomedical optics express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5 (3), pp.858-875. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2040-8978/16/12/122001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/BOE.5.000858⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01080929v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00952823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High countrate real-time FCS using F2Cor.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Theoretical and Experimental SHG Angular Intensity Patterns from Healthy and Proteolysed Muscles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Rouède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Schaub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Recher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Tiaho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OE.21.023543⟩</w:t>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 104 (9), pp.1959-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2013.02.047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01072049v1</w:t>
+                <w:t xml:space="preserve">hal-00825645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical and Experimental SHG Angular Intensity Patterns from Healthy and Proteolysed Muscles.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High countrate real-time FCS using F2Cor.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Schaub</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Tiaho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biophysical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 104 (9), pp.1959-68. </w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 21, pp.23543--23555. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bpj.2013.02.047⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OE.21.023543⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00825645v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01072049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F2Cor: fast 2-stage correlation algorithm for FCS and DLS.</w:t>
               </w:r>
@@ -1503,278 +1503,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00716842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skeletal muscle sarcomeric SHG patterns photo-conversion by femtosecond infrared laser.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Modeling of Supramolecular Centrosymmetry Effect on Sarcomeric SHG Intensity Pattern of Skeletal Muscles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Rouède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Recher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Denis Rouède</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Thérèse Lavault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedical optics express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/BOE.2.000374⟩</w:t>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 101 (2), pp.494-503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2011.05.065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00697462v1</w:t>
+                <w:t xml:space="preserve">hal-00616830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of Supramolecular Centrosymmetry Effect on Sarcomeric SHG Intensity Pattern of Skeletal Muscles.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Skeletal muscle sarcomeric SHG patterns photo-conversion by femtosecond infrared laser.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Recher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Rouède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Tiaho</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biophysical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 101 (2), pp.494-503. </w:t>
+              <w:t xml:space="preserve">Biomedical optics express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 2 (2), pp.374-84. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bpj.2011.05.065⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/BOE.2.000374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00616830v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00697462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visualization of lipid domains in giant unilamellar vesicles using an environment-sensitive membrane probe based on 3-hydroxyflavone.</w:t>
               </w:r>
@@ -1900,286 +1900,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00362367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrophobically modified low molecular weight chitosans as efficient and non-toxic gene delivery vectors.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Direct Vpr-Vpr Interaction in Cells monitored by two Photon Fluorescence Correlation Spectroscopy and Fluorescence Lifetime Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Zhang</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Clamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Ercelen</w:t>
+                <w:t xml:space="preserve">Delphine Muriaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Duportail</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">V. Tikhonov</w:t>
+                <w:t xml:space="preserve">Charlotte Cabanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Gene Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Retrovirology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 5 (1), pp.87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1742-4690-5-87⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00285414v1</w:t>
+                <w:t xml:space="preserve">hal-02122506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct Vpr-Vpr Interaction in Cells monitored by two Photon Fluorescence Correlation Spectroscopy and Fluorescence Lifetime Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Didier</w:t>
+                <w:t xml:space="preserve">Hydrophobically modified low molecular weight chitosans as efficient and non-toxic gene delivery vectors.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Clamme</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Schaub</w:t>
+                <w:t xml:space="preserve">S. Ercelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Muriaux</w:t>
+                <w:t xml:space="preserve">G. Duportail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Cabanne</w:t>
+                <w:t xml:space="preserve">E. Schaub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Tikhonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Retrovirology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Journal of Gene Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 10, pp.527-539</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02122506v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00285414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidences for direct interactions between HIV-1 Vpr molecules in living cells by two photon fluorescence correlation spectroscopy and fluorescence lifetime imaging.</w:t>
               </w:r>
@@ -2204,51 +2204,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Clamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Muriaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2449,64 +2449,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conjugation of a new two-photon fluorophore to poly(ethylenimine) for gene delivery imaging.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ercelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bolze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2574,51 +2574,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation by fluorescence correlation spectroscopy of the chaperoning interactions of HIV-1 nucleocapsid protein with the viral DNA initiation sequences.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Egele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Piemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2676,631 +2676,631 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00129852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HIV-1 nucleocapsid protein binds to the viral DNA initiation sequences and chaperones their kissing interactions.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Role of the structure of the top half of HIV-1 cTAR DNA on the nucleic acid destabilizing activity of the nucleocapsid protein NCp7.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Beltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Piemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Ficheux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 342, pp.453-466</w:t>
+              <w:t xml:space="preserve">, 2004, 338, pp.711-723</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00314253v1</w:t>
+                <w:t xml:space="preserve">hal-00314254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the structure of the top half of HIV-1 cTAR DNA on the nucleic acid destabilizing activity of the nucleocapsid protein NCp7.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">H. Beltz</w:t>
+                <w:t xml:space="preserve">HIV-1 nucleocapsid protein binds to the viral DNA initiation sequences and chaperones their kissing interactions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Egele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Schaub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Ramalanjaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Piemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Ficheux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 338, pp.711-723</w:t>
+              <w:t xml:space="preserve">, 2004, 342, pp.453-466</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00314254v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00314253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser diode light efficiency determination by thermoreflectance microscopy</w:t>
+                <w:t xml:space="preserve">Thermal coupling in integrated circuits: Application to thermal testing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">J. Altet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rubio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Schaub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">S. Dilhaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Claeys</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Schaub</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronics Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 32 (10-11), pp.899-901. </w:t>
+              <w:t xml:space="preserve">IEEE Journal of Solid-State Circuits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 36 (1), pp.81-91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0026-2692(01)00079-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/4.896232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01550691v1</w:t>
+                <w:t xml:space="preserve">hal-01550679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal coupling in integrated circuits: Application to thermal testing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Laser diode light efficiency determination by thermoreflectance microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Dilhaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Jorez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Altet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">S. Dilhaire</w:t>
+                <w:t xml:space="preserve">L. D. Patino-Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Claeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Schaub</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Solid-State Circuits</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Microelectronics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 32 (10-11), pp.899-901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0026-2692(01)00079-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/4.896232⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01550679v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01550691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser diode COFD analysis by thermoreflectance microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dilhaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Grauby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Jorez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. D. P. Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microelectronics Reliability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 41 (9-10), pp.1597-1601. </w:t>
@@ -3350,103 +3350,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localisation of heat sources in electronic circuits by microthermal laser probing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Dilhaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Schaub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Claeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Dilhaire</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">J. Altet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Rubio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 39 (4), pp.544-549. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3486,491 +3486,491 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01550494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault localisation in ICs by goniometric laser probing of thermal induced surface waves</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">Optical method for the measurement of the thermomechanical behaviour of electronic devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dilhaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Jorez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Claeys</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microelectronics Reliability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1999, 39 (6-7), pp.919-923. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0026-2714(99)00123-7⟩</w:t>
+              <w:t xml:space="preserve">, 1999, 39 (6-7), pp.981-985. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0026-2714(99)00134-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01550429v1</w:t>
+                <w:t xml:space="preserve">hal-01550431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical method for the measurement of the thermomechanical behaviour of electronic devices</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">High-resolution interferometry and electronic speckle pattern interferometry applied to the thermomechanical study of a MOS power transistor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Nassim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Joannes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dilhaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0026-2714(99)00134-1⟩</w:t>
+              <w:t xml:space="preserve">Microelectronics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 30 (11), pp.1125-1128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0026-2692(99)00074-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01550431v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01550384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution interferometry and electronic speckle pattern interferometry applied to the thermomechanical study of a MOS power transistor</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Cornet</w:t>
+                <w:t xml:space="preserve">Fault localisation in ICs by goniometric laser probing of thermal induced surface waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Dilhaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Dilhaire</w:t>
+                <w:t xml:space="preserve">J. Altet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Jorez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Schaub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rubio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronics Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 30 (11), pp.1125-1128. </w:t>
+              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 39 (6-7), pp.919-923. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0026-2692(99)00074-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0026-2714(99)00123-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01550384v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01550429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermomechanical effects in metal lines on integrated circuits analysed with a differential polarimetric interferometer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dilhaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Phan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4049,358 +4049,358 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01550283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermomechanical deformation imaging of power devices by Electronic Speckle Pattern Interferometry (ESPI)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">Laser probes and methodology for thermal analysis at micrometric scale. Application to microelectronics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dilhaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Phan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Claeys</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 38 (6-8), pp.1341-1345. </w:t>
+              <w:t xml:space="preserve">Revue Générale de Thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 37 (1), pp.49-59. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/s0026-2714(98)00079-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/s0035-3159(97)82466-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01550250v1</w:t>
+                <w:t xml:space="preserve">hal-01550282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser probes and methodology for thermal analysis at micrometric scale. Application to microelectronics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">Thermomechanical deformation imaging of power devices by Electronic Speckle Pattern Interferometry (ESPI)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Nassim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Joannes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dilhaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Générale de Thermique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 37 (1), pp.49-59. </w:t>
+              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 38 (6-8), pp.1341-1345. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/s0035-3159(97)82466-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/s0026-2714(98)00079-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01550282v1</w:t>
+                <w:t xml:space="preserve">hal-01550250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BiCMOS thermal sensor circuit for built-in test purposes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Altet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Rubio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dilhaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4460,77 +4460,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High sensitivity and high resolution differential interferometer: Micrometric polariscope for thermomechanical studies in microelectronics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dilhaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Phan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Claeys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4835,269 +4835,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05011772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure d'élasticité de films de savon pour des mélanges SDS/dodécanol et comparaison aux modèles thermochimiques.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dissipative processes in an elementary foam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Lenavetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Poryles</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Théo Lenavetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bussonnière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cantat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17émes Journées de la matière condensée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Rennes, France</w:t>
+              <w:t xml:space="preserve">Interfacial soft matter research network (GdR), Workshop 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03337110v1</w:t>
+                <w:t xml:space="preserve">hal-03403343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissipative processes in an elementary foam</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mesure d'élasticité de films de savon pour des mélanges SDS/dodécanol et comparaison aux modèles thermochimiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Poryles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Lenavetier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Poryles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bussonnière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cantat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interfacial soft matter research network (GdR), Workshop 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Grenoble, France</w:t>
+              <w:t xml:space="preserve">17émes Journées de la matière condensée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03403343v1</w:t>
+                <w:t xml:space="preserve">hal-03337110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single shot polarimetric contrast microscopy by circular polarization orthogonality breaking imaging</w:t>
               </w:r>
@@ -5198,269 +5198,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01181364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imagerie polarimétrique par brisure d’orthogonalité : un pas vers l’endoscopie polarimétrique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Imagerie polarimétrique d’échantillons dichroïques par brisure d’orthogonalité d’états de polarisation circulaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noe Ortega-Quijano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Schaub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Parnet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Noe Ortega-Quijano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Alouini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales de l'Optique Guidée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Rennes, France</w:t>
+              <w:t xml:space="preserve">Journées Imagerie Optique Non Conventionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01184297v1</w:t>
+                <w:t xml:space="preserve">hal-01131629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imagerie polarimétrique d’échantillons dichroïques par brisure d’orthogonalité d’états de polarisation circulaires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Imagerie polarimétrique par brisure d’orthogonalité : un pas vers l’endoscopie polarimétrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Parnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Schaub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noe Ortega-Quijano</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Parnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Alouini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Imagerie Optique Non Conventionnelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées Nationales de l'Optique Guidée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01131629v1</w:t>
+                <w:t xml:space="preserve">hal-01184297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single-shot diattenuation imaging by circular polarization orthogonality breaking</w:t>
               </w:r>
@@ -5760,476 +5760,476 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01025270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Depolarization Imaging by Field Orthogonality Breaking: towards polarimetric endoscopy</w:t>
+                <w:t xml:space="preserve">Depolarization imaging by field orthogonality breaking for endoscopy applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Alouini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Horizons de l'Optique 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Villetaneuse, France</w:t>
+              <w:t xml:space="preserve">Frontiers in Optical Imaging 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Murten, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00903559v1</w:t>
+                <w:t xml:space="preserve">hal-00903555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Depolarization imaging by field orthogonality breaking for endoscopy applications</w:t>
+                <w:t xml:space="preserve">L'optique hyperfréquence au service de l'endoscopie et de la microscopie de dépolarisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Alouini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Optical Imaging 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Murten, Switzerland</w:t>
+              <w:t xml:space="preserve">Journée du Club Optique Micro-Ondes 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00903555v1</w:t>
+                <w:t xml:space="preserve">hal-00903549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'optique hyperfréquence au service de l'endoscopie et de la microscopie de dépolarisation</w:t>
+                <w:t xml:space="preserve">Imagerie de dépolarisation par brisure d'orthogonalité: l'optique-hyperfréquence au service de l'endoscopie polarimétrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Alouini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du Club Optique Micro-Ondes 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">Assemblée Générale du GDR ONDES "Interférences d'ondes"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00903549v1</w:t>
+                <w:t xml:space="preserve">hal-00880023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imagerie de dépolarisation par brisure d'orthogonalité: l'optique-hyperfréquence au service de l'endoscopie polarimétrique</w:t>
+                <w:t xml:space="preserve">Depolarization Imaging by Field Orthogonality Breaking: towards polarimetric endoscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Alouini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assemblée Générale du GDR ONDES "Interférences d'ondes"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Dijon, France</w:t>
+              <w:t xml:space="preserve">Horizons de l'Optique 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Villetaneuse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00880023v1</w:t>
+                <w:t xml:space="preserve">hal-00903559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiplex in vivo characterization of transgenic Xenopus laevis tadpoles with two-photon microscopy.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Recher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne L'Hostis-Guidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure-Anne d'Amico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Coumailleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6297,51 +6297,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imagerie rapide de contraste polarimétrique en une seule mesure par brisure d’orthogonalité</w:t>
+                <w:t xml:space="preserve">Derniers développements en imagerie par brisure d'orthogonalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noe Ortega-Quijano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fade</w:t>
@@ -6372,97 +6372,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">François Parnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Alouini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Horizons de l'optique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Rennes, France</w:t>
+              <w:t xml:space="preserve">Journée du Club Optique Micro-ondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01184296v1</w:t>
+                <w:t xml:space="preserve">hal-01181366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Derniers développements en imagerie par brisure d'orthogonalité</w:t>
+                <w:t xml:space="preserve">Imagerie rapide de contraste polarimétrique en une seule mesure par brisure d’orthogonalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noe Ortega-Quijano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fade</w:t>
@@ -6493,73 +6493,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">François Parnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Alouini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du Club Optique Micro-ondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Nantes, France</w:t>
+              <w:t xml:space="preserve">Horizons de l'optique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01181366v1</w:t>
+                <w:t xml:space="preserve">hal-01184296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6577,64 +6577,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal characterization of defects in an IC: Thermal testing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Altet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Rubio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan A Dilhaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6691,77 +6691,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High resolution interferometry (HRI) and electronic speckle pattern interferometry (ESPI) applied to the thermomechanical study of a MOS power transistor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Nassim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Joannes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan A Dilhaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7128,51 +7128,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328109v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Lenavetier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Schaub" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cantat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.134.168201" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975180v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Poryles" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bussonni&#232;re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/acab80" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419548v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Poryles" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Saint-Jalmes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SM01733K" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564469v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Ahammou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Landesman" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.449825" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428556v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rou&#232;de" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bellanger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Ezan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tiaho" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.380089" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592192v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ezan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Scimeca" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-12398-0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131627v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noe Ortega-Quijano" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fade" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Parnet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Alouini" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.40.001270" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952823v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Coumailleau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Blanchard-Desce" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.5.000858" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080929v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Hamel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8978/16/12/122001" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072049v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.023543" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825645v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Recher" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2013.02.047" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00716842v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.20.002184" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697462v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.2.000374" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616830v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Lavault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2011.05.065" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362367v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey S. Klymchenko" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sule Oncul" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Didier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Bagatolli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2008.10.019" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B2FP50K7-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00285414v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhang" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ercelen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duportail" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schaub" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tikhonov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122506v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Clamme" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Muriaux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Cabanne" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1742-4690-5-87" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341201v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.V. Fritz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Didier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Clamme" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Muriaux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00212156v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hayek" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebnem Ercelen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Zhang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bolze" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nicoud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bc060362h" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-4NB1DN53-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163195v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hayek" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bolze" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Nicoud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129852v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Egele" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Piemont" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. de Rocquigny" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mely" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314253v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ramalanjaona" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ficheux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314254v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Beltz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Roques" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550691v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dilhaire" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jorez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D. Patino-Lopez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Claeys" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0026-2692(01)00079-9" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8F7CD82E552F334B756412C95427C4A990634480/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550679v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Altet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rubio" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/4.896232" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550687v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grauby" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D. P. Lopez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0026-2714(01)00196-2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MPN6QHQ5-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550494v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1290-0729(00)00235-0" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7D9812D34FFC9979A4EC38A25FD26F750BB6D417/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550429v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0026-2714(99)00123-7" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K5ZBC4HL-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550431v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cornet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0026-2714(99)00134-1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DNBQ07WW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550384v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nassim" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Joannes" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0026-2692(99)00074-9" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X5CNGTS5-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550283v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Phan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0026-2714(98)00033-x" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7Q34RCDN-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550250v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0026-2714(98)00079-1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-05TPFPCQ-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550282v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0035-3159(97)82466-x" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-178DQ889-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550270v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:19980947" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550179v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0026-2714(97)00116-9" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A18DC4AC4EB211D2E5B5DC19B5F39275885F7F25/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011778v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Tregou&#235;t" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gros" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011772v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337110v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403343v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181364v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184297v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131629v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184298v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2188569" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956924v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025270v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903559v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903555v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903549v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880023v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441042v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne L'Hostis-Guidet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne d'Amico" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Guillet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184296v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181366v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840916v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan A Dilhaire" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840915v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405540v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;l&#233;na Ferreres" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Yared" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levi Pereon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Loumaigne" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328109v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Lenavetier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Schaub" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cantat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.134.168201" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975180v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Poryles" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bussonni&#232;re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/acab80" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419548v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Poryles" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Saint-Jalmes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SM01733K" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564469v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Ahammou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Landesman" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.449825" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428556v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rou&#232;de" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bellanger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Ezan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tiaho" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.380089" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592192v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ezan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Scimeca" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-12398-0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131627v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noe Ortega-Quijano" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fade" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Parnet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Alouini" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.40.001270" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080929v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Hamel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8978/16/12/122001" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952823v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Coumailleau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Blanchard-Desce" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.5.000858" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825645v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Recher" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2013.02.047" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072049v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.023543" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00716842v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.20.002184" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616830v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Lavault" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2011.05.065" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697462v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.2.000374" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362367v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey S. Klymchenko" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sule Oncul" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Didier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Bagatolli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2008.10.019" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B2FP50K7-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122506v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Clamme" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Muriaux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Cabanne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1742-4690-5-87" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00285414v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ercelen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duportail" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schaub" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tikhonov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341201v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.V. Fritz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Didier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Clamme" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Muriaux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00212156v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hayek" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebnem Ercelen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Zhang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bolze" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nicoud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bc060362h" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-4NB1DN53-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163195v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hayek" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bolze" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Nicoud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129852v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Egele" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Piemont" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. de Rocquigny" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mely" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314254v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Beltz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ficheux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Roques" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314253v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ramalanjaona" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550679v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Altet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rubio" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dilhaire" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Claeys" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/4.896232" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550691v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jorez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D. Patino-Lopez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0026-2692(01)00079-9" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8F7CD82E552F334B756412C95427C4A990634480/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550687v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grauby" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D. P. Lopez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0026-2714(01)00196-2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MPN6QHQ5-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550494v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1290-0729(00)00235-0" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7D9812D34FFC9979A4EC38A25FD26F750BB6D417/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550431v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cornet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0026-2714(99)00134-1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DNBQ07WW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550384v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nassim" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Joannes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0026-2692(99)00074-9" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X5CNGTS5-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550429v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0026-2714(99)00123-7" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K5ZBC4HL-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550283v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Phan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0026-2714(98)00033-x" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7Q34RCDN-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550282v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0035-3159(97)82466-x" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-178DQ889-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550250v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0026-2714(98)00079-1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-05TPFPCQ-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550270v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:19980947" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550179v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0026-2714(97)00116-9" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A18DC4AC4EB211D2E5B5DC19B5F39275885F7F25/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011778v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Tregou&#235;t" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gros" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011772v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403343v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337110v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181364v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131629v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184297v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184298v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2188569" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956924v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025270v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903555v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903549v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880023v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903559v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441042v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne L'Hostis-Guidet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne d'Amico" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Guillet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181366v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184296v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840916v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan A Dilhaire" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840915v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405540v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;l&#233;na Ferreres" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Yared" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levi Pereon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Loumaigne" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>