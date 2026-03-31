--- v0 (2026-03-04)
+++ v1 (2026-03-31)
@@ -368,455 +368,455 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-05212963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the crystal chemistry on the dissolution kinetics of Fe(III)-rich smectites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of salinity gradients on the diffusion of water and ionic species in dual porosity clay samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Tertre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Masson</w:t>
+                <w:t xml:space="preserve">Thomas Dabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Robin</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jingyi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Savoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2024.01.028⟩</w:t>
+              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.104357. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2024.104357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04442866v1</w:t>
+                <w:t xml:space="preserve">insu-04569499v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of salinity gradients on the diffusion of water and ionic species in dual porosity clay samples</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jingyi Wang</w:t>
+                <w:t xml:space="preserve">Role of zeolite content on the sorption properties of analcime-rich rocks from the Abinky Formation (Niger)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Parrotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Dazas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Chedozeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Savoye</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2024.104357⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.171615. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.171615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04569499v2</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of zeolite content on the sorption properties of analcime-rich rocks from the Abinky Formation (Niger)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Flora Parrotin</w:t>
+                <w:t xml:space="preserve">Role of the crystal chemistry on the dissolution kinetics of Fe(III)-rich smectites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Dazas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Billon</w:t>
+                <w:t xml:space="preserve">Emmanuel Joussein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Tertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Chedozeau</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.171615. </w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 371, </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.171615⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2024.01.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04510324v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04442866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular Hydrophobicity Signature in Charged Bidimensional Clay Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Dazas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónica Jiménez-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -900,598 +900,598 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04939034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcium isotope fractionation associated with adsorption and desorption on/from δ-MnO2</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Competitive ion-exchange reactions of Pb(II) (Pb2+/PbCl+) and Ra(II) (Ra2+) on smectites: Experiments, modeling, and implication for 226Ra(II)/210Pb(II) disequilibrium in the environment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Parrotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Désirée Schmitt</w:t>
+                <w:t xml:space="preserve">Catherine Beaucaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Gangloff</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Nuvoli</w:t>
+                <w:t xml:space="preserve">Michael Descostes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Tertre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2023.06.003⟩</w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 313, pp.137369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2022.137369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04166779v1</w:t>
+                <w:t xml:space="preserve">hal-04055665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Competitive ion-exchange reactions of Pb(II) (Pb2+/PbCl+) and Ra(II) (Ra2+) on smectites: Experiments, modeling, and implication for 226Ra(II)/210Pb(II) disequilibrium in the environment.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valentin Robin</w:t>
+                <w:t xml:space="preserve">Calcium isotope fractionation associated with adsorption and desorption on/from δ-MnO2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Désirée Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Gangloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Beaucaire</w:t>
+                <w:t xml:space="preserve">Jean-Michel Brazier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Descostes</w:t>
+                <w:t xml:space="preserve">Nicolas Nuvoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Tertre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 313, pp.137369. </w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 354, pp.109-122. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2022.137369⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2023.06.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04055665v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04166779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil crusting: new insight from synchrotron 2D micro X-ray diffraction mapping of clay-particle orientation and mineralogy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Water and ion diffusion in partially-water saturated compacted kaolinite: role played by vapor-phase diffusion in water mobility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingyi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Geoffroy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Dazas</w:t>
+                <w:t xml:space="preserve">Sebastien Savoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ferrage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Céline Boissard</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2022.116096⟩</w:t>
+              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 248, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2022.103989⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04051589v1</w:t>
+                <w:t xml:space="preserve">hal-03746532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water and ion diffusion in partially-water saturated compacted kaolinite: role played by vapor-phase diffusion in water mobility</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jingyi Wang</w:t>
+                <w:t xml:space="preserve">Soil crusting: new insight from synchrotron 2D micro X-ray diffraction mapping of clay-particle orientation and mineralogy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Geoffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Dazas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ferrage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felisa Berenguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Savoye</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Serge Lefevre</w:t>
+                <w:t xml:space="preserve">Céline Boissard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 248, </w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 428, pp.116096. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2022.103989⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2022.116096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03746532v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04051589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connecting molecular simulations and laboratory experiments for the study of time-resolved cation-exchange process in the interlayer of swelling clay minerals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Tertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Dazas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Asaad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1568,51 +1568,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of preferred orientation of clay particles on the diffusion of water in kaolinite porous media at constant porosity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Porion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1620,51 +1620,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Paineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Dazas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Clay Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 184, pp.105354. </w:t>
@@ -1702,77 +1702,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calcium isotopic fractionation during adsorption onto and desorption from soil phyllosilicates (kaolinite, montmorillonite and muscovite)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Brazier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Désirée Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Gangloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pelt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1970,51 +1970,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Aqueous Si and Fe Speciation on Tetrahedral Fe(III) Substitutions in Nontronites: a Clay Synthesis Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2087,90 +2087,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissolution of beidellite in acidic solutions: Ion exchange reactions and effect of crystal chemistry on smectite reactivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Tertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Regnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Descostes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 180, pp.97-108. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2340,295 +2340,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01917631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">on exchange reactions of major inorganic cations (H+, Na+, Ca2+, Mg2+ and K+) on beidellite: Experimental results and new thermodynamic database. Toward a better prediction of contaminant mobility in natural environments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Occurrence of authigenic beidellite in the Eocene transitional sandy sediments of the Chu-Saryssu basin (South-Central Kazakhstan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Hebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Beaufort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Sardini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Tertre</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Paul Sardini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Geochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2015.03.016⟩</w:t>
+              <w:t xml:space="preserve">Sedimentary Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 321, pp.39-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sedgeo.2015.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01360968v1</w:t>
+                <w:t xml:space="preserve">hal-01360936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of the morphology of synthetic kaolinites on their sorption properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lei Lei Aung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Tertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine C. Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 443 pp.177-186 </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jcis.2014.12.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01327316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of clay mineralogy in a temperate acidic soil of a forest using X-ray diffraction profile modeling: Beyond the HIS and HIV description</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Viennet,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2636,818 +2636,818 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ferrage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Tertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud A. Legout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoderma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 241, pp.75-86. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.geoderma.2014.11.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01367599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occurrence of authigenic beidellite in the Eocene transitional sandy sediments of the Chu-Saryssu basin (South-Central Kazakhstan</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cation diffusion in the interlayer space of swelling clay minerals - A combined macroscopic and microscopic study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Tertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfred Delville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Pret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ferrage</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sedimentary Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sedgeo.2015.03.004⟩</w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 149, pp.251-267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2014.10.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01360936v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01164650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cation diffusion in the interlayer space of swelling clay minerals - A combined macroscopic and microscopic study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling the arrangement of particles in natural swelling-clay porous media using three-dimensional packing of elliptic disks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ferrage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Tertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfred Delville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent J. Michot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 91, pp.062210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.91.062210⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2014.10.011⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01164650v1</w:t>
+                <w:t xml:space="preserve">hal-01335839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the arrangement of particles in natural swelling-clay porous media using three-dimensional packing of elliptic disks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabien Hubert</w:t>
+                <w:t xml:space="preserve">on exchange reactions of major inorganic cations (H+, Na+, Ca2+, Mg2+ and K+) on beidellite: Experimental results and new thermodynamic database. Toward a better prediction of contaminant mobility in natural environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Tertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent J. Michot</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Beaufort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Regnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Sardini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 91, pp.062210. </w:t>
+              <w:t xml:space="preserve">Applied Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 59, pp.74-84. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.91.062210⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2015.03.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335839v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01360968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrodeposition of zinc–ceria nanocomposite coatings in alkaline bath</w:t>
+                <w:t xml:space="preserve">Assessment of a predictive model to describe the migration of major inorganic cations in a Bt soil horizon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Exbrayat</w:t>
+                <w:t xml:space="preserve">J. Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Steyer</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">E. Tertre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Beaucaire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Solid State Electrochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10008-013-2264-3⟩</w:t>
+              <w:t xml:space="preserve">Applied Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 41, pp.151-162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2013.12.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01875832v1</w:t>
+                <w:t xml:space="preserve">hal-01005398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of a predictive model to describe the migration of major inorganic cations in a Bt soil horizon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electrodeposition of zinc–ceria nanocomposite coatings in alkaline bath</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Exbrayat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Steyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Lu</w:t>
+                <w:t xml:space="preserve">C. Rébéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Tertre</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Berziou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Savall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Geochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2013.12.009⟩</w:t>
+              <w:t xml:space="preserve">Journal of Solid State Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 18 (1), pp.223 - 233. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10008-013-2264-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01005398v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01875832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The capacity of activated kaolins to remove colour pigments from rice bran oil: the effects of acid concentration and pre-heating prior to activation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.L. Aung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Tertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Worasith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3520,51 +3520,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion-exchange reactions on clay minerals coupled with advection/dispersion processes. Application to Na+/Ca2+ exchange on vermiculite: Reactive-transport modeling, batch and stirred flow-through reactor experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Tertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3666,51 +3666,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion Exchange Model for Reversible Sorption of Divalent Metals on Calcite: Implications for Natural Environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Tertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3770,51 +3770,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the ionic strength and solid/solution ratio on Ca(II)-for-Na+ exchange on montmorillonite. Part 2: Understanding the effect of the m/V ratio. Implications for pore water composition and element transport in natural media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Tertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Ferrage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3904,551 +3904,801 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00750859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of acidification on the confining properties of analcime-rich rocks towards the diffusive transport of water and ions.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Flora Parrotin</w:t>
+                <w:t xml:space="preserve">Dynamique du front de diffusion de l'eau dans une illite désaturée en eau : Mesure par tomographie de neutrons et modélisation associée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Désert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Savoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Tertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Mazurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Tengattini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21e colloque annuel du Groupe français des argiles (GFA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe français des argiles (GFA), May 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">GAF 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04935821v1</w:t>
+                <w:t xml:space="preserve">hal-05570249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of content and crystal chemistry of analcime on cation exchange capacities of analcime rich rocks</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sophie Billon</w:t>
+                <w:t xml:space="preserve">Multiscale experimental comparison of water diffusion by neutron tomography in a porous clay medium partially water-saturated</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Désert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Savoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Ferrage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Tertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Savoye</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michael Descostes</w:t>
+                <w:t xml:space="preserve">Alessandro Tengattini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euroclay2023: International Conference of European Clay groups Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Bari (Italy), Italy. pp.229</w:t>
+              <w:t xml:space="preserve">9th Clay Conference : International Conference on Clays in Natural and Engineered Barriers for Radioactive Waste Confinement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Hannover, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04933154v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05570318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of an analcime-rich rock under acidic sulfates conditions</w:t>
+                <w:t xml:space="preserve">Effect of acidification on the confining properties of analcime-rich rocks towards the diffusive transport of water and ions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Parrotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Tertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Descostes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Savoye</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20e colloque annuel du Groupe français des argiles (GFA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe français des argiles (GFA), Jun 2023, Mulhouse, France</w:t>
+              <w:t xml:space="preserve">21e colloque annuel du Groupe français des argiles (GFA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe français des argiles (GFA), May 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04935824v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04935821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Role of content and crystal chemistry of analcime on cation exchange capacities of analcime rich rocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Parrotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Dazas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Savoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Descostes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Euroclay2023: International Conference of European Clay groups Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Bari (Italy), Italy. pp.229</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04933154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stability of an analcime-rich rock under acidic sulfates conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Parrotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Tertre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Sardini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Chedozeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Descostes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20e colloque annuel du Groupe français des argiles (GFA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe français des argiles (GFA), Jun 2023, Mulhouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04935824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Relationship between cation exchange capacities and petrography of analcime rich rocks considered for solute confinement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Parrotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Billon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Dazas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Savoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Descostes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème colloque annuel du Groupe Français des Argiles (GFA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe Français des Argiles, May 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04933382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4458,91 +4708,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation des propriétés d'adsorption des minéraux argileux gonflants vis-à-vis de cations inorganiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Tertre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Interfaces continentales, environnement. Université de Poitiers, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00984348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4552,114 +4802,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ADSORPTION DE Cs+, Ni2+ ET DES LANTHANIDES SUR UNE KAOLINITE ET UNE SMECTITE JUSQU'A 150°C : ETUDE EXPERIMENTALE ET MODELISATION.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Tertre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géochimie. Université Paul Sabatier - Toulouse III, 2005. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00116839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId152"/>
+      <w:footerReference w:type="default" r:id="rId157"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4806,51 +5056,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443232v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Parrotin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tertre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Billon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Pr&#234;t" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Lefevre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2025.123203" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05212963v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas D&#233;sert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Savoye" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hubert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Henocq" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2025.107928" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442866v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Masson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Robin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Joussein" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Baron" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.01.028" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04569499v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dabat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingyi Wang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2024.104357" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04510324v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dazas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Chedozeau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.171615" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939034v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Jim&#233;nez-Ruiz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Gr&#233;goire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lanson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.4c04922" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04166779v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-D&#233;sir&#233;e Schmitt" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gangloff" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Brazier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nuvoli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2023.06.003" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04055665v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Beaucaire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Descostes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2022.137369" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051589v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Geoffroy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felisa Berenguer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boissard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.116096" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746532v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Savoye" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2022.103989" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512094v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Asaad" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Gregoire" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2020.105913" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900383v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Porion" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Paineau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2019.105354" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486799v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pelt" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chabaux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2019.02.017" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383055v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baronnet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Grauby" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S160057671801052X" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988093v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Petit" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Decarreau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1346/CCMN.2016.0640309" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525162v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Regnault" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2016.02.009" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RDCTRTPR-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917631v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liva Dzene" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Delville" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2016.06.007" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360968v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Beaufort" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sardini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2015.03.016" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01327316v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Lei Aung" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine C. Petit" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2014.12.008" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367599v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Viennet," TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud A. Legout" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2014.11.004" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-91JHTF2R-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360936v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hebert" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2015.03.004" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164650v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Pret" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2014.10.011" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W5CQCN3Z-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335839v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J. Michot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.91.062210" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875832v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Exbrayat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Steyer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. R&#233;b&#233;r&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berziou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Savall" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-013-2264-3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005398v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lu" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tertre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2013.12.009" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HXVD6X7T-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316628v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.L. Aung" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Worasith" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Suksabye" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thiravetyan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/claymin.2014.049.4.02" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821954v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hubert" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruzac" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pacreau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ferrage" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2013.02.028" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BX9BZCLZ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750821v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Page" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beaucaire" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es301535g" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750859v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bihannic" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Michot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pret" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2011.07.003" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-93K91JFC-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935821v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933154v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Savoye" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935824v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933382v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00984348v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00116839v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443232v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Parrotin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tertre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Billon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Pr&#234;t" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Lefevre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2025.123203" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05212963v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas D&#233;sert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Savoye" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hubert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Henocq" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2025.107928" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04569499v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dabat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingyi Wang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2024.104357" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04510324v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dazas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Chedozeau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.171615" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442866v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Masson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Robin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Joussein" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Baron" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.01.028" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939034v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Jim&#233;nez-Ruiz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Gr&#233;goire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lanson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.4c04922" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04055665v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Beaucaire" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Descostes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2022.137369" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04166779v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-D&#233;sir&#233;e Schmitt" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gangloff" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Brazier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nuvoli" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2023.06.003" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746532v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Savoye" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2022.103989" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051589v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Geoffroy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felisa Berenguer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boissard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.116096" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512094v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Asaad" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Gregoire" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2020.105913" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900383v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Porion" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Paineau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2019.105354" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486799v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pelt" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chabaux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2019.02.017" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383055v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baronnet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Grauby" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S160057671801052X" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988093v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Petit" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Decarreau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1346/CCMN.2016.0640309" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525162v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Regnault" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2016.02.009" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RDCTRTPR-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917631v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liva Dzene" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Delville" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2016.06.007" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360936v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hebert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Beaufort" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sardini" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2015.03.004" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01327316v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Lei Aung" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine C. Petit" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2014.12.008" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367599v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Viennet," TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud A. Legout" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2014.11.004" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-91JHTF2R-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164650v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Pret" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2014.10.011" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W5CQCN3Z-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335839v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J. Michot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.91.062210" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360968v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2015.03.016" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005398v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tertre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2013.12.009" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HXVD6X7T-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875832v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Exbrayat" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Steyer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. R&#233;b&#233;r&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berziou" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Savall" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-013-2264-3" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316628v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.L. Aung" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Worasith" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Suksabye" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thiravetyan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/claymin.2014.049.4.02" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821954v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hubert" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruzac" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pacreau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ferrage" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2013.02.028" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BX9BZCLZ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750821v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Page" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beaucaire" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es301535g" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750859v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bihannic" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Michot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pret" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2011.07.003" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-93K91JFC-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05570249v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mazurier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tengattini" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05570318v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Ferrage" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935821v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933154v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Savoye" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935824v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933382v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00984348v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00116839v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>