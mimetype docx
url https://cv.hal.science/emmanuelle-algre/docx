--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1159,295 +1159,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02300326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MEMS ring resonators for laserless AFM with sub-nanoNewton force resolution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Performances of the negative tone resist AZnLOF 2020 for nanotechnology applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Herth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Algre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhuang Xiong</w:t>
+                <w:t xml:space="preserve">Pascal Tilmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Faucher</w:t>
+                <w:t xml:space="preserve">Martin François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Walter</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+                <w:t xml:space="preserve">Christophe Boyaval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Microelectromechanical Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JMEMS.2011.2179012⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 11 (4), pp.854-859. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TNANO.2012.2196802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00787407v1</w:t>
+                <w:t xml:space="preserve">hal-00787415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performances of the negative tone resist AZnLOF 2020 for nanotechnology applications</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">MEMS ring resonators for laserless AFM with sub-nanoNewton force resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Algre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuang Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Tilmant</w:t>
+                <w:t xml:space="preserve">Marc Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin François</w:t>
+                <w:t xml:space="preserve">Benjamin Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Boyaval</w:t>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Nanotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 11 (4), pp.854-859. </w:t>
+              <w:t xml:space="preserve">Journal of Microelectromechanical Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 21, pp.385-397. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TNANO.2012.2196802⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JMEMS.2011.2179012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00787415v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00787407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of ohmic contact and adhesion on polysilicon in MEMS–NEMS wet etching process</w:t>
               </w:r>
@@ -1472,51 +1472,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Algré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microelectronic Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 88 (5), pp.724-728. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1562,64 +1562,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and operation of a silicon ring resonator for force sensing applications above 1 MHz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Algre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1851,287 +1851,287 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets des surfaces micro-nanostructurées sur l'impaction monodispersée de billes de latex</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Développement de capteurs de type MEMS dédiés à la mesure en temps réel de la concentration massique en aérosols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonella Al Najjar</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Pierre Didier</w:t>
+                <w:t xml:space="preserve">Uğur Soysal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Algre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Motzkus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Gehin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35ème congrès français sur les aérosols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Asfera, May 2022, Paris, France. </w:t>
+              <w:t xml:space="preserve">35eme congrès francais sur les aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ASFERA, May 2022, Paris, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2022-28326⟩</w:t>
+                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2022-28276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04298881v1</w:t>
+                <w:t xml:space="preserve">hal-04298880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement de capteurs de type MEMS dédiés à la mesure en temps réel de la concentration massique en aérosols</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effets des surfaces micro-nanostructurées sur l'impaction monodispersée de billes de latex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Al Najjar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Algré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Didier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Charles Motzkus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Gehin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35eme congrès francais sur les aérosols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ASFERA, May 2022, Paris, France. </w:t>
+              <w:t xml:space="preserve">35ème congrès français sur les aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Asfera, May 2022, Paris, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2022-28276⟩</w:t>
+                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2022-28326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04298880v1</w:t>
+                <w:t xml:space="preserve">hal-04298881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement et optimisation de capteurs de type MEMS pour la détection d’aérosol</w:t>
               </w:r>
@@ -2749,103 +2749,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-field microscopy: Is there an alternative to micro and nano resonating cantilevers?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Mairiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhuang Xiong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Frequency Control Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Taipei, Taiwan. </w:t>
@@ -2883,103 +2883,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Invité] Apport des micro et nano-systèmes pour la microscopie à force atomique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhuang Xiong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Algre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Mairiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales Nanosciences et Nanotechnologies, J3N 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Strasbourg, France</w:t>
@@ -3008,77 +3008,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Invité] Micro et nanorésonateurs électromécaniques radio-fréquences. Principes et applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Algre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3159,77 +3159,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Algre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23rd IEEE International Conference on Micro Electro Mechanical Systems, MEMS 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2010, Hong Kong, China. pp.292-295, </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3289,246 +3289,246 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Algre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Solid State Sensors, Actuators and Microsystems, Transducers 2009</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Forum des Microscopies à Sonde Locale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Hardelot, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00474451v1</w:t>
+                <w:t xml:space="preserve">hal-00575264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tip-matter interaction measurements using MEMS ring resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Algre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum des Microscopies à Sonde Locale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15th International Conference on Solid State Sensors, Actuators and Microsystems, Transducers 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Denver, CO, United States. pp.1638-1641, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSOR.2009.5285774⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00575264v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00474451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une nouvelle génération de sonde de microscopie à force atomique à base de micro et nano-systèmes électromécaniques</w:t>
               </w:r>
@@ -3540,77 +3540,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Algre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Walter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4èmes Journées Nationales en Nanosciences et Nanotechnologies, J3N 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3784,51 +3784,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of microstructured surfaces on the impaction of monodispersed polystyrene microsphere particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella Al Najjar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Algre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4556,51 +4556,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076647v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Merrien" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sorel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marty" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Didier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Algr&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sbsr.2025.100801" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676623v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ojuffc.2024.3413603" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274907v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugur Soysal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne G&#233;hin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Robine" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2020.1861211" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488622v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Motzkus" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2019.111190" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01647397v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Soysal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Algr&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Berthelot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Da" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2017.09.008" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771659v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herth" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Valbin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lardet-Vieudrin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Algre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-015-2727-9" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446379v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Rauch" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gerbedoen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Defrance" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201532302" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4FJB3SMC-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300326v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Desr&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane I. Legrand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuami Lasri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2011.09.004" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KZF1BTMQ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787407v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuang Xiong" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Faucher" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Walter" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Buchaillot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JMEMS.2011.2179012" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787415v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tilmant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Fran&#231;ois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boyaval" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2012.2196802" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300269v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Legrand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2010.06.032" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0TP59QXW-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472725v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Boisgard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/19/11/115009" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-NFPJTHNQ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772554v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gaudin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bsiesy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Nozieres" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2005.854680" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04298881v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Al Najjar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Gehin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2022-28326" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04298880v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U&#287;ur Soysal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2022-28276" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956509v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Moularat" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841627v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTIP.2018.8394231" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771668v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Deux" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTIP.2016.7514876" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771681v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Berthelot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTIP.2015.7161009" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771676v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTIP.2015.7160996" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962163v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Mairiaux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FCS.2014.6859928" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807204v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806730v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben-Amar" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549972v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2010.5442509" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474451v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2009.5285774" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575264v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575271v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771633v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Algre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INTMAG.2005.1463552" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118344v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956451v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04304789v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gehin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04310812v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Motzkus" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00089261v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076647v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Merrien" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sorel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marty" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Didier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Algr&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sbsr.2025.100801" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676623v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ojuffc.2024.3413603" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274907v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugur Soysal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne G&#233;hin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Robine" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2020.1861211" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488622v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Motzkus" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2019.111190" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01647397v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Soysal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Algr&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Berthelot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Da" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2017.09.008" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771659v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herth" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Valbin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lardet-Vieudrin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Algre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-015-2727-9" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446379v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Rauch" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gerbedoen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Defrance" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201532302" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4FJB3SMC-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300326v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Desr&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane I. Legrand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuami Lasri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2011.09.004" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KZF1BTMQ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787415v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tilmant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Fran&#231;ois" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boyaval" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2012.2196802" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787407v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuang Xiong" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Faucher" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Walter" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Buchaillot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JMEMS.2011.2179012" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300269v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Legrand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2010.06.032" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0TP59QXW-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472725v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Boisgard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/19/11/115009" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-NFPJTHNQ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772554v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gaudin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bsiesy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Nozieres" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2005.854680" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04298880v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U&#287;ur Soysal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Gehin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2022-28276" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04298881v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Al Najjar" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2022-28326" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956509v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Moularat" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841627v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTIP.2018.8394231" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771668v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Deux" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTIP.2016.7514876" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771681v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Berthelot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTIP.2015.7161009" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771676v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTIP.2015.7160996" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962163v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Mairiaux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FCS.2014.6859928" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807204v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806730v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben-Amar" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549972v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2010.5442509" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575264v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474451v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2009.5285774" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575271v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771633v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Algre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INTMAG.2005.1463552" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118344v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956451v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04304789v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gehin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04310812v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Motzkus" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00089261v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>