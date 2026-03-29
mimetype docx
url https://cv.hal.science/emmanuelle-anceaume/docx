--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:140.65934065934px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Emmanuelle Anceaume </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Emmanuelle AnceaumeDirectrice de recherche du CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuelle Anceaume received her PhD in Computer Science from the University Paris-Orsay (Paris-XI) for my work on dependable systems. She spent a post-doctoral year at Cornell University (NY - USA) and worked with Sam Toueg on unreliable failure detectors. She is a CNRS researcher at IRISA-UMR6074 lab. Her current research group is the </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INRIA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> / </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRISA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> CIDRE research team. She investigates dependability and security issues in large scale and dynamic systems. For the last few years, she has been working on data stream algorithms, privacy preserving reputation mechanisms, and consistency issues in large scale dynamic networks with sa deeper focus on blockchains.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethical Risk Analysis of L2 Rollups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgy Ishmaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Frey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Taïani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on the Web</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3786147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05446710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuous-Time Stochastic Analysis of Rumor Spreading with Multiple Operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methodology and Computing in Applied Probability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25 (4), pp.82. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11009-023-10058-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04255487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic analysis of rumor spreading with multiple pull operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methodology and Computing in Applied Probability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24, pp.2195--2211</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03128118v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Analysis of Average Based Distributed Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Probability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 58 (2), pp.394 - 410. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jpr.2020.97⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Byzantine-tolerant Uniform Node Sampling Service in Large-scale Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Parallel, Emergent and Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 36 (5), pp.1-28. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17445760.2021.1939873⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03265593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic Analysis of Rumor Spreading Time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORMS Journal on Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 32 (1), </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1287/ijoc.2018.0845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01888300v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le potentiel révolutionnaire de la technologie blockchain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Jongwane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interstices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01827608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Améliorer le Bitcoin ... à coup de fourches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Prima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Émergences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01888309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lightweight Metric Computation for Distributed Massive Data Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10430 (33), pp.1--39. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-55696-2_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01634353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New results on a generalized coupon collector problem using Markov chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Probability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.17. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1239/jap/1437658606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization Results for a Generalized Coupon Collector Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernst Schulte-Geers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Probability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 53 (2), pp.622-629. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jpr.2016.27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distributed Information Divergence Estimation over Data Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Parallel and Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 25 (2), pp.478-487. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPDS.2013.101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00998708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of a large number of Markov chains competing for transitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Systems Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 45 (3), pp.232--240. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207721.2012.704090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00736916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markov Chains Competing for Transitions: Application to Large-Scale Distributed Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methodology and Computing in Applied Probability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 15 (2), pp.305--332. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11009-011-9239-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Power of the Adversary to Solve the Node Sampling Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8290, pp.102-126. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-45269-7_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00926485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance evaluation of large-scale dynamic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM SIGMETRICS Performance Evaluation Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 39 (4), pp.108-117. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2185395.2185447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00736918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dependability Evaluation of Cluster-based Distributed Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Brasiliero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Foundations of Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 22 (5), pp.1123-1142. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0129054111008593⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unreliable Distributed Timing Scrutinizer to Converge toward Decision Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mourgaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Raïpin-Parvédy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studia Informatica Universalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 6 (2), pp.23--50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00916690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managed Agreement: Generalizing Two Fundamental Distributed Agreement Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roy Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gradinariu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Processing Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 101 (5), pp.190--198</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00916769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (88)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preuves non-interactives : la nouvelle ère des chaînes compressées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Pacaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2025 : 27èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Saint Valery-sur-Somme, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05034002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining in Logarithmic Space with Variable Difficulty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Pacaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathanaël Derousseaux-Lebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CCS 2025 - Conference on computer and communications security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM SIGSAC, Oct 2025, Tapei, Taiwan. pp.1-15, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3719027.3744874⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brief: Sharding in permissionless systems in presence of an adaptive adversary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Frey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Rauch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st International Colloquium on Structural Information and Communication Complexity (SIROCCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, May 2024, Vietri sul Mare, Italy. pp.481-487, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-60603-8_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04477243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharding in permissionless systems in presence of an adaptive adversary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Frey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Rauch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NETYS 2024 - 12th International Conference on Networked Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Rabat, Morocco. pp.1-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04794826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic analysis of rumor spreading with multiple pull operations in presence of non-cooperative nodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kilian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASMTA 2023 - 27th International Conference on Analytical &amp; Stochastic Modelling Techniques &amp; Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Florence, Italy. pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending The Boundaries and Exploring The Limits Of Blockchain Compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anurag Jain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sujit Gujar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SRDS 2023 - 42nd International Symposium on Reliable Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Sep 2023, Marrackech, Morocco. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation study of Sycomore ++ , a self-adapting graph-based permissionless distributed ledger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimen Djari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Tucci-Piergiovanni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Blockchain Research &amp; Applications for Innovative Networks and Services (BRAINS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03637382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sycomore ++ , un registre distribué orienté graphe auto-adaptatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimen Djari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Tucci-Piergiovanni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AlgoTel 2022 - 24èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Saint-Rémy-Lès-Chevreuse, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03656546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An agent-based simulation study of Sycomore ++ , a scalable and self-adapting graph-based permissionless distributed ledger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimen Djari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Tucci-Piergiovanni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 37th ACM/SIGAPP Symposium On Applied Computing (SAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03589399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Rumor Spreading with 2-pull or 3-pull Operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NCA 2021 - 20th IEEE International Symposium on Network Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Online, France. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03438975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On finality in blockchains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonella Del Pozzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Rieutord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Tucci-Piergiovanni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPODIS 2021 - 25th Conference on Principles of Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03080029v5</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic analysis of algorithms for collecting longitudinal data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NCA 2021 - 20th IEEE International Symposium on Network Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, online, France. pp.1-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Byzantine Generalized Lattice Agreement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Antonio Di Luna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 34th IEEE International Parallel and Distributed Processing Symposium (IPDPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02472207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The StakeCube blockchain : Instantiation, Evaluation & Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Hébert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalifa Toumi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Memmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BCCA 2020 - International Conference on Blockchain Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Virtual, Turkey. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03024408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permissionless Consensus based on Proof-of-Eligibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Saunois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NCA 2020 - 19th IEEE International Symposium on Network Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Boston (virtual venue), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronous Byzantine Lattice Agreement in O(log(f )) Rounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Antonio Di Luna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Bonomi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICDCS 2020 - 40th IEEE International Conference on Distributed Computing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Nov 2020, Singapore, Singapore. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brief: Explicit and Tight Bounds of the Convergence Time of Average-based Population Protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIROCCO 2019 - 26th International Colloquium Structural Information and Communication Complexity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, L'Aquila, Italy. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-24922-9_29⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02380422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'art d'extraire des éléments du top-k en temps réel sur des fenêtres glissantes réparties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasile Cazacu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2019 - 21èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Saint Laurent de la Cabrerisse, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118367v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sycomore : un registre de transactions distribué et public au débit auto-adaptatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Guellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2019 - 21èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Saint Laurent de la Cabrerisse, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STAKECUBE: Combining Sharding and Proof-of-Stake to build Fork-free Secure Permissionless Distributed Ledgers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NETYS 2019: International conference on networked systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Marrakesh, Morocco. pp.148-165, </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-31277-0_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02078072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockchain abstract data type</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonella del Pozzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Tucci-Piergiovanni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPAA 2019 - 31st ACM Symposium on Parallelism in Algorithms and Architectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Phoenix, Arizona, United States. pp.349-358, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3323165.3323183⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02380364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sycomore, a Directed Acyclic Graph of Blocks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Industrial &amp; Academic Conference on Blockchain Technology - Chain-In</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01888302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sycomore : a Permissionless Distributed Ledger that self-adapts to Transactions Demand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Guellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NCA 2018 - 17th IEEE International Symposium on Network Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Nov 2018, Boston, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NCA.2018.8548053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01888265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balanced allocations and global clock in population protocols: An accurate analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIROCCO 2018 - 25th International Colloquium on Structural Information and Communication Complexity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Ma'ale HaHamisha, Israel. p.296-311, </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-01325-7_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01888301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Population Protocols with Convergence Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NCA 2018 - 17th IEEE International Symposium on Network Computing and Applications (NCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Boston, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NCA.2018.8548344⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01849441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finding Top-k Most Frequent Items in Distributed Streams in the Time-Sliding Window Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasile Cazacu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DSN 2018 - 48th Annual IEEE/IFIP International Conference on Dependable Systems and Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Luxembourg, Luxembourg. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DSN-W.2018.00030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01839930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UTXOs as a proof of membership for Byzantine Agreement based Cryptocurrencies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Guellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Symposium on Recent Advances on Blockchain and Its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Halifax, Canada. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/Cybermatics_2018.2018.00248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Fly Detection of the Top-k Items in the Distributed Sliding Window Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasile Cazacu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NCA 2018 - 17th IEEE International Symposium on Network Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Nov 2018, Boston, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NCA.2018.8548097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01888298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Handling Bitcoin Conflicts Through a Glimpse of Structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Lajoie-Mazenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 32nd ACM SIGAPP Symposium On Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Marrakesh, Morocco. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3019612.3019657⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01634368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic Analysis of Counting Protocols in Large-scale Asynchronous and Anonymous Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 IEEE 16th International Symposium on Network Computing and Applications (NCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Cambridge, United States. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/nca.2017.8171371⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580275v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bitcoin a Distributed Shared Register</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SSS 2017 - 19th International Symposium on Stabilization, Safety, and Security of Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Boston, MA, United States. pp.456-468, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-69084-1_34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522360v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ordonnancement dynamique pour un équilibrage de charge quasi-optimal dans les systèmes de traitement de flux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolò Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2017 - 19èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Quiberon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01519432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safety Analysis of Bitcoin Improvement Proposals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Lajoie-Mazenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE 15th International Symposium on Network Computing and Applications (NCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2016, Cambridge, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifier des icebergs parmi des flux de données distribués</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicoló Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2016 - 18èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groupement de clés efficace pour un équilibrage de charge quasi-optimal dans les systèmes de traitement de flux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicoló Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2016 - 18èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relying on Consensus does not Make Bitcoin Safer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fast Abstract in the 46th Annual IEEE/IFIP International Conference on Dependable Systems and Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the Propagation Time of a Rumour in Large-scale Distributed Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE 15th International Symposium on Network Computing and Applications (NCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Cambridge, United States. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/nca.2016.7778629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01354815v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online Scheduling for Shuffle Grouping in Distributed Stream Processing Systems Research Paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicoló Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM/IFIP/USENIX Middleware 2016 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM/IFIP/USENIX, Dec 2016, Trento, Italy. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2988336.2988347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'empire romain ne doit pas être géré comme une petite île grecque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2016 - 18èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01305334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Proportion Computation with Population Protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Network Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2016, Cambridge, United States. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/nca.2016.7778621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01354352v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Privacy-Preserving Reputation Mechanism: A Usable Solution Handling Negative Ratings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lajoie-Mazenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Guette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Sirvent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Viet Triem Tong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th IFIP WG 11.11 International Conference, IFIPTM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Hambourg, Germany. pp.92-108, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-18491-3_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131975v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying Global Icebergs in Distributed Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolò Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th International Symposium on Reliable Distributed Systems (SRDS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Montreal, Canada. pp.10, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SRDS.2015.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the Frequency of Data Items in Massive Distributed Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolò Rivetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 4th Symposium on Network Cloud Computing and Applications (NCCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany. pp.9, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ncca.2015.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reputation for Inter-Domain QoS Routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lajoie-Mazenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Network Computing and Applications (NCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Sep 2015, Boston, United States. pp.142-146, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NCA.2015.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Message-Passing and Adaptive Implementation of the Randomized Test-and-Set Object</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achour Mostefaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Network Computing and Applications (NCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Boston, United States. pp.167-175, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NCA.2015.27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mécanisme de réputation distribué préservant la vie privée avec témoignages négatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lajoie-Mazenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Guette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Sirvent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Viet Triem Tong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2015 - 17èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Beaune, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01148072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimer la corrélation à la volée entre flux massifs est possible avec très peu de mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2015 — 17èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Beaune, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Key Grouping for Near-Optimal Load Balancing in Stream Processing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicoló Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th ACM International Conference on Distributed Event-Based Systems (DEBS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Oslo, Norway. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2675743.2771827⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Counting with Population Protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Aspnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE 14th International Symposium on Network Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Sep 2015, Cambridge, United States. pp.9, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/nca.2015.35⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomaly Characterization Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Le Merrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2014 -- 16èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le-Bois-Plage-en-Ré, France. pp.1--4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00985641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mistore: A distributed storage system leveraging the DSL infrastructure of an ISP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Meye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Raipin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on High Performance Computing &amp; Simulation, HPCS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Bologne, Italy. pp.260 - 267, </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/HPCSim.2014.6903694⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deviation Estimation between Distributed Data Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th European Dependable Computing Conference (EDCC 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Newcastle, United Kingdom. pp.35-45, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EDCC.2014.27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00998702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A secure two-phase data deduplication scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Meye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Raipin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium on Cyberspace Safety and Security (CSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomaly Characterization in Large Scale Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Le Merrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th Annual IEEE/IFIP International Conference on Dependable Systems and Networks (DSN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00948135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a distributed storage system leveraging the DSL infrastructure of an ISP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Meye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Raïpin-Parvédy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th IEEE Consumer Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, United States. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00924051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service d'échantillonage uniforme résiliant aux comportments malveillants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2014 -- 16èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, France. pp.1--4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00985631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FixMe : détection répartie de défaillances isolées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Le Merrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Straub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Pornic, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00818650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sketch *-metric: Comparing Data Streams via Sketching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IEEE International Symposium on Network Computing and Applications (IEEE NCA 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Boston, United States. pp.11, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NCA.2013.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00926685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Self-organising Isolated Anomaly Detection Architecture for Large Scale Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Le Merrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Straub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nem-Summit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, France. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00907374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Privacy Preserving Distributed Reputation Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Guette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lajoie-Mazenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Prigent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Viet Triem Tong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on communications (ICC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Budapest, France. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00763212v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uniform Node Sampling Service Robust against Collusions of Malicious Nodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd Annual IEEE/IFIP International Conference on Dependable Systems and Networks (DSN 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Budapest, Hungary. pp.249</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00804430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Information Divergence Estimation over Data Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th IEEE International Symposium on Network Computing and Applications (IEEE NCA12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Cambridge, MA, United States. pp.Number 72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00725097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AMORES: an architecture for mobiquitous resilient systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Artigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Deswarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Guiochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-José Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Olivier Killijian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARMOR'12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Sibiu, Romania. Article N°7 (7p.), </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2222436.2222443⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00736020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AnKLe: Detecting Attacks in Large Scale Systems via Information Divergence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ninth European Dependable Computing Conference (EDCC 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Sibiu, Romania. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00677077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FixMe: A Self-organizing Isolated Anomaly Detection Architecture for Large Scale Distributed Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Le Merrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Straub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 16th International Conference On Principles Of Distributed Systems (OPODIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Rome, Italy. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00736922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AnKLe: détection automatique d'attaques par divergence d'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, La Grande Motte, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00688352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From SSIR to CIDre: a New Security Research Group in Rennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gambs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Hiet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Hurfin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st SysSec Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00656940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing the Adversarial Power in Uniform and Ergodic Node Sampling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 1st International Workshop on Algorithms and Models for Distributed Event Processing (AlMoDEP '11) collocated with the 25th International Symposium on Distributed Computing (DISC 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00617866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et Évaluation des Attaques Ciblées dans un Overlay Structuré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFIP 2011 - Colloque Francophone sur l Ingénierie des Protocoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UTC, May 2011, Sainte Maxime, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00586875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Evaluating Targeted Attacks in Large Scale Dynamic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 41rst 2011 International Conference on Dependable Systems and Networks (DSN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Hong-Kong, China. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DataCube: P2P Persistent Storage Architecture Based on Hybrid Redundancy Schema.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heverson Borba Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 18th Euromicro Conference on Parallel, Distributed and Network-based Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Pisa, Italy. pp.302--306, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PDP.2010.60⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00476286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Comparative Study of Rateless Codes for P2P Persistent Storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heverson Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference in Stabilization, Safety, and Security of Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, New York, United States. pp.489-503</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00554699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Rateless Coding in Structured Overlays to Achieve Data Persistence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heverson Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th IEEE International Conference on Advanced Information Networking and Applications, AINA 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Perth, Australia. pp.1165-1172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00554701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uniform and Ergodic Sampling in Unstructured Peer-to-Peer Systems with Malicious Nodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Gambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference On Principles Of Distributed Systems (OPODIS 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Tozeur, Tunisia. pp.64--78, </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-17653-1_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00554219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytic Study of the Impact of Churn in Cluster-Based Structured P2P Overlays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the International Conference on Communications (ICC 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Cape Town, South Africa. pp.302--307</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00476330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical Study of Adversarial Strategies in Cluster-based Overlays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Brasiliero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Workshop on Reliability, Availability, and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Hiroshima, Japan. pp.12, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PDCAT.2009.62⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induced Churn to Face Adversarial Behavior in Peer-to-Peer Systems. Brief announcement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco V. Brasileiro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Symposium on Stabilization, Safety, and Security of Distributed Systems (SSS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00789582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brief Announcement: Induced Churn to Face Adversarial Behavior in Peer-to-Peer Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Brasiliero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 11th International Symposium on Stabilization, Safety, and Security of Distributed Systems (SSS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Lyon, France. pp. 773-774</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00420559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solipsis: A Decentralized Architecture for Virtual Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Frey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Royan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Piegay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Kermarrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on Massively Multiuser Virtual Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Reno, NV, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00337057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PeerCube: an Hypercube-based P2P Overlay Robust against Collusion and Churn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aina Ravoaja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Brasiliero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Self-Adaptive and Self-Organizing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, France. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00916734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SQUARE: Scalable Quorum-Based Atomic Memory with Local Reconfiguration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gramoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Virgillito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Symposium on Applied Computing (SAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, France. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00916758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STORM: A Secure Overlay for P2P Reputation Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aina Ravoaja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Self-Adaptive and Self-Organizing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, France. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00916751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clock Synchronization in the Byzantine-Recovery Failure Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Delporte-Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Fauconnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Hurfin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josef Widder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPODIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Pointe-à-Pitre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00264219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Semantic Overlay for Self- Peer-to-Peer Publish/Subscribe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajoy K.Datta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gradinariu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Virgillito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 26th International Conference on Distributed Computing Systems (ICDCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Lisboa, Portugal. pp.22 - 22, </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDCS.2006.12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incentive-Based Robust Reputation Mechanism for P2P Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aina Ravoaja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Principles of Distributed Systems (OPODIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, France. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00916744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incentive for P2P Fair Resource Sharing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gradinariu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aina Ravoaja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The fifth IEEE International Conference on Peer-to-Peer Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Konstanz/Germany, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing Modular Services in the Sacattered Byzantine Failure Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Delporte-Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Fauconnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Hurfin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Le Lann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISPDC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Cork, Ireland. pp.262-269</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00154866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modular Services with Byzantine Recovery,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Delporte-Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Fauconnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Hurfin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Le Lann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DSN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Florence, Italy. pp.46-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00154877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fourth IEEE Symposium on Network Cloud Computing and Applications, NCCA 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Puliafito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tutschku Kurt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avresky Dimiter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Maehle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IEEE, 2015, ISBN 978-1-4673-7741-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01344687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formalization of Blockchain Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Fernández Anta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chryssis Georgiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nicolaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Principles of Blockchain Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03439073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending Signatures of Reputation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Guette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lajoie-Mazenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Sirvent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Viet Triem Tong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hansen, M.; Hoepman, J.-H.; Leenes, R.; Whitehouse, D. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Privacy and Identity Management for Emerging Services and Technologies : 8th IFIP WG 9.2, 9.5, 9.6/11.7, 11.4, 11.6 International Summer School, Nijmegen, The Netherlands, June 17-21, 2013, Revised Selected Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AICT-421, Springer, pp.165-176, 2014, IFIP Advances in Information and Communication Technology (TUTORIAL), 978-3-642-55136-9. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-55137-6_13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00997133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proof-of-Eligibility and Ephemeral participation to Solve Consensus in a Permissionless Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Frédérique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05423728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethical Risk Analysis of L2 Rollups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgy Ishmaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Frey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Taïani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05404607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical Report: Mining in Logarithmic Space with Variable Difficulty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Pacaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathanael Derousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05138795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asynchronous BFT Asset Transfer: Quasi-Anonymous, Light, and Consensus-Free</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Albouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Frey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Gestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Rauch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578985v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining in Logarithmic Space with Variable Difficulty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Pacaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathanael Derousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04794763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuous-time stochastic analysis of rumor spreading with multiple operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03681995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yggdrasil: Secure State Sharding of Transactions and Smart Contracts that Self-adapts to Transaction Load</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimen Djari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yackolley Amoussou-Guenou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Tucci Piergiovanni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonella Del Pozzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793291v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending The Boundaries and Exploring The Limits Of Blockchain Compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anurag Jain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sujit Gujar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866741v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pulling multiple nodes for rumor spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02500504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed Ledger Register: From Safe to Atomic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Papatriantafilou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippas Tsigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02201472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Byzantine Generalized Lattice Agreement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Antonio Di Luna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02380446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balanced allocations and global clock in population protocols: An accurate analysis (Full version)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic Analysis of Rumor Spreading Time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01652777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Byzantine-tolerant Uniform Node Sampling Service</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01634363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Message-Passing and Adaptive Implementation of the Randomized Test-and-Set Object</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achour Mostefaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075650v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Counting with Population Protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Aspnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01170575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Distributed Privacy-Preserving Reputation Mechanism Handling Non-Monotonic Ratings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lajoie-Mazenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Guette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Sirvent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Viet Triem Tong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01104837v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New results on a generalized coupon collector problem using Markov chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01005333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster : Blockchain abstract data type</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonella del Pozzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Tucci-Piergiovanni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PPoPP 2019 - 24th ACM SIGPLAN Annual Symposium on Principles and Practice of Parallel Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Washington DC, United States. ACM, 24th ACM SIGPLAN Annual Symposium on Principles and Practice of Parallel Programming, pp.1-2, </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3293883.3303705⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01988364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux des blockchains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01923502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockchain abstract data type</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonella del Pozzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Tucci-Piergiovanni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Univ Rennes, CNRS, IRISA, France. 2019, pp.1-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01718480v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Average-based Population Protocols : Explicit and Tight Bounds of the Convergence Time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Irisa. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Evaluation of a Distributed Synchronization Protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achour Mostefaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inria; Irisa; Lina; Irmar. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Load-Aware Shedding in Stream Processing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicoló Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] LINA-University of Nantes; Sapienza Università di Roma (Italie); Irisa; Inria Rennes. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01311970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying Global Icebergs in Distributed Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolò Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Cnrs; Inria Rennes; Université de Nantes. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proactive Online Scheduling for Shuffle Grouping in Distributed Stream Processing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicoló Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] LINA-University of Nantes; Sapienza Università di Roma (Italie). 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01246701v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization results for a generalized coupon collector problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernst Schulte-Geers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inria Rennes; Cnrs. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New results on a generalized coupon collector problem using Markov chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00950161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoMMEDIA: Separating Scaramouche from Harlequin to Accurately Estimate Items Frequency in Distributed Data Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00847764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sketch -metric: Comparing Data Streams via Sketching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00764772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sketch *-metric: Comparing Data Streams via Sketching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing the Adversarial Power in Uniform and Ergodic Peer Sampling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI-1966, 2011, pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00564293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AnKLe: Detecting Attacks in Large Scale Systems via Information Divergence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00653240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Evaluation of Large-scale Dynamic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00653409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for proving the self-organization of dynamic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Défago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Rapport LAAS n° 10746, LAAS. 2010, pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00534372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Analysis of Large Scale Peer-to-Peer Overlays using Markov Chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI-1963, 2010, pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00546039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dependability Evaluation of Cluster-based Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Brasileiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1947, 2010, pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00463468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markov Chains Competing for Transitions: Application to Large-Scale Distributed Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] 2010, pp.29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00485667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DataCube: a P2P persistent Storage Architecture based on Hybrid Redundancy Schema</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.B. Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1936, 2009, pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00421686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PeerCube: an Hypercube-based P2P Overlay Robust against Collusion and Churn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Brasileiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aina Ravoaja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1888, 2008, pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00258933v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managed Agreement: Generalizing Two Fundamental Distributed Agreement Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roy Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gradinariu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1785, 2006, pp.19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00001142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incentive-Based Robust Reputation Mechanism for P2P Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aina Ravoaja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1816, 2006, pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00121609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SQUARE: Scalable Quorum-Based Atomic Memory with Local Reconfiguration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gramoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Virgillito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1805, 2006, pp.39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00082274v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Adjusting Atomic Memory for Dynamic Systems based on Quorums On-The-Fly. Correctness Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gradinariu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gramoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Virgillito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1795, 2006, pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00001192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SAM: Self* Atomic Memory for P2P Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gradinariu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gramoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Virgillito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1717, 2005, pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Evaluation of Clock Synchronization Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-3526, INRIA. 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00073159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Flexible Run-time Support for Distributed Dependable Hard Real-time Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cabillic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chevochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-3564, INRIA. 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00073119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hades: A Middleware Support for Distributed Safety-Critical Real-Time Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cabillic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chevochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-3280, INRIA. 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00073408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Formal Specification of Group Membership Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Charron-Bost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Minet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sam Toueg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-2695, INRIA. 1995</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00073995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de protocoles de diffusion atomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Minet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] RR-1774, INRIA. 1992</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00077014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ABP : an atomic broadcast protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Minet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-1473, INRIA. 1991</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00075089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-blocking atomic broadcast with omission failures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Minet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">RR-1287, INRIA. 1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00075272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 5th Conference on Blockchain Research & Applications for Innovative Networks and Services (BRAINS) - 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yackolley Amoussou-Guenou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonella Del Pozzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Küpper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IEEE, 2023, </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BRAINS59668.2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nineteenth International Conference on Principles of Distributed Systems (OPODIS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cachin Christian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LIPICS. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nineteenth International Conference on Principles of Distributed Systems (OPODIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Rennes, France. , 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01344674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abstractions to Build Permissionless Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Computer Science [cs]. Université de Rennes 1, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04313136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId338"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:140.65934065934px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Emmanuelle Anceaume </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Emmanuelle AnceaumeDirectrice de recherche du CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuelle Anceaume received her PhD in Computer Science from the University Paris-Orsay (Paris-XI) for my work on dependable systems. She spent a post-doctoral year at Cornell University (NY - USA) and worked with Sam Toueg on unreliable failure detectors. She is a CNRS researcher at IRISA-UMR6074 lab. Her current research group is the </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INRIA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> / </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRISA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> CIDRE research team. She investigates dependability and security issues in large scale and dynamic systems. For the last few years, she has been working on data stream algorithms, privacy preserving reputation mechanisms, and consistency issues in large scale dynamic networks with sa deeper focus on blockchains.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethical Risk Analysis of L2 Rollups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgy Ishmaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Frey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Taïani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on the Web</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3786147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05446710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuous-Time Stochastic Analysis of Rumor Spreading with Multiple Operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methodology and Computing in Applied Probability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25 (4), pp.82. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11009-023-10058-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04255487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic analysis of rumor spreading with multiple pull operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methodology and Computing in Applied Probability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24, pp.2195--2211</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03128118v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Analysis of Average Based Distributed Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Probability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 58 (2), pp.394 - 410. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jpr.2020.97⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Byzantine-tolerant Uniform Node Sampling Service in Large-scale Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Parallel, Emergent and Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 36 (5), pp.1-28. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17445760.2021.1939873⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03265593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic Analysis of Rumor Spreading Time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORMS Journal on Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 32 (1), </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1287/ijoc.2018.0845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01888300v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le potentiel révolutionnaire de la technologie blockchain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Jongwane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interstices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01827608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Améliorer le Bitcoin ... à coup de fourches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Prima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Émergences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01888309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lightweight Metric Computation for Distributed Massive Data Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10430 (33), pp.1--39. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-55696-2_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01634353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New results on a generalized coupon collector problem using Markov chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Probability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.17. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1239/jap/1437658606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization Results for a Generalized Coupon Collector Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernst Schulte-Geers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Probability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 53 (2), pp.622-629. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jpr.2016.27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of a large number of Markov chains competing for transitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Systems Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 45 (3), pp.232--240. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207721.2012.704090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00736916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distributed Information Divergence Estimation over Data Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Parallel and Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 25 (2), pp.478-487. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPDS.2013.101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00998708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Power of the Adversary to Solve the Node Sampling Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8290, pp.102-126. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-45269-7_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00926485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markov Chains Competing for Transitions: Application to Large-Scale Distributed Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methodology and Computing in Applied Probability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 15 (2), pp.305--332. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11009-011-9239-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance evaluation of large-scale dynamic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM SIGMETRICS Performance Evaluation Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 39 (4), pp.108-117. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2185395.2185447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00736918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dependability Evaluation of Cluster-based Distributed Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Brasiliero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Foundations of Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 22 (5), pp.1123-1142. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0129054111008593⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unreliable Distributed Timing Scrutinizer to Converge toward Decision Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mourgaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Raïpin-Parvédy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studia Informatica Universalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 6 (2), pp.23--50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00916690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managed Agreement: Generalizing Two Fundamental Distributed Agreement Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roy Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gradinariu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Processing Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 101 (5), pp.190--198</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00916769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (88)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining in Logarithmic Space with Variable Difficulty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Pacaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathanaël Derousseaux-Lebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CCS 2025 - Conference on computer and communications security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM SIGSAC, Oct 2025, Tapei, Taiwan. pp.1-15, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3719027.3744874⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preuves non-interactives : la nouvelle ère des chaînes compressées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Pacaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2025 : 27èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Saint Valery-sur-Somme, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05034002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharding in permissionless systems in presence of an adaptive adversary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Frey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Rauch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NETYS 2024 - 12th International Conference on Networked Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Rabat, Morocco. pp.1-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04794826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brief: Sharding in permissionless systems in presence of an adaptive adversary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Frey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Rauch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st International Colloquium on Structural Information and Communication Complexity (SIROCCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, May 2024, Vietri sul Mare, Italy. pp.481-487, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-60603-8_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04477243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic analysis of rumor spreading with multiple pull operations in presence of non-cooperative nodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kilian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASMTA 2023 - 27th International Conference on Analytical &amp; Stochastic Modelling Techniques &amp; Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Florence, Italy. pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending The Boundaries and Exploring The Limits Of Blockchain Compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anurag Jain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sujit Gujar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SRDS 2023 - 42nd International Symposium on Reliable Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Sep 2023, Marrackech, Morocco. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sycomore ++ , un registre distribué orienté graphe auto-adaptatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimen Djari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Tucci-Piergiovanni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AlgoTel 2022 - 24èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Saint-Rémy-Lès-Chevreuse, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03656546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation study of Sycomore ++ , a self-adapting graph-based permissionless distributed ledger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimen Djari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Tucci-Piergiovanni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Blockchain Research &amp; Applications for Innovative Networks and Services (BRAINS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03637382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An agent-based simulation study of Sycomore ++ , a scalable and self-adapting graph-based permissionless distributed ledger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimen Djari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Tucci-Piergiovanni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 37th ACM/SIGAPP Symposium On Applied Computing (SAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03589399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Rumor Spreading with 2-pull or 3-pull Operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NCA 2021 - 20th IEEE International Symposium on Network Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Online, France. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03438975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On finality in blockchains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonella Del Pozzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Rieutord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Tucci-Piergiovanni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPODIS 2021 - 25th Conference on Principles of Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03080029v5</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic analysis of algorithms for collecting longitudinal data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NCA 2021 - 20th IEEE International Symposium on Network Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, online, France. pp.1-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Byzantine Generalized Lattice Agreement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Antonio Di Luna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 34th IEEE International Parallel and Distributed Processing Symposium (IPDPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02472207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The StakeCube blockchain : Instantiation, Evaluation & Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Hébert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalifa Toumi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Memmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BCCA 2020 - International Conference on Blockchain Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Virtual, Turkey. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03024408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permissionless Consensus based on Proof-of-Eligibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Saunois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NCA 2020 - 19th IEEE International Symposium on Network Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Boston (virtual venue), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronous Byzantine Lattice Agreement in O(log(f )) Rounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Antonio Di Luna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Bonomi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICDCS 2020 - 40th IEEE International Conference on Distributed Computing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Nov 2020, Singapore, Singapore. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brief: Explicit and Tight Bounds of the Convergence Time of Average-based Population Protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIROCCO 2019 - 26th International Colloquium Structural Information and Communication Complexity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, L'Aquila, Italy. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-24922-9_29⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02380422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'art d'extraire des éléments du top-k en temps réel sur des fenêtres glissantes réparties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasile Cazacu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2019 - 21èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Saint Laurent de la Cabrerisse, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118367v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STAKECUBE: Combining Sharding and Proof-of-Stake to build Fork-free Secure Permissionless Distributed Ledgers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NETYS 2019: International conference on networked systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Marrakesh, Morocco. pp.148-165, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-31277-0_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02078072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sycomore : un registre de transactions distribué et public au débit auto-adaptatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Guellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2019 - 21èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Saint Laurent de la Cabrerisse, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockchain abstract data type</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonella del Pozzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Tucci-Piergiovanni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPAA 2019 - 31st ACM Symposium on Parallelism in Algorithms and Architectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Phoenix, Arizona, United States. pp.349-358, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3323165.3323183⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02380364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balanced allocations and global clock in population protocols: An accurate analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIROCCO 2018 - 25th International Colloquium on Structural Information and Communication Complexity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Ma'ale HaHamisha, Israel. p.296-311, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-01325-7_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01888301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sycomore : a Permissionless Distributed Ledger that self-adapts to Transactions Demand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Guellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NCA 2018 - 17th IEEE International Symposium on Network Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Nov 2018, Boston, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NCA.2018.8548053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01888265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sycomore, a Directed Acyclic Graph of Blocks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Industrial &amp; Academic Conference on Blockchain Technology - Chain-In</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01888302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Population Protocols with Convergence Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NCA 2018 - 17th IEEE International Symposium on Network Computing and Applications (NCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Boston, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NCA.2018.8548344⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01849441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finding Top-k Most Frequent Items in Distributed Streams in the Time-Sliding Window Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasile Cazacu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DSN 2018 - 48th Annual IEEE/IFIP International Conference on Dependable Systems and Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Luxembourg, Luxembourg. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DSN-W.2018.00030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01839930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Fly Detection of the Top-k Items in the Distributed Sliding Window Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasile Cazacu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NCA 2018 - 17th IEEE International Symposium on Network Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Nov 2018, Boston, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NCA.2018.8548097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01888298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UTXOs as a proof of membership for Byzantine Agreement based Cryptocurrencies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Guellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Symposium on Recent Advances on Blockchain and Its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Halifax, Canada. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/Cybermatics_2018.2018.00248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Handling Bitcoin Conflicts Through a Glimpse of Structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Lajoie-Mazenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 32nd ACM SIGAPP Symposium On Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Marrakesh, Morocco. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3019612.3019657⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01634368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic Analysis of Counting Protocols in Large-scale Asynchronous and Anonymous Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 IEEE 16th International Symposium on Network Computing and Applications (NCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Cambridge, United States. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/nca.2017.8171371⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580275v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bitcoin a Distributed Shared Register</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SSS 2017 - 19th International Symposium on Stabilization, Safety, and Security of Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Boston, MA, United States. pp.456-468, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-69084-1_34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522360v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ordonnancement dynamique pour un équilibrage de charge quasi-optimal dans les systèmes de traitement de flux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolò Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2017 - 19èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Quiberon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01519432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relying on Consensus does not Make Bitcoin Safer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fast Abstract in the 46th Annual IEEE/IFIP International Conference on Dependable Systems and Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifier des icebergs parmi des flux de données distribués</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicoló Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2016 - 18èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safety Analysis of Bitcoin Improvement Proposals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Lajoie-Mazenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE 15th International Symposium on Network Computing and Applications (NCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2016, Cambridge, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groupement de clés efficace pour un équilibrage de charge quasi-optimal dans les systèmes de traitement de flux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicoló Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2016 - 18èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the Propagation Time of a Rumour in Large-scale Distributed Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE 15th International Symposium on Network Computing and Applications (NCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Cambridge, United States. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/nca.2016.7778629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01354815v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online Scheduling for Shuffle Grouping in Distributed Stream Processing Systems Research Paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicoló Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM/IFIP/USENIX Middleware 2016 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM/IFIP/USENIX, Dec 2016, Trento, Italy. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2988336.2988347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'empire romain ne doit pas être géré comme une petite île grecque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2016 - 18èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01305334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Proportion Computation with Population Protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Network Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2016, Cambridge, United States. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/nca.2016.7778621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01354352v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Privacy-Preserving Reputation Mechanism: A Usable Solution Handling Negative Ratings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lajoie-Mazenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Guette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Sirvent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Viet Triem Tong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th IFIP WG 11.11 International Conference, IFIPTM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Hambourg, Germany. pp.92-108, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-18491-3_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131975v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying Global Icebergs in Distributed Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolò Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th International Symposium on Reliable Distributed Systems (SRDS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Montreal, Canada. pp.10, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SRDS.2015.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reputation for Inter-Domain QoS Routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lajoie-Mazenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Network Computing and Applications (NCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Sep 2015, Boston, United States. pp.142-146, </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NCA.2015.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the Frequency of Data Items in Massive Distributed Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolò Rivetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 4th Symposium on Network Cloud Computing and Applications (NCCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany. pp.9, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ncca.2015.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Message-Passing and Adaptive Implementation of the Randomized Test-and-Set Object</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achour Mostefaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Network Computing and Applications (NCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Boston, United States. pp.167-175, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NCA.2015.27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mécanisme de réputation distribué préservant la vie privée avec témoignages négatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lajoie-Mazenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Guette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Sirvent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Viet Triem Tong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2015 - 17èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Beaune, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01148072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimer la corrélation à la volée entre flux massifs est possible avec très peu de mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2015 — 17èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Beaune, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Key Grouping for Near-Optimal Load Balancing in Stream Processing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicoló Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th ACM International Conference on Distributed Event-Based Systems (DEBS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Oslo, Norway. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2675743.2771827⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Counting with Population Protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Aspnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE 14th International Symposium on Network Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Sep 2015, Cambridge, United States. pp.9, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/nca.2015.35⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A secure two-phase data deduplication scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Meye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Raipin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium on Cyberspace Safety and Security (CSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deviation Estimation between Distributed Data Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th European Dependable Computing Conference (EDCC 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Newcastle, United Kingdom. pp.35-45, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EDCC.2014.27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00998702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomaly Characterization Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Le Merrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2014 -- 16èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le-Bois-Plage-en-Ré, France. pp.1--4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00985641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mistore: A distributed storage system leveraging the DSL infrastructure of an ISP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Meye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Raipin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on High Performance Computing &amp; Simulation, HPCS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Bologne, Italy. pp.260 - 267, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/HPCSim.2014.6903694⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomaly Characterization in Large Scale Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Le Merrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th Annual IEEE/IFIP International Conference on Dependable Systems and Networks (DSN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00948135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a distributed storage system leveraging the DSL infrastructure of an ISP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Meye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Raïpin-Parvédy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th IEEE Consumer Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, United States. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00924051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service d'échantillonage uniforme résiliant aux comportments malveillants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2014 -- 16èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, France. pp.1--4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00985631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FixMe : détection répartie de défaillances isolées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Le Merrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Straub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Pornic, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00818650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Self-organising Isolated Anomaly Detection Architecture for Large Scale Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Le Merrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Straub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nem-Summit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, France. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00907374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sketch *-metric: Comparing Data Streams via Sketching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IEEE International Symposium on Network Computing and Applications (IEEE NCA 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Boston, United States. pp.11, </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NCA.2013.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00926685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Privacy Preserving Distributed Reputation Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Guette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lajoie-Mazenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Prigent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Viet Triem Tong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on communications (ICC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Budapest, France. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00763212v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uniform Node Sampling Service Robust against Collusions of Malicious Nodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd Annual IEEE/IFIP International Conference on Dependable Systems and Networks (DSN 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Budapest, Hungary. pp.249</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00804430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AMORES: an architecture for mobiquitous resilient systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Artigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Deswarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Guiochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-José Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Olivier Killijian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARMOR'12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Sibiu, Romania. Article N°7 (7p.), </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2222436.2222443⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00736020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Information Divergence Estimation over Data Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th IEEE International Symposium on Network Computing and Applications (IEEE NCA12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Cambridge, MA, United States. pp.Number 72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00725097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AnKLe: Detecting Attacks in Large Scale Systems via Information Divergence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ninth European Dependable Computing Conference (EDCC 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Sibiu, Romania. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00677077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FixMe: A Self-organizing Isolated Anomaly Detection Architecture for Large Scale Distributed Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Le Merrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Straub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 16th International Conference On Principles Of Distributed Systems (OPODIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Rome, Italy. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00736922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AnKLe: détection automatique d'attaques par divergence d'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, La Grande Motte, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00688352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing the Adversarial Power in Uniform and Ergodic Node Sampling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 1st International Workshop on Algorithms and Models for Distributed Event Processing (AlMoDEP '11) collocated with the 25th International Symposium on Distributed Computing (DISC 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00617866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From SSIR to CIDre: a New Security Research Group in Rennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gambs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Hiet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Hurfin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st SysSec Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00656940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et Évaluation des Attaques Ciblées dans un Overlay Structuré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFIP 2011 - Colloque Francophone sur l Ingénierie des Protocoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UTC, May 2011, Sainte Maxime, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00586875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Evaluating Targeted Attacks in Large Scale Dynamic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 41rst 2011 International Conference on Dependable Systems and Networks (DSN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Hong-Kong, China. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DataCube: P2P Persistent Storage Architecture Based on Hybrid Redundancy Schema.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heverson Borba Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 18th Euromicro Conference on Parallel, Distributed and Network-based Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Pisa, Italy. pp.302--306, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PDP.2010.60⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00476286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Rateless Coding in Structured Overlays to Achieve Data Persistence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heverson Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th IEEE International Conference on Advanced Information Networking and Applications, AINA 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Perth, Australia. pp.1165-1172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00554701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Comparative Study of Rateless Codes for P2P Persistent Storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heverson Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference in Stabilization, Safety, and Security of Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, New York, United States. pp.489-503</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00554699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uniform and Ergodic Sampling in Unstructured Peer-to-Peer Systems with Malicious Nodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Gambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference On Principles Of Distributed Systems (OPODIS 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Tozeur, Tunisia. pp.64--78, </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-17653-1_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00554219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytic Study of the Impact of Churn in Cluster-Based Structured P2P Overlays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the International Conference on Communications (ICC 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Cape Town, South Africa. pp.302--307</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00476330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brief Announcement: Induced Churn to Face Adversarial Behavior in Peer-to-Peer Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Brasiliero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 11th International Symposium on Stabilization, Safety, and Security of Distributed Systems (SSS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Lyon, France. pp. 773-774</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00420559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induced Churn to Face Adversarial Behavior in Peer-to-Peer Systems. Brief announcement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco V. Brasileiro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Symposium on Stabilization, Safety, and Security of Distributed Systems (SSS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00789582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical Study of Adversarial Strategies in Cluster-based Overlays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Brasiliero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Workshop on Reliability, Availability, and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Hiroshima, Japan. pp.12, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PDCAT.2009.62⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solipsis: A Decentralized Architecture for Virtual Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Frey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Royan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Piegay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Kermarrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on Massively Multiuser Virtual Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Reno, NV, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00337057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PeerCube: an Hypercube-based P2P Overlay Robust against Collusion and Churn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aina Ravoaja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Brasiliero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Self-Adaptive and Self-Organizing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, France. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00916734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SQUARE: Scalable Quorum-Based Atomic Memory with Local Reconfiguration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gramoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Virgillito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Symposium on Applied Computing (SAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, France. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00916758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clock Synchronization in the Byzantine-Recovery Failure Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Delporte-Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Fauconnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Hurfin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josef Widder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPODIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Pointe-à-Pitre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00264219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STORM: A Secure Overlay for P2P Reputation Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aina Ravoaja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Self-Adaptive and Self-Organizing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, France. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00916751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Semantic Overlay for Self- Peer-to-Peer Publish/Subscribe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajoy K.Datta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gradinariu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Virgillito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 26th International Conference on Distributed Computing Systems (ICDCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Lisboa, Portugal. pp.22 - 22, </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDCS.2006.12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incentive-Based Robust Reputation Mechanism for P2P Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aina Ravoaja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Principles of Distributed Systems (OPODIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, France. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00916744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incentive for P2P Fair Resource Sharing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gradinariu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aina Ravoaja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The fifth IEEE International Conference on Peer-to-Peer Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Konstanz/Germany, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing Modular Services in the Sacattered Byzantine Failure Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Delporte-Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Fauconnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Hurfin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Le Lann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISPDC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Cork, Ireland. pp.262-269</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00154866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modular Services with Byzantine Recovery,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Delporte-Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Fauconnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Hurfin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Le Lann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DSN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Florence, Italy. pp.46-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00154877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fourth IEEE Symposium on Network Cloud Computing and Applications, NCCA 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Puliafito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tutschku Kurt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avresky Dimiter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Maehle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IEEE, 2015, ISBN 978-1-4673-7741-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01344687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formalization of Blockchain Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Fernández Anta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chryssis Georgiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nicolaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Principles of Blockchain Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03439073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending Signatures of Reputation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Guette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lajoie-Mazenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Sirvent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Viet Triem Tong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hansen, M.; Hoepman, J.-H.; Leenes, R.; Whitehouse, D. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Privacy and Identity Management for Emerging Services and Technologies : 8th IFIP WG 9.2, 9.5, 9.6/11.7, 11.4, 11.6 International Summer School, Nijmegen, The Netherlands, June 17-21, 2013, Revised Selected Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AICT-421, Springer, pp.165-176, 2014, IFIP Advances in Information and Communication Technology (TUTORIAL), 978-3-642-55136-9. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-55137-6_13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00997133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secure Execution of Ethereum Smart Contracts over Adaptive State Sharding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yackolley Amoussou-Guenou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonella Del Pozzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimen Djari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skander Mhadhbia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793291v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethical Risk Analysis of L2 Rollups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgy Ishmaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Frey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Taïani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05404607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proof-of-Eligibility and Ephemeral participation to Solve Consensus in a Permissionless Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Frédérique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05423728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical Report: Mining in Logarithmic Space with Variable Difficulty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Pacaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathanael Derousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05138795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asynchronous BFT Asset Transfer: Quasi-Anonymous, Light, and Consensus-Free</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Albouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Frey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Gestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Rauch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578985v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining in Logarithmic Space with Variable Difficulty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Pacaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathanael Derousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04794763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuous-time stochastic analysis of rumor spreading with multiple operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03681995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending The Boundaries and Exploring The Limits Of Blockchain Compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anurag Jain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sujit Gujar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866741v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pulling multiple nodes for rumor spreading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02500504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed Ledger Register: From Safe to Atomic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Papatriantafilou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippas Tsigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02201472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Byzantine Generalized Lattice Agreement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Antonio Di Luna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02380446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balanced allocations and global clock in population protocols: An accurate analysis (Full version)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic Analysis of Rumor Spreading Time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01652777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Byzantine-tolerant Uniform Node Sampling Service</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01634363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Message-Passing and Adaptive Implementation of the Randomized Test-and-Set Object</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achour Mostefaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075650v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Counting with Population Protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Aspnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01170575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Distributed Privacy-Preserving Reputation Mechanism Handling Non-Monotonic Ratings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lajoie-Mazenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Guette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Sirvent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Viet Triem Tong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01104837v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New results on a generalized coupon collector problem using Markov chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01005333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster : Blockchain abstract data type</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonella del Pozzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Tucci-Piergiovanni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PPoPP 2019 - 24th ACM SIGPLAN Annual Symposium on Principles and Practice of Parallel Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Washington DC, United States. ACM, 24th ACM SIGPLAN Annual Symposium on Principles and Practice of Parallel Programming, pp.1-2, </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3293883.3303705⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01988364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux des blockchains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01923502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockchain abstract data type</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonella del Pozzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Tucci-Piergiovanni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Univ Rennes, CNRS, IRISA, France. 2019, pp.1-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01718480v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Average-based Population Protocols : Explicit and Tight Bounds of the Convergence Time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mocquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Irisa. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Evaluation of a Distributed Synchronization Protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achour Mostefaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inria; Irisa; Lina; Irmar. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Load-Aware Shedding in Stream Processing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicoló Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] LINA-University of Nantes; Sapienza Università di Roma (Italie); Irisa; Inria Rennes. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01311970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proactive Online Scheduling for Shuffle Grouping in Distributed Stream Processing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicoló Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Querzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] LINA-University of Nantes; Sapienza Università di Roma (Italie). 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01246701v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying Global Icebergs in Distributed Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolò Rivetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Cnrs; Inria Rennes; Université de Nantes. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization results for a generalized coupon collector problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernst Schulte-Geers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inria Rennes; Cnrs. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New results on a generalized coupon collector problem using Markov chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00950161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoMMEDIA: Separating Scaramouche from Harlequin to Accurately Estimate Items Frequency in Distributed Data Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00847764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sketch -metric: Comparing Data Streams via Sketching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00764772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sketch *-metric: Comparing Data Streams via Sketching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing the Adversarial Power in Uniform and Ergodic Peer Sampling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI-1966, 2011, pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00564293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AnKLe: Detecting Attacks in Large Scale Systems via Information Divergence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00653240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Evaluation of Large-scale Dynamic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00653409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for proving the self-organization of dynamic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Défago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Rapport LAAS n° 10746, LAAS. 2010, pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00534372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Analysis of Large Scale Peer-to-Peer Overlays using Markov Chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI-1963, 2010, pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00546039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markov Chains Competing for Transitions: Application to Large-Scale Distributed Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] 2010, pp.29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00485667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dependability Evaluation of Cluster-based Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Brasileiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sericola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Tronel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1947, 2010, pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00463468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DataCube: a P2P persistent Storage Architecture based on Hybrid Redundancy Schema</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.B. Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1936, 2009, pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00421686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PeerCube: an Hypercube-based P2P Overlay Robust against Collusion and Churn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Brasileiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Ludinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aina Ravoaja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1888, 2008, pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00258933v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managed Agreement: Generalizing Two Fundamental Distributed Agreement Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roy Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gradinariu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1785, 2006, pp.19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00001142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SQUARE: Scalable Quorum-Based Atomic Memory with Local Reconfiguration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gramoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Virgillito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1805, 2006, pp.39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00082274v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incentive-Based Robust Reputation Mechanism for P2P Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aina Ravoaja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1816, 2006, pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00121609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Adjusting Atomic Memory for Dynamic Systems based on Quorums On-The-Fly. Correctness Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gradinariu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gramoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Virgillito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1795, 2006, pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00001192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SAM: Self* Atomic Memory for P2P Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gradinariu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gramoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Virgillito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PI 1717, 2005, pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Evaluation of Clock Synchronization Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-3526, INRIA. 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00073159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Flexible Run-time Support for Distributed Dependable Hard Real-time Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cabillic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chevochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-3564, INRIA. 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00073119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hades: A Middleware Support for Distributed Safety-Critical Real-Time Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Cabillic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chevochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Puaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-3280, INRIA. 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00073408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Formal Specification of Group Membership Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Charron-Bost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Minet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sam Toueg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-2695, INRIA. 1995</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00073995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de protocoles de diffusion atomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Minet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] RR-1774, INRIA. 1992</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00077014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ABP : an atomic broadcast protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Minet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-1473, INRIA. 1991</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00075089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-blocking atomic broadcast with omission failures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Minet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">RR-1287, INRIA. 1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00075272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 5th Conference on Blockchain Research & Applications for Innovative Networks and Services (BRAINS) - 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yackolley Amoussou-Guenou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonella Del Pozzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Küpper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IEEE, 2023, </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BRAINS59668.2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nineteenth International Conference on Principles of Distributed Systems (OPODIS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cachin Christian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LIPICS. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nineteenth International Conference on Principles of Distributed Systems (OPODIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Rennes, France. , 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01344674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abstractions to Build Permissionless Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Anceaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Computer Science [cs]. Université de Rennes 1, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04313136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId338"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.inria.fr/en/teams/cidre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.irisa.fr/recherche/rechAxes.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05446710v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgy Ishmaev" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Anceaume" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Frey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ta&#239;ani" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3786147" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04255487v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Castella" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sericola" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mocquard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11009-023-10058-7" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128118v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Robin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02473856v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jpr.2020.97" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03265593v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Busnel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17445760.2021.1939873" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888300v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/ijoc.2018.0845" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01827608v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Jongwane" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888309v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Prima" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634353v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-55696-2_1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189564v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Sericola" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1239/jap/1437658606" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01397403v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernst Schulte-Geers" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jpr.2016.27" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998708v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPDS.2013.101" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736916v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207721.2012.704090" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650081v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Ludinard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11009-011-9239-6" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926485v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gambs" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-45269-7_5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736918v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2185395.2185447" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650086v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Brasiliero" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tronel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129054111008593" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916690v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mourgaya" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ra&#239;pin-Parv&#233;dy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916769v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Friedman" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gradinariu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034002v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Pacaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Miller" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05294549v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Derousseaux-Lebert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3719027.3744874" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477243v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Rauch" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-60603-8_26" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04794826v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04166945v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kilian" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04166932v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anurag Jain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujit Gujar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637382v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimen Djari" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Tucci-Piergiovanni" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656546v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589399v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438975v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03080029v5" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Del Pozzo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Rieutord" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215515v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472207v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Antonio Di Luna" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Querzoni" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024408v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Durand" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume H&#233;bert" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalifa Toumi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Memmi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043681v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Saunois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02473843v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bonomi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02380422v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-24922-9_29" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02118367v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Cazacu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118385v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guellier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078072v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-31277-0_10" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02380364v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella del Pozzo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Potop-Butucaru" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3323165.3323183" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888302v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888265v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NCA.2018.8548053" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888301v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01325-7_26" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849441v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NCA.2018.8548344" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01839930v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSN-W.2018.00030" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768190v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Cybermatics_2018.2018.00248" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888298v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NCA.2018.8548097" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634368v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lajoie-Mazenc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3019612.3019657" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580275v3" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/nca.2017.8171371" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522360v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-69084-1_34" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519432v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; Rivetti" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397685v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303873v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#243; Rivetti" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303887v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316541v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354815v3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Robert" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/nca.2016.7778629" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397658v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2988336.2988347" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305334v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354352v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/nca.2016.7778621" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131975v2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lajoie-Mazenc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guette" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sirvent" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Viet Triem Tong" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18491-3_7" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194511v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SRDS.2015.19" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194529v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ncca.2015.19" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190451v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Texier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NCA.2015.19" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190379v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achour Mostefaoui" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NCA.2015.27" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148072v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147072v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194518v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2675743.2771827" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189596v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Aspnes" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/nca.2015.35" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985641v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Merrer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Marchand" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076907v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meye" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Raipin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HPCSim.2014.6903694" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998702v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDCC.2014.27" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076918v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00948135v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00924051v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985631v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818650v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Straub" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926685v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NCA.2013.11" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907374v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763212v3" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Prigent" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804430v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725097v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00736020v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Artigues" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Deswarte" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Guiochet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Huguet" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Olivier Killijian" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2222436.2222443" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677077v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736922v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688352v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00656940v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bidan" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hiet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hurfin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00617866v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00586875v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650095v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476286v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heverson Borba Ribeiro" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PDP.2010.60" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554699v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heverson Ribeiro" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554701v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554219v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Gambs" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17653-1_5" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476330v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408871v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brasiliero" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PDCAT.2009.62" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00789582v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco V. Brasileiro" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420559v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00337057v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Royan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Piegay" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Kermarrec" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916734v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aina Ravoaja" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916758v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gramoli" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Virgillito" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916751v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00264219v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Delporte-Gallet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Fauconnier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Widder" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099200v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajoy K.Datta" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Simon" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS.2006.12" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916744v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000312v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154866v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Le Lann" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154877v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344687v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Puliafito" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tutschku Kurt" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avresky Dimiter" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Maehle" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439073v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Fern&#225;ndez Anta" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryssis Georgiou" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nicolaou" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997133v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-55137-6_13" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05423728v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Fr&#233;d&#233;rique" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05404607v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05138795v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanael Derousseaux" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04578985v2" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Albouy" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gestin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04794763v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681995v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793291v2" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yackolley Amoussou-Guenou" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Tucci Piergiovanni" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03866741v2" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500504v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02201472v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Papatriantafilou" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippas Tsigas" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02380446v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790973v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652777v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634363v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075650v3" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170575v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104837v2" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005333v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988364v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3293883.3303705" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923502v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01718480v3" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178618v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01283064v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01311970v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141829v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01246701v2" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141577v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950161v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847764v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764772v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721211v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00564293v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653240v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653409v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534372v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier D&#233;fago" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Roy" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00546039v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00463468v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Brasileiro" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00485667v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00421686v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.B. Ribeiro" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00258933v2" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001142v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00121609v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00082274v2" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001192v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000115v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073159v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Puaut" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073119v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Cabillic" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chevochot" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073408v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073995v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charron-Bost" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Minet" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Toueg" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00077014v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075089v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075272v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306801v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bertin" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel K&#252;pper" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BRAINS59668.2023" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344674v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cachin Christian" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04313136v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.inria.fr/en/teams/cidre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.irisa.fr/recherche/rechAxes.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05446710v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgy Ishmaev" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Anceaume" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Frey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ta&#239;ani" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3786147" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04255487v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Castella" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sericola" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mocquard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11009-023-10058-7" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128118v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Robin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02473856v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jpr.2020.97" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03265593v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Busnel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17445760.2021.1939873" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888300v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/ijoc.2018.0845" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01827608v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Jongwane" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888309v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Prima" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634353v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-55696-2_1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189564v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Sericola" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1239/jap/1437658606" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01397403v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernst Schulte-Geers" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jpr.2016.27" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736916v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207721.2012.704090" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998708v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPDS.2013.101" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926485v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gambs" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-45269-7_5" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650081v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Ludinard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11009-011-9239-6" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736918v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2185395.2185447" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650086v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Brasiliero" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tronel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129054111008593" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916690v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mourgaya" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ra&#239;pin-Parv&#233;dy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916769v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Friedman" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gradinariu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05294549v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Miller" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Pacaud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Derousseaux-Lebert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3719027.3744874" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034002v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04794826v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Rauch" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477243v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-60603-8_26" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04166945v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kilian" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04166932v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anurag Jain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujit Gujar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656546v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimen Djari" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Tucci-Piergiovanni" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637382v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589399v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438975v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03080029v5" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Del Pozzo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Rieutord" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215515v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472207v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Antonio Di Luna" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Querzoni" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024408v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Durand" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume H&#233;bert" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalifa Toumi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Memmi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043681v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Saunois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02473843v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bonomi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02380422v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-24922-9_29" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02118367v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Cazacu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078072v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-31277-0_10" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118385v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guellier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02380364v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella del Pozzo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Potop-Butucaru" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3323165.3323183" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888301v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01325-7_26" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888265v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NCA.2018.8548053" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888302v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849441v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NCA.2018.8548344" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01839930v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSN-W.2018.00030" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888298v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NCA.2018.8548097" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768190v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Cybermatics_2018.2018.00248" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634368v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lajoie-Mazenc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3019612.3019657" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580275v3" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/nca.2017.8171371" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522360v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-69084-1_34" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519432v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; Rivetti" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316541v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303873v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#243; Rivetti" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397685v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303887v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354815v3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Robert" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/nca.2016.7778629" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397658v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2988336.2988347" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305334v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354352v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/nca.2016.7778621" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131975v2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lajoie-Mazenc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guette" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sirvent" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Viet Triem Tong" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18491-3_7" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194511v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SRDS.2015.19" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190451v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Texier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NCA.2015.19" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194529v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ncca.2015.19" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190379v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achour Mostefaoui" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NCA.2015.27" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148072v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147072v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194518v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2675743.2771827" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189596v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Aspnes" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/nca.2015.35" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076918v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meye" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Raipin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998702v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDCC.2014.27" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985641v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Merrer" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Marchand" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076907v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HPCSim.2014.6903694" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00948135v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00924051v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985631v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818650v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Straub" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907374v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926685v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NCA.2013.11" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763212v3" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Prigent" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804430v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00736020v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Artigues" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Deswarte" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Guiochet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Huguet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Olivier Killijian" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2222436.2222443" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725097v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677077v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736922v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688352v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00617866v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00656940v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bidan" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hiet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hurfin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00586875v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650095v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476286v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heverson Borba Ribeiro" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PDP.2010.60" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554701v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heverson Ribeiro" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554699v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554219v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Gambs" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17653-1_5" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476330v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420559v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brasiliero" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00789582v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco V. Brasileiro" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408871v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PDCAT.2009.62" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00337057v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Royan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Piegay" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Kermarrec" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916734v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aina Ravoaja" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916758v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gramoli" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Virgillito" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00264219v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Delporte-Gallet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Fauconnier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Widder" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916751v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099200v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajoy K.Datta" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Simon" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS.2006.12" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916744v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000312v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154866v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Le Lann" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154877v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344687v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Puliafito" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tutschku Kurt" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avresky Dimiter" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Maehle" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439073v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Fern&#225;ndez Anta" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryssis Georgiou" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nicolaou" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997133v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-55137-6_13" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793291v3" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yackolley Amoussou-Guenou" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Skander Mhadhbia" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05404607v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05423728v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Fr&#233;d&#233;rique" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05138795v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanael Derousseaux" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04578985v2" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Albouy" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gestin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04794763v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681995v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03866741v2" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500504v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02201472v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Papatriantafilou" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippas Tsigas" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02380446v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790973v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652777v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634363v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075650v3" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170575v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104837v2" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005333v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988364v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3293883.3303705" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923502v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01718480v3" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178618v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01283064v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01311970v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01246701v2" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141829v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141577v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950161v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847764v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764772v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721211v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00564293v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653240v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653409v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534372v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier D&#233;fago" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Roy" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00546039v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00485667v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00463468v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Brasileiro" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00421686v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.B. Ribeiro" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00258933v2" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001142v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00082274v2" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00121609v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001192v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000115v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073159v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Puaut" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073119v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Cabillic" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chevochot" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073408v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073995v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charron-Bost" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Minet" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Toueg" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00077014v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075089v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075272v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306801v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bertin" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel K&#252;pper" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BRAINS59668.2023" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344674v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cachin Christian" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04313136v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>