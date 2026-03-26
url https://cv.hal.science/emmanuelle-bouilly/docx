--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -153,2108 +153,2342 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gender Knowledge: Epistemological and Empirical Contributions from the Global South</w:t>
+                <w:t xml:space="preserve">S’organiser et agir dans les mondes du travail en Afrique : contributions à une sociologie comparée des syndicalismes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Dutoya</w:t>
+                <w:t xml:space="preserve">Sidy Cissokho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Saiget</w:t>
+                <w:t xml:space="preserve">Maxime Quijoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of International Women's Studies</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nouvelle Revue du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/152dd⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03611668v1</w:t>
+                <w:t xml:space="preserve">hal-05544126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial : Relire les décolonisations d'Afrique francophone au prisme du genre</w:t>
+                <w:t xml:space="preserve">Photographie et sociologie en Afrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ophélie Rillon</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Quijoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Josse-Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance Perrin-Joly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Mouvement social</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/lms.255.0003⟩</w:t>
+              <w:t xml:space="preserve">Nouvelle Revue du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/152db⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02386745v2</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senegal 2015</w:t>
+                <w:t xml:space="preserve">Gender Knowledge: Epistemological and Empirical Contributions from the Global South</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie Brossier</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Dutoya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Saiget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Africa Yearbook Online</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of International Women's Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (2), https://vc.bridgew.edu/jiws/vol23/iss2/1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03211975v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03611668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Femmes africaines et mobilisations collectives (années 1940-1970) (dossier)</w:t>
+                <w:t xml:space="preserve">Senegalese mothers ‘fight clandestine migration’: an intersectional perspective on activism and apathy among parents and spouses left behind</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ophélie Rillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Mouvement social</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Review of African Political Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 43 (149), pp.416-435. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/03056244.2016.1217839⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02551761v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02865673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial. African women’s struggles in a gender perspective</w:t>
+                <w:t xml:space="preserve">Editorial : Relire les décolonisations d'Afrique francophone au prisme du genre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Rillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hannah Cross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of African Political Economy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/03056244.2016.1216671⟩</w:t>
+              <w:t xml:space="preserve">Le Mouvement social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 255 (2), pp.3-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lms.255.0003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04220892v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02386745v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senegalese mothers ‘fight clandestine migration’: an intersectional perspective on activism and apathy among parents and spouses left behind</w:t>
+                <w:t xml:space="preserve">Femmes africaines et mobilisations collectives (années 1940-1970) (dossier)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Rillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of African Political Economy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Mouvement social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Le Mouvement social, 255, pp.3-135</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02865673v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02551761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senegal</w:t>
+                <w:t xml:space="preserve">Senegal 2015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Brossier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Africa Yearbook Online</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, Africa Yearbook Online, 11, pp.148-157. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1163/1872-9037_ayb_ayb2014_COM_0017⟩</w:t>
+              <w:t xml:space="preserve">, 2016, Africa Yearbook Online, 12, pp.155-167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/1872-9037_ayb_ayb2015_COM_0017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03211980v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03211975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senegal</w:t>
+                <w:t xml:space="preserve">Editorial. African women’s struggles in a gender perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie Brossier</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Rillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannah Cross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Africa Yearbook Online</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1163/1872-9037_ayb_ayb2013_COM_0018⟩</w:t>
+              <w:t xml:space="preserve">Review of African Political Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 43 (149), pp.338-349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/03056244.2016.1216671⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03211984v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04220892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forum social mondial 2011. La cause des migrants débattue à Dakar</w:t>
+                <w:t xml:space="preserve">Senegal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Brossier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hommes et migrations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Africa Yearbook Online</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Africa Yearbook Online, 11, pp.148-157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/1872-9037_ayb_ayb2014_COM_0017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02865679v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03211980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La lutte contre l'émigration irrégulière au Sénégal: Carrière d'une cause, trajectoires d'acteurs et jeu de pratiques dans un espace de mobilisation internationalisé</w:t>
+                <w:t xml:space="preserve">Senegal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Brossier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of African Studies / Revue canadienne des études africaines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00083968.2010.9707550⟩</w:t>
+              <w:t xml:space="preserve">Africa Yearbook Online</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Africa Yearbook Online, 10, pp.167-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/1872-9037_ayb_ayb2013_COM_0018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02865682v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03211984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La programmazione in agenda dell’emigrazione irregolare e inserimento internazionale di associazioni senegalesi impegnate nella causa</w:t>
+                <w:t xml:space="preserve">La lutte contre l'émigration irrégulière au Sénégal: Carrière d'une cause, trajectoires d'acteurs et jeu de pratiques dans un espace de mobilisation internationalisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Afriche e Orienti</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Canadian Journal of African Studies / Revue canadienne des études africaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 44 (2), pp.229-255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00083968.2010.9707550⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04228832v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02865682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enjeux féminins de la migration masculine. Le collectif des femmes pour la lutte contre l’immigration clandestine de Thiaroye-sur-Mer</w:t>
+                <w:t xml:space="preserve">Forum social mondial 2011. La cause des migrants débattue à Dakar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politique africaine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Hommes et migrations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1290, pp.131-133</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03219445v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02865679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La programmazione in agenda dell’emigrazione irregolare e inserimento internazionale di associazioni senegalesi impegnate nella causa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Afriche e Orienti</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 1, p. 146-157</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04228832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La couverture médiatique du Collectif des femmes de Thiaroye-sur-Mer (Dakar- Sénégal) : l’icône de la « mère courage », une mise en abîme du discours produit au Nord sur la migration du Sud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Asylon(s)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 3, http://www.reseau-terra.eu/article721.html</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228837v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les enjeux féminins de la migration masculine. Le collectif des femmes pour la lutte contre l’immigration clandestine de Thiaroye-sur-Mer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politique africaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Politique africaine, 109 (1), p.16-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/polaf.109.0016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03219445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Re-examining Institutions in North Africa and Sub-Saharan Countries: A Political Elite Perspective », Congrès IPSA Buenos Aires, 15-19 juillet 2023.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Fouad El Haddad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès IPSA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Political Science Association, Jul 2023, Buenos Aires (Argentina), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« S’assembler, protester, se révolter »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international « Modernités africaines. Conversations, circulations, décentrements »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ecole Normale Supérieure, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Who are African politicians ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8e European Conference of African Studies (ECAS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Conference of African Studies (ECAS), Jun 2019, Edimbourg (Ecosse), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senegalese Mothers Fight ‘Clandestine Migration’: an Intersectional. Perspective on Activism and Apathy among Parents and Spouses Left Behind</w:t>
+                <w:t xml:space="preserve">Section Thématique (ST 19) « Genre et formes d’organisation dans l’action collective »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Le Mazier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference Africa Multiple : Conversations and Building networks, Université de Bayreuth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Bayreuth, France</w:t>
+              <w:t xml:space="preserve">15e congrès de l’Association Française de Science politique (AFSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Science politique (AFSP), Jul 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02865690v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04228879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Section Thématique (ST 19) « Genre et formes d’organisation dans l’action collective »</w:t>
+                <w:t xml:space="preserve">Senegalese Mothers Fight ‘Clandestine Migration’: an Intersectional. Perspective on Activism and Apathy among Parents and Spouses Left Behind</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Le Mazier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15e congrès de l’Association Française de Science politique (AFSP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Science politique (AFSP), Jul 2019, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">International Conference Africa Multiple : Conversations and Building networks, Université de Bayreuth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Bayreuth, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04228879v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02865690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Female way to do politics? Public performances and material culture in Senegal</w:t>
+                <w:t xml:space="preserve">« Mobilization without Protest. What Popular Dissent in Senegal Tells about the Blind Spots of Social Movement Theories »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Political Science Association (APSA) Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Boston, United States</w:t>
+              <w:t xml:space="preserve">RC48 Roundtable II, 19e Congrès international de Sociologie (ISA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Sociology Association, Jul 2018, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02551755v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04228866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Mobilization without Protest. What Popular Dissent in Senegal Tells about the Blind Spots of Social Movement Theories »</w:t>
+                <w:t xml:space="preserve">Female way to do politics? Public performances and material culture in Senegal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RC48 Roundtable II, 19e Congrès international de Sociologie (ISA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Sociology Association, Jul 2018, Toronto, Canada</w:t>
+              <w:t xml:space="preserve">American Political Science Association (APSA) Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04228866v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02551755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Material culture in women’s public performances in Senegal. Political and NGOs’ paraphernalia as a singular repertoire of action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6e European Conference of African Studies (ECAS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Conference of African Studies (ECAS), Jul 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Femmes, genre et mobilisations collectives en Afrique et au Maghreb. Années 1950-1970</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Table-ronde « Genre, mobilisations et citoyenneté en Afrique », 6e European Conference of African Studies (ECAS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Conference of African Studies (ECAS), Jul 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Intersectionnality as a methodological and analytical tool in African contexts »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop Intersectionality and Domination. French and German perspectives on the intersections of complex power relations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre Marc Bloch, Viadrina Europa Universität, Nov 2014, Berlin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Women’s movements in Africa. Senegalese mother fighting against illegal migration</w:t>
+                <w:t xml:space="preserve">Boat people, Senegalese women against illegal migration to Europe. Engendering migration process and social movement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Guest lecture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Center of African Studies, Copenhagen University, Nov 2013, Copenhage, France</w:t>
+              <w:t xml:space="preserve">, Roskilde University, Nov 2013, Roskilde, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04228887v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04228889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boat people, Senegalese women against illegal migration to Europe. Engendering migration process and social movement</w:t>
+                <w:t xml:space="preserve">Women’s movements in Africa. Senegalese mother fighting against illegal migration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Guest lecture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Roskilde University, Nov 2013, Roskilde, Denmark</w:t>
+              <w:t xml:space="preserve">, Center of African Studies, Copenhagen University, Nov 2013, Copenhage, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04228889v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04228887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Female Grassroots Activism as a Pathway to 'Notabilité' in Senegal »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on New Directions in the Study of Social Distinction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Maison Française d’Oxford, Nov 2010, Oxford (UK), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2264,385 +2498,385 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Production and Circulation of Gender Knowledge. Perspectives from the Global South</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Dutoya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Saiget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">23 (4), https://vc.bridgew.edu/jiws/vol23/iss2/, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">African women’s struggles in a gender perspective</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dossier: Femmes africaines et mobilisations collectives (années 1940-1970)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Rillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hannah Cross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of African Political Economy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Mouvement social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 255, 2016</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02865653v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02386513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dossier: Femmes africaines et mobilisations collectives (années 1940-1970)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">African women’s struggles in a gender perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Rillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannah Cross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Mouvement social</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Review of African Political Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 43 (149), pp.338-349, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/03056244.2016.1216671⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02386513v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02865653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Migration et Sénégal : pratiques, discours et politiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Marx</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Asylon(s)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, http://www.reseau-terra.eu/rubrique133.html, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2652,100 +2886,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du couscous et des meetings contre l'émigration clandestine. Mobiliser sans protester au Sénégal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalloz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 978-2-247-18712-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02865668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2755,249 +2989,249 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carrières de leaders associatives sénégalaises : dispositions biographiques, logiques d’affranchissement et entreprises militantes</w:t>
+                <w:t xml:space="preserve">Devenir femmes de développement au Sénégal. Des carrières militantes associatives et professionnelles genrées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Femmes d’Afrique et émancipation. Entre normes sociales contraignantes et nouveaux possibles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Karthala, pp.207-235, 2018, 978-2-8111-1935-5</w:t>
+              <w:t xml:space="preserve">, Karthala, p. 209-237, 2018, 978-2-8111-1935-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03481863v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04228844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Devenir femmes de développement au Sénégal. Des carrières militantes associatives et professionnelles genrées</w:t>
+                <w:t xml:space="preserve">Carrières de leaders associatives sénégalaises : dispositions biographiques, logiques d’affranchissement et entreprises militantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gomez-Perez, Muriel. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Femmes d’Afrique et émancipation. Entre normes sociales contraignantes et nouveaux possibles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Karthala, p. 209-237, 2018, 978-2-8111-1935-5</w:t>
+              <w:t xml:space="preserve">, Karthala, pp.207-235, 2018, 978-2-8111-1935-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04228844v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03481863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enjeux féminins de la migration masculine. Le collectif des femmes pour la lutte contre l’immigration clandestine de Thiaroye-sur-Mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genre, migrations et globalisation de la reproduction sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Graduate Institute Publications, pp.409-420, 2013, 978-2-343-01430-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.iheid.6003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3007,100 +3241,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du couscous et des meetings contre « l’émigration clandestine ». Mobiliser sans protester au Sénégal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Université Paris 1 - Panthéon Sorbonne, 2017. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017PA01D089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04228861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3110,161 +3344,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Migrations - Atelier 1 : &amp;quot;Dangers d’un parcours, risques en partage, expériences limites&amp;quot;.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy Green</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandra Carrillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Liagre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smaïn Laacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-01411877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId71"/>
+      <w:footerReference w:type="default" r:id="rId80"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3332,51 +3566,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="724F046A"/>
+    <w:nsid w:val="B16232FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3563,51 +3797,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emmanuelle-bouilly" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0602-958X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120447126" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611668v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bouilly" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dutoya" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Saiget" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02386745v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Rillon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms.255.0003" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03211975v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Brossier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/1872-9037_ayb_ayb2015_COM_0017" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02551761v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220892v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Cross" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03056244.2016.1216671" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865673v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03056244.2016.1217839" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03211980v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/1872-9037_ayb_ayb2014_COM_0017" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03211984v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/1872-9037_ayb_ayb2013_COM_0018" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865679v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865682v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00083968.2010.9707550" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228832v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03219445v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/polaf.109.0016" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-0JCBD2FB-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228837v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228873v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Fouad El Haddad" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228865v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228876v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865690v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228879v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Mazier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02551755v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228866v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228868v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228870v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228880v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228887v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228889v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228892v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228826v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865653v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386513v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228829v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Marx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865668v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-dalloz.fr/du-couscous-et-des-meetings-contre-l-emigration-clandestine-p.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03481863v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228844v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228846v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iheid.6003" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04228861v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PA01D089" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01411877v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Green" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Carrillo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Liagre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sma&#239;n Laacher" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emmanuelle-bouilly" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0602-958X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120447126" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544126v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bouilly" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidy Cissokho" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Quijoux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/152dd" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544130v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Durand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Josse-Durand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Perrin-Joly" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/152db" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611668v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dutoya" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Saiget" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865673v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03056244.2016.1217839" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02386745v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Rillon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms.255.0003" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02551761v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03211975v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Brossier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/1872-9037_ayb_ayb2015_COM_0017" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220892v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Cross" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03056244.2016.1216671" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03211980v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/1872-9037_ayb_ayb2014_COM_0017" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03211984v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/1872-9037_ayb_ayb2013_COM_0018" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865682v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00083968.2010.9707550" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865679v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228832v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228837v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03219445v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/polaf.109.0016" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-0JCBD2FB-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228873v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Fouad El Haddad" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228865v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228876v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228879v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Mazier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865690v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228866v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02551755v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228868v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228870v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228880v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228889v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228887v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228892v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228826v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386513v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865653v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228829v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Marx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865668v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-dalloz.fr/du-couscous-et-des-meetings-contre-l-emigration-clandestine-p.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228844v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03481863v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228846v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iheid.6003" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04228861v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PA01D089" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01411877v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Green" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Carrillo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Liagre" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sma&#239;n Laacher" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>