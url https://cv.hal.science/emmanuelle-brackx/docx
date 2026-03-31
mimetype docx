--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -1670,51 +1670,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Excoffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spectrochimica Acta Part B: Atomic Spectroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 169, pp.105880 -. </w:t>
+              <w:t xml:space="preserve">, 2020, 169, pp.105880. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.sab.2020.105880⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -4118,319 +4118,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04721857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of clayey groundwater on the dissolution rate of the simulated nuclear waste glass SON68</w:t>
+                <w:t xml:space="preserve">Lanthanum and Neodymium Solubility in Simplified SiO 2 – B 2 O 3 – Na 2 O – Al 2 O 3 – CaO High Level Waste Glass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Jollivet</w:t>
+                <w:t xml:space="preserve">Abdessamad Kidari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Frugier</w:t>
+                <w:t xml:space="preserve">Jean‐luc Dussossoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Brackx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Parisot</w:t>
+                <w:t xml:space="preserve">Daniel Caurant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.P. Mestre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Brackx</w:t>
+                <w:t xml:space="preserve">Magali Magnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 420 (1-3), pp.508-518. </w:t>
+              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 95 (8), pp.2537-2544. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2011.10.026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1551-2916.2012.05273.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04721763v1</w:t>
+                <w:t xml:space="preserve">cea-04721835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lanthanum and Neodymium Solubility in Simplified SiO 2 – B 2 O 3 – Na 2 O – Al 2 O 3 – CaO High Level Waste Glass</w:t>
+                <w:t xml:space="preserve">Effect of clayey groundwater on the dissolution rate of the simulated nuclear waste glass SON68</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdessamad Kidari</w:t>
+                <w:t xml:space="preserve">P. Jollivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐luc Dussossoy</w:t>
+                <w:t xml:space="preserve">P. Frugier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Mestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Brackx</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Magali Magnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 95 (8), pp.2537-2544. </w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 420 (1-3), pp.508-518. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1551-2916.2012.05273.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2011.10.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04721835v1</w:t>
+                <w:t xml:space="preserve">cea-04721763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of active and passive neutron non destructive assay methods to concrete radioactive waste drums</w:t>
               </w:r>
@@ -5987,230 +5987,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04175123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corium material analysis by EPMA and diffractions methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Jizzini</w:t>
+                <w:t xml:space="preserve">Optimisation of light element measurement with high resolution wavelength dispersive spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pia Schweizer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Brackx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">René Guinebretière</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jonnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NUMAT 2022 - The Nuclear Materials Conference 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, NUMAT, Oct 2022, Gand, Belgium</w:t>
+              <w:t xml:space="preserve">EXRS 2022 - European Conference on X-Ray Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Microbeam Analysis Society (EMAS); University of Antwerp, Jun 2022, Bruges, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04068021v1</w:t>
+                <w:t xml:space="preserve">cea-03932251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation of light element measurement with high resolution wavelength dispersive spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pia Schweizer</w:t>
+                <w:t xml:space="preserve">Corium material analysis by EPMA and diffractions methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Jizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Brackx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Jonnard</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Guinebretière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EXRS 2022 - European Conference on X-Ray Spectrometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Microbeam Analysis Society (EMAS); University of Antwerp, Jun 2022, Bruges, Belgium</w:t>
+              <w:t xml:space="preserve">NUMAT 2022 - The Nuclear Materials Conference 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NUMAT, Oct 2022, Gand, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-03932251v1</w:t>
+                <w:t xml:space="preserve">hal-04068021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of prototypic corium sample simulating fukushima daiichi unit 2 lower head composition</w:t>
               </w:r>
@@ -8605,277 +8605,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02442311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New analytical developments for powder characterization</w:t>
+                <w:t xml:space="preserve">Analytical characterisation of nuclear accident corium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Brackx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Pages</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Allegri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Excoffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Dugne</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Cabie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atalante 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02442303v1</w:t>
+                <w:t xml:space="preserve">cea-02442298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical characterisation of nuclear accident corium</w:t>
+                <w:t xml:space="preserve">New analytical developments for powder characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Brackx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">E. Excoffier</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pages</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Dugne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cabie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atalante 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02442298v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02442303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compaction of porous metal oxide microspheres a multi-scale approach</w:t>
               </w:r>
@@ -11683,51 +11683,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2117ADBE"/>
+    <w:nsid w:val="AD021DFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11914,51 +11914,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emmanuelle-brackx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4287-8749" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/094603979" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/G-3423-2017" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04820692v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Regnier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Perret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Vallat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mure" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Brackx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2025.138026" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04495269v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanini Jiusti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Malivert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Neyret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Leith Ghazzai" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2024.122847" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04458945v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Journeau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Molina" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Berlemont" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youichi Tsubota" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00223131.2024.2310580" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04653752v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Schweizer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jonnard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2024.106994" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04540886v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves M&#233;nesguen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine L&#233;py" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Duchateau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cp00500g" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692038v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Galai" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Marchetti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Miserque" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frugier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Godon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2022.110790" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03669863v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/xrs.3290" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213374v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouad Essani" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Krawiec" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Excoffier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927621000088" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03336510v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Garrigue" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Quaini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Alpettaz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonnet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2021.153266" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03065017v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Laurin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gosse" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Laplace-Ploquin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Agullo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2020.152650" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284367v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Polkonikov" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Chkhalo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Pleshkov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Giglia" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rividi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11146385" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490714v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2020.105880" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367710v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927620014877" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039927v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pointurier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Berthy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.0c01124" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01991097v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fournier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. R&#233;gnier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Faure" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. F Le Goff" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.P. Brau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2018.03.018" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02182974v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Simon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bouyer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie de Sio" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boubals" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8RA02695E" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01991102v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2017.10.042" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118369v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Quaini" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Goss&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Domenger" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kurata" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2018.10.002" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678678v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Parant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Remy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Picart" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bayle" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2017.09.024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XD1NKWLW-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01704749v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bordier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gu&#233;neau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2017.12.034" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01450640v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Michel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Barr&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent de Windt" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline de Dieuleveult" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02421884v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guevar" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hertz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Barre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grandjean" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2017.09.024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01279589v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bourcier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. F&#233;raud" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Colson" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mandrick" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ode" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2016.01.023" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03541209v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier H&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Sans" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Bertrand" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Eysseric" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proche.2016.10.007" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01338651v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nicol" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. P&#233;rot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carasco" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mariani" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2016.06.055" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G0NT212K-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381864v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gu&#233;neau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Goss&#233;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2016.01.043" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01998975v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pages" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dugne" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Podor" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2015-02499-2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02573833v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Laval" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Arab-Chapelet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2014.09.030" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01264847v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz-Adriana Mojica-Rodriguez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertrand" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaillard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Muhr" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Plasari" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2015.07.058" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2V1BC0NM-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04721857v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tissot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabie" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927614010903" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04721763v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jollivet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Frugier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Parisot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Mestre" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2011.10.026" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X1XM4Z6L-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04721835v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessamad Kidari" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Dussossoy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Caurant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Magnin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1551-2916.2012.05273.x" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8J5J7TQ7-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04721753v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jallu" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Passard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2011.05.024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5KJ2W1VZ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04721742v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Borda" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Boisset" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Duhamet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ode" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2010.12.011" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T825KCH5-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04726610v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jizzini" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Menut" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Piluso" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Guinebreti&#232;re" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04706831v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Bouyer" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Denoix" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bachrata Kubic" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brissonneau" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04730666v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04734269v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04730692v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04733210v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Porcheron" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04724718v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirotomo Hikeuchi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04730745v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04735091v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Schweizer" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04185740v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219921v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/xrs.3329)" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04175123v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Begos" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Vallat" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Moles" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/11106.2369ecst" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068021v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03932251v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04734791v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Domenger" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Guevar" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04724553v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Suard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04735079v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lamadie" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Randriamanantena" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marchal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04735062v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Esbelin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04726682v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04724477v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932755v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02023046v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Zanini" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Testud" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535688v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Diaz" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Puel" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Doreau" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068160v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Domenger" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04732934v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Excoffier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411098v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. David" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Journeau" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Piluso" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Testud" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338738v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Diaz" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Doreau" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Puel" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04731085v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric David" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roger" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03541200v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X H&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Sans" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bertrand" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04731039v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dugne" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pelloux" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02434013v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ikeuchi" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02434009v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boichard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02434558v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.-B. Lindahl" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alpettaz" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonnaillie" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chatain" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442311v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nonnet" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hombourger" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442303v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442298v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Allegri" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Faure" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509802v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Bayle" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04734237v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02489508v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gueneau" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gosse" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04732263v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Paccou" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustina Venturin" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Gavillan" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04731173v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Allegri" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Faure" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509663v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lizon a Lugrin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04732242v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416313v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Manara" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04732616v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pag&#232;s" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Boichard" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chocard" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04722203v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Perot" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangi Nicol" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mariani" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04067762v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Nonnet" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hombourger" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04731342v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Merlet" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chatain" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04731324v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schuller" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04722182v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boinski" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/HTR2008-58167" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04721935v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04722098v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04722134v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pages" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tissot" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04722111v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04513057v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Delacroix" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Testud" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sctalk.2023.100215" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04721890v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Piluso" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2022.101183" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03932203v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02443405v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jizzini" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Menut" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933137v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emmanuelle-brackx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4287-8749" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/094603979" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/G-3423-2017" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04820692v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Regnier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Perret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Vallat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mure" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Brackx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2025.138026" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04495269v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanini Jiusti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Malivert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Neyret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Leith Ghazzai" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2024.122847" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04458945v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Journeau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Molina" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Berlemont" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youichi Tsubota" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00223131.2024.2310580" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04653752v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Schweizer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jonnard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2024.106994" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04540886v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves M&#233;nesguen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine L&#233;py" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Duchateau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cp00500g" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692038v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Galai" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Marchetti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Miserque" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frugier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Godon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2022.110790" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03669863v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/xrs.3290" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213374v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouad Essani" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Krawiec" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Excoffier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927621000088" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03336510v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Garrigue" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Quaini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Alpettaz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonnet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2021.153266" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03065017v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Laurin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gosse" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Laplace-Ploquin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Agullo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2020.152650" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284367v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Polkonikov" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Chkhalo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Pleshkov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Giglia" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rividi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11146385" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490714v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2020.105880" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367710v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927620014877" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039927v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pointurier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Berthy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.0c01124" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01991097v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fournier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. R&#233;gnier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Faure" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. F Le Goff" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.P. Brau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2018.03.018" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02182974v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Simon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bouyer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie de Sio" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boubals" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8RA02695E" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01991102v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2017.10.042" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118369v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Quaini" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Goss&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Domenger" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kurata" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2018.10.002" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678678v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Parant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Remy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Picart" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bayle" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2017.09.024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XD1NKWLW-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01704749v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bordier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gu&#233;neau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2017.12.034" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01450640v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Michel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Barr&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent de Windt" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline de Dieuleveult" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02421884v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guevar" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hertz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Barre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grandjean" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2017.09.024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01279589v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bourcier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. F&#233;raud" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Colson" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mandrick" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ode" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2016.01.023" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03541209v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier H&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Sans" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Bertrand" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Eysseric" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proche.2016.10.007" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01338651v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nicol" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. P&#233;rot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carasco" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mariani" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2016.06.055" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G0NT212K-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381864v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gu&#233;neau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Goss&#233;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2016.01.043" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01998975v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pages" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dugne" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Podor" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2015-02499-2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02573833v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Laval" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Arab-Chapelet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2014.09.030" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01264847v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz-Adriana Mojica-Rodriguez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertrand" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaillard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Muhr" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Plasari" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2015.07.058" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2V1BC0NM-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04721857v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tissot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabie" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927614010903" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04721835v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessamad Kidari" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Dussossoy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Caurant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Magnin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1551-2916.2012.05273.x" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8J5J7TQ7-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04721763v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jollivet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Frugier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Parisot" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Mestre" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2011.10.026" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X1XM4Z6L-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04721753v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jallu" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Passard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2011.05.024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5KJ2W1VZ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04721742v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Borda" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Boisset" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Duhamet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ode" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2010.12.011" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T825KCH5-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04726610v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jizzini" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Menut" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Piluso" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Guinebreti&#232;re" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04706831v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Bouyer" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Denoix" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bachrata Kubic" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brissonneau" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04730666v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04734269v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04730692v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04733210v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Porcheron" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04724718v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirotomo Hikeuchi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04730745v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04735091v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Schweizer" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04185740v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219921v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/xrs.3329)" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04175123v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Begos" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Vallat" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Moles" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/11106.2369ecst" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03932251v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068021v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04734791v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Domenger" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Guevar" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04724553v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Suard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04735079v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lamadie" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Randriamanantena" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marchal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04735062v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Esbelin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04726682v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04724477v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932755v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02023046v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Zanini" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Testud" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535688v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Diaz" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Puel" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Doreau" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068160v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Domenger" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04732934v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Excoffier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411098v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. David" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Journeau" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Piluso" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Testud" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338738v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Diaz" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Doreau" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Puel" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04731085v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric David" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roger" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03541200v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X H&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Sans" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bertrand" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04731039v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dugne" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pelloux" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02434013v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ikeuchi" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02434009v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boichard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02434558v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.-B. Lindahl" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alpettaz" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonnaillie" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chatain" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442311v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nonnet" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hombourger" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442298v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Allegri" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Faure" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442303v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509802v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Bayle" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04734237v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02489508v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gueneau" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gosse" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04732263v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Paccou" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustina Venturin" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Gavillan" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04731173v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Allegri" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Faure" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509663v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lizon a Lugrin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04732242v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416313v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Manara" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04732616v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pag&#232;s" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Boichard" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chocard" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04722203v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Perot" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangi Nicol" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mariani" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04067762v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Nonnet" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hombourger" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04731342v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Merlet" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chatain" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04731324v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schuller" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04722182v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boinski" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/HTR2008-58167" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04721935v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04722098v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04722134v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pages" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tissot" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04722111v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04513057v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Delacroix" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Testud" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sctalk.2023.100215" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04721890v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Piluso" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2022.101183" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03932203v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02443405v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jizzini" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Menut" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933137v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>