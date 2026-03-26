--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1451,160 +1451,160 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bibliothèques publiques dans la France des Lumières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'histoire culturelle. XVIIIe-XXIe siècles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 11, </w:t>
+              <w:t xml:space="preserve">Studi Storici. Rivista trimestrale dell’Istituto Gramsci</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.73-95. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/15fdl⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7375/116344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05433501v1</w:t>
+                <w:t xml:space="preserve">halshs-05076135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bibliothèques publiques dans la France des Lumières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studi Storici. Rivista trimestrale dell’Istituto Gramsci</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.73-95. </w:t>
+              <w:t xml:space="preserve">Revue d'histoire culturelle. XVIIIe-XXIe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11, </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7375/116344⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/15fdl⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05076135v1</w:t>
+                <w:t xml:space="preserve">hal-05433501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapron, « Un jardin de papier : les journaux de plantation de Jean-François Séguier », Dix-huitième siècle, 56-1, 2024, p. 193-204.</w:t>
               </w:r>
@@ -1899,1577 +1899,1577 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04229256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Livres, bibliothèques et diplomates au XVIIIe siècle : un état des lieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges de l'École française de Rome – Italie et Méditerranée modernes et contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 134-1, pp.117-130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mefrim.11965⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04098529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Histoire et civilisation du livre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire de l’École pratique des hautes études. Section des sciences historiques et philologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 153, pp.318-323. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/ashp.5465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03884034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Livres, bibliothèques et diplomates au XVIIIe siècle : un état des lieux</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de : Fiammetta Sabba, Angelo Maria Bandini in viaggio a Roma (1780-1781). Firenze: Firenze University Press, 2019. 209p..</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIB studi </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 61 (1), pp.189-191</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03281316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire et civilisation du livre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de l’École pratique des hautes études. Section des sciences historiques et philologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 152, pp.316-321. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ashp.4545⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03884033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les registres de prêt des bibliothèques: de l'histoire de la lecture à l'histoire des bibliothèques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Francia. Forschungen zur westeuropäischen Geschichte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48, pp.123-144</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03369781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une enquête appuyée sur les travaux d’Henri-Jean Martin : le livre d’éducation au XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire et civilisation du livre - Revue internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.211-224</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03098553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Ils n’en font ni métier ni marchandise”: imprimerie et commerce du livre scolaire chez les Frères des écoles chrétiennes en France au 18e siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paedagogica Historica, International Journal of the History of Education </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00309230.2019.1669683⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02501549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tools for Science: Libraries in Scientific Institutions in Eighteenth-Century France and Italy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nuncius. Annali di Storia della Scienza</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 33/2, pp.236-264</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment Robinson Crusoé est entré au collège: carrières littéraires et fabrique d'un classique au XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue historique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 680, https://www.cairn.info/resume.php?ID_ARTICLE=RHIS_164_0763. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rhis.164.0763⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01446928v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The « Supplement to All Archives » : the Bibliothèque Royale of Paris in the Eighteenth-Century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Storia della storiografia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 68 (2), pp.53-68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01487298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enseigner l'allemand par les livres : Strasbourg et la librairie pédagogique au XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire et civilisation du livre - Revue internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Strasbourg, le livre et l'Europe, XVe-XXIe siècles, 11, pp.129-148</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01487302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des livres « pour l’usage de l’École royale militaire » : choix pédagogiques et stratégies éditoriales (1751-1788)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire, économie et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1, pp.3-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/hes.141.0003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01487303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Gradus ad Parnassum : pratiques éditoriales et usages familiers d'un dictionnaire poétique latin (XVIIe-XVIIIe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin du bibliophile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2, pp.289-309</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01487322v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monde savant et ventes de bibliothèques en France méridionale dans la seconde moitié du XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 283, pp.409-429</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01487318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utiliser, archiver, éditer. Usages savants de la correspondance en Europe, XVIIe-XVIIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Boutier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bibliothèque de l'École des chartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, t. 171, pp.7-49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01735155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Das Elementarschulbuch im 18. Jahrhundert: Räumliche Ausbreitung und Handelspraktiken zwischen Paris und der Champagne (1680-1730)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zeitschrift für Erziehungswissenschaft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Schulbücher und Lektüren in der vormodernen Unterrichtspraxis, 15 (2), pp.91-104</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01487334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Écoles charitables et économie du livre au XVIIIe siècle : les livres à l’usage des élèves des ursulines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Histoire Moderne et Contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 59 (4), pp.33-49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rhmc.594.0033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01487338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les veilles studieuses. Représentations et pratiques de la lecture nocturne au XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire et civilisation du livre - Revue internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, A travers l’histoire du livre et des Lumières. Études d’histoire du livre offertes au professeur Daniel Roche, 7, pp.261-284</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01487340v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les bibliothèques des séminaires et collèges britanniques à Paris entre Ancien Régime et Révolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bibliothèque de l'École des chartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 169, pp.567-596</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01487722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avec bénéfice d'inventaire &amp;quot; ? Les lettres de recommandation aux voyageurs dans l'Europe du XVIIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges de l'École française de Rome – Italie et Méditerranée modernes et contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 134-1, pp.117-130. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2010, 122 (2), pp.431-453</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...1267 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01488639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des livres pour les écoles du peuple ? Economie et pratiques du texte scolaire en Champagne au XVIIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire de l’éducation </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 127, pp.7-34. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/histoire-education.2245⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/histoire-education.2245⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-01487732v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-01488639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lire plume à la main. Lire et écrire à l'époque moderne à travers les ouvrages annotés du fonds ancien du Centre culturel irlandais de Paris</w:t>
               </w:r>
@@ -3518,174 +3518,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01488649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les échanges savants à l’épreuve de la distance : Jean-François Séguier (1703-1784) entre Vérone et Nîmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rives Méditérranéennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Du lien politique au lien social: les élites, 32-33, pp.121-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rives.2954⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01488638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Il patrimonio ricomposto. Biblioteche e soppressioni ecclesiastiche in Toscana da Pietro Leopoldo a Napoleone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archivio storico italiano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 167 (2), pp.299-345</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03098574v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">halshs-01488638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une histoire des bibliothécaires en Italie au XVIIIe siècle</w:t>
               </w:r>
@@ -3986,277 +3986,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04578326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Papers of the Deceased. The Patrimonialisation of Scholarly Papers in 18th Century France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Benedetta Borello, Laura Casella. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paper Heritage in Italy, France, Spain and Beyond (16th to 19th Centuries). Collector Aspirations &amp; Collection Destinies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Routledge, pp.137-156, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003373971-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04376579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voyager dans les bibliothèques (France, XVIIe-XVIIIe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sabine Frommel et Raphaël Tassin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arts et Pouvoirs. Un dialogue entre continuité, ruptures et réinvention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Campisano Editore; Hermann, pp.47-60, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04229224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Henryot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Emmanuelle Chapron; Fabienne Henryot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives en bibliothèques (XVIe-XXIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ENS Éditions, pp.11-36, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.enseditions.44524⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04078948v1</w:t>
-              </w:r>
-[...153 lines deleted...]
-                <w:t xml:space="preserve">halshs-04376579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'atelier des réformes</w:t>
               </w:r>
@@ -4395,384 +4395,384 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04376583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Bibliothèques et suppressions ecclésiastiques en Toscane de Pierre-Léopold à Napoléon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">How the Secularization of Religious Houses Transformed the Libraries of Europe, 16th-19th Centuries, ed. by Cristina Dondi, Dorit Raines and Richard Sharpe, Turnhout, Brepols, p. 273-286</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03543104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Inventaires de correspondance et archives épistolaires: les papiers de Jean-François Séguier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inventorier les correspondances des Lumières. Analyse matérielle et traitements numériques, textes réunis et présentés par Claire Bustarret, avec la collaboration d'Emmanuelle de Champs et Nicolas Rieucau, Ferney-Voltaire, Centre international d'étude du XVIIIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03884037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...24 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire du livre et des bibliothèques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nicolas Le Roux. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">How the Secularization of Religious Houses Transformed the Libraries of Europe, 16th-19th Centuries, ed. by Cristina Dondi, Dorit Raines and Richard Sharpe, Turnhout, Brepols, p. 273-286</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">Faire de l'histoire moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.117-140, 2020, 978-2-406-10691-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02940673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Politics of Libraries Under the Habsburg Lorraine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paula Findlen, Jacob Soll, Corey Tazzara. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Florence after the Medici : Tuscan Enlightenment, 1737-1790</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.63-86, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03098627v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À l'usage des écoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eric Suire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le monde de l'imprimé en Europe occidentale (vers 1480-vers 1680)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Armand Colin, pp.220-230, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03141160v1</w:t>
-              </w:r>
-[...144 lines deleted...]
-                <w:t xml:space="preserve">hal-03098627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Avant-propos »</w:t>
               </w:r>
@@ -4933,712 +4933,712 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03141165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Emmanuelle Chapron; François Pugnière. </w:t>
+                <w:t xml:space="preserve">Archives en bibliothèque. Constitution et usages des « petits fonds » de la Bibliothèque royale de Paris au XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maria Pia Donato; Anne Saada. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pratiques d’archives à l’époque moderne. Europe, mondes coloniaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 402, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.137-157, 2019, Rencontres, 978-2-406-08553-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-08555-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02501553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">‘Le chaos immense de mes papiers’. Comment la correspondance de Jean-François Séguier est devenu une archive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Emmanuelle Chapron (dir.); François Pugnière (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Écriture épistolaire et production des savoirs au XVIIIe siècle. Les réseaux de Jean-François Séguier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 9, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classiques Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.9-19, 2019, Les Méditerranées, 978-2-406-08359-7. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-08359-7.p.0009⟩</w:t>
+              <w:t xml:space="preserve">, pp.65-102, 2019, Mediterranean Studies, 978-2-406-08359-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-08359-7.p.0065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...75 lines deleted...]
-                <w:t xml:space="preserve">halshs-02501553v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02501552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">‘Le chaos immense de mes papiers’. Comment la correspondance de Jean-François Séguier est devenu une archive</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Emmanuelle Chapron (dir.); François Pugnière (dir.). </w:t>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Emmanuelle Chapron; François Pugnière. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Écriture épistolaire et production des savoirs au XVIIIe siècle. Les réseaux de Jean-François Séguier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 9, </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classiques Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.65-102, 2019, Mediterranean Studies, 978-2-406-08359-7. </w:t>
+              <w:t xml:space="preserve">, pp.9-19, 2019, Les Méditerranées, 978-2-406-08359-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-08359-7.p.0065⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-08359-7.p.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02501552v1</w:t>
+                <w:t xml:space="preserve">hal-02542051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collèges et librairie scolaire à Paris au XVIIIe siècle : périmètre économique, activités induites et vie de quartier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Boris Noguès, Nathalie Gorochov. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Université dans la ville. Les espaces universitaires et leurs usages en Europe du XIIIe au XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.161-174, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03098628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collèges et librairie scolaire à Paris au XVIIIe siècle. Périmètre économique, activités induites et vie de quartier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Florence Bourillon, Nathalie Gorochov, Boris Noguès et Loïc Vadelorge. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'université et la ville. Les espaces universitaires et leurs usages en Europe du XIIIe au XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.161-174, 2018, Histoire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01992128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Boris Noguès, Nathalie Gorochov. </w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Luciani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Emmanuelle Chapron, Isabelle Luciani et Guy Le Thiec. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’Université dans la ville. Les espaces universitaires et leurs usages en Europe du XIIIe au XIXe siècle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.161-174, 2018</w:t>
+              <w:t xml:space="preserve">Érudits, collectionneurs et amateurs. France méridionale et Italie XVIe‐XIXe siècle </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Porvence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.13-26, 2017, 9791032001134</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01794168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catégories de l’entendement éditorial et ordre des livres. Les livres d’éducation dans les catalogues de libraires du XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Annie Charon, Sabine Juratic, Isabelle Pantin (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'annonce faite au lecteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Louvain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.243-265, 2017, 978-2-87558-509-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01446948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La culture scolaire au village : la place du livre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frédéric Boutoulle, Stéphane Gomis (dir.), Cultures villageoises au Moyen Âge et à l'époque moderne, Actes des XXXVII e Journées internationales d'histoire de l'abbaye de Flaran, 9 et 10 octobre 2015, Toulouse, Presses universitaires du Midi, 2017, p. 39-58.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01770370v1</w:t>
-              </w:r>
-[...183 lines deleted...]
-                <w:t xml:space="preserve">hal-01446948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bibliothèques</w:t>
               </w:r>
@@ -5691,173 +5691,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01455748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Bibliothèque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Claude Gauvard, Jean-François Sirinelli. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire de l'historien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de France, pp.62-65, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01483453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bandini et les catalogues de la Laurentienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Frédéric Barbier, Thierry Dubois, Yann Sordet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De l’argile au nuage. Une archéologie des catalogues (IIe millénaire av. J.-C.-XXIe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions des Cendres; Bibliothèque Mazarine; Bibliothèque de Genève, pp.334-338, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01483455v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">halshs-01483453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Publicité et publication : le catalogue imprimé de la Bibliothèque royale</w:t>
               </w:r>
@@ -6601,338 +6601,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03682233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jeu de l'oie: histoire et métamorphoses [exposition virtuelle] : https://www.mmsh.univ-aix.fr/jeudeloie/index.html</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmajid Arrif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03098668v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">[Exposition virtuelle] Vox puerorum. La voix des enfants à l'époque moderne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bisaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Castagnet-Lars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Chartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippi Daniele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02544351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jeu de l'oie : Histoire et métamorphoses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelmajid Arrif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Delpu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent-Sébastien Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03364352v1</w:t>
-              </w:r>
-[...191 lines deleted...]
-                <w:t xml:space="preserve">hal-02544351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7356,51 +7356,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Boulaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bisaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bénévent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8293,240 +8293,240 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les bibliothèques publiques de la généralité de Châlons (1) : un premier état des lieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58079/vnva⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04413981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les bibliothèques publiques de la généralité de Châlons (2) : Châlons, Vitry, Reims et Langres.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58079/vnv9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04413987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bibliothèques publiques des Lumières (ANR-23-CE27-0012) : présentation du projet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58079/vng8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04413967v1</w:t>
-              </w:r>
-[...140 lines deleted...]
-                <w:t xml:space="preserve">hal-04413987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What do children do with their books</w:t>
               </w:r>
@@ -8778,51 +8778,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F01C2CAD"/>
+    <w:nsid w:val="0AF48AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8926,51 +8926,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="2999D62E"/>
+    <w:nsid w:val="6C400D59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9074,51 +9074,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="C28A19D3"/>
+    <w:nsid w:val="3442DF57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9311,51 +9311,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emmanuelle-chapron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9907-7961" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/129114898" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seguier.nakala.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivbib.hypotheses.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seguier.hypotheses.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04530970v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chapron" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://schwabe.ch/emmanuelle-chapron-la-vie-dans-les-papiers-978-3-7965-5056-0?c=553" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015179v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Henryot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100216530" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.44474" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417485v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Carrangeot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chauvineau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141143v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://liverpooluniversitypress.co.uk/books/id/54915/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enc.hal.science/hal-03969958v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine B&#233;n&#233;vent" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Mellot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.droz.org/index.php/HCL/issue/view/2020_16" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02501551v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/ecriture-epistolaire-et-production-des-savoirs-au-xviiie-siecle-les-reseaux-de-jean-francois-seguier.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08359-7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01671829v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Le Thiec" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Luciani" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pup/45473" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.45473" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098518v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098526v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098531v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433501v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15fdl" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05076135v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7375/116344" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896428v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.056.0193" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04530985v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/acrh.28818" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04376573v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04229256v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Juratic" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884034v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ashp.5465" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098529v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrim.11965" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-H57Q7Z3H-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03369781v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884033v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ashp.4545" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03281316v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098553v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02501549v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00309230.2019.1669683" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01991940v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01446928v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhis.164.0763" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487302v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487298v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487303v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hes.141.0003" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487318v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487322v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01735155v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Boutier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487338v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.594.0033" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487334v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487722v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487340v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487732v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoire-education.2245" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01488639v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01488649v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098574v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01488638v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.2954" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01488637v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01448030v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.512.0058" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00353778v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04578326v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04078948v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.44524" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04229224v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04376579v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003373971-9" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098556v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://passes-composes.com/book/365" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04376583v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884037v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03543104v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141160v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02940673v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098627v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enc.hal.science/hal-03975058v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Boulaire" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141165v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.chartes.psl.eu/fr/rubrique-publications/marges-marginalia-du-moyen-age-aujourd-hui" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542051v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/ecriture-epistolaire-et-production-des-savoirs-au-xviiie-siecle-les-reseaux-de-jean-francois-seguier-introduction.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08359-7.p.0009" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02501553v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/pratiques-d-archives-a-l-epoque-moderne-europe-mondes-coloniaux.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08555-3" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02501552v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/ecriture-epistolaire-et-production-des-savoirs-au-xviiie-siecle-les-reseaux-de-jean-francois-seguier-le-chaos-immense-de-mes-papiers-en.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08359-7.p.0065" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01992128v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098628v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01770370v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794168v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/erudits-collectionneurs-amateurs-3" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01446948v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pul.uclouvain.be/book/?gcoi=29303100156360" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01455748v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01483455v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01483453v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01483456v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01483446v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Saada" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01447967v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01457245v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01456828v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098633v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098639v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00353784v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01456545v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682233v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364352v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmajid Arrif" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Baudry" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Delpu" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-S&#233;bastien Fournier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098668v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02544351v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bisaro" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Castagnet-Lars" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Chartier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippi Daniele" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01493090v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465075v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurene L'Hermite" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Idmhand" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dord-Crousl&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Abiven" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Lejeune" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098608v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098620v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02940658v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04229249v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015187v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Valeri" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Bianconi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrim.11393" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098524v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098545v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Benevent" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098593v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098596v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831859v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.4371" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098549v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098602v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413967v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vng8" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413981v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vnva" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413987v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vnv9" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143428v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03559255v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Muller" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emmanuelle-chapron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9907-7961" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/129114898" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seguier.nakala.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivbib.hypotheses.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seguier.hypotheses.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04530970v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chapron" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://schwabe.ch/emmanuelle-chapron-la-vie-dans-les-papiers-978-3-7965-5056-0?c=553" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015179v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Henryot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100216530" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.44474" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417485v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Carrangeot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chauvineau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141143v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://liverpooluniversitypress.co.uk/books/id/54915/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enc.hal.science/hal-03969958v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine B&#233;n&#233;vent" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Mellot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.droz.org/index.php/HCL/issue/view/2020_16" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02501551v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/ecriture-epistolaire-et-production-des-savoirs-au-xviiie-siecle-les-reseaux-de-jean-francois-seguier.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08359-7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01671829v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Le Thiec" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Luciani" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pup/45473" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.45473" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098518v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098526v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098531v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05076135v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7375/116344" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433501v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15fdl" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896428v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.056.0193" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04530985v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/acrh.28818" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04376573v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04229256v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Juratic" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098529v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrim.11965" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-H57Q7Z3H-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884034v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ashp.5465" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03281316v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884033v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ashp.4545" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03369781v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098553v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02501549v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00309230.2019.1669683" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01991940v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01446928v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhis.164.0763" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487298v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487302v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487303v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hes.141.0003" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487322v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487318v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01735155v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Boutier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487334v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487338v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.594.0033" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487340v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487722v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01488639v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01487732v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoire-education.2245" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01488649v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01488638v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.2954" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098574v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01488637v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01448030v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.512.0058" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00353778v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04578326v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04376579v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003373971-9" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04229224v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04078948v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.44524" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098556v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://passes-composes.com/book/365" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04376583v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03543104v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884037v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02940673v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098627v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141160v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enc.hal.science/hal-03975058v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Boulaire" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141165v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.chartes.psl.eu/fr/rubrique-publications/marges-marginalia-du-moyen-age-aujourd-hui" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02501553v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/pratiques-d-archives-a-l-epoque-moderne-europe-mondes-coloniaux.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08555-3" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02501552v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/ecriture-epistolaire-et-production-des-savoirs-au-xviiie-siecle-les-reseaux-de-jean-francois-seguier-le-chaos-immense-de-mes-papiers-en.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08359-7.p.0065" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542051v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/ecriture-epistolaire-et-production-des-savoirs-au-xviiie-siecle-les-reseaux-de-jean-francois-seguier-introduction.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08359-7.p.0009" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098628v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01992128v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794168v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/erudits-collectionneurs-amateurs-3" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01446948v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pul.uclouvain.be/book/?gcoi=29303100156360" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01770370v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01455748v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01483453v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01483455v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01483456v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01483446v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Saada" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01447967v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01457245v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01456828v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098633v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098639v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00353784v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01456545v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682233v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098668v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmajid Arrif" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02544351v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bisaro" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Castagnet-Lars" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Chartier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippi Daniele" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364352v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Baudry" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Delpu" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-S&#233;bastien Fournier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01493090v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465075v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurene L'Hermite" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Idmhand" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dord-Crousl&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Abiven" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Lejeune" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098608v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098620v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02940658v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04229249v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015187v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Valeri" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Bianconi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrim.11393" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098524v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098545v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Benevent" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098593v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098596v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831859v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.4371" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098549v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098602v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413981v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vnva" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413987v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vnv9" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413967v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vng8" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143428v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03559255v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Muller" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>