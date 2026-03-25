--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -100,286 +100,286 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel Near-to-Expiry Waste Reduction Model with Smoothing Ordering Policy and Retail Discounting for Food Supply Chains</w:t>
+                <w:t xml:space="preserve">Growth debunked for investors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atieh Jafarian</w:t>
+                <w:t xml:space="preserve">Thi Le Hoa Vo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi Le Hoa Vo</w:t>
+                <w:t xml:space="preserve">Gulliver Lux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Operational Research Society</w:t>
+              <w:t xml:space="preserve">Corporate Social Responsibility and Environmental Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05062944v1</w:t>
+                <w:t xml:space="preserve">hal-05262025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth debunked for investors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A Novel Near-to-Expiry Waste Reduction Model with Smoothing Ordering Policy and Retail Discounting for Food Supply Chains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atieh Jafarian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Le Hoa Vo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gulliver Lux</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Madjid Tavana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corporate Social Responsibility and Environmental Management</w:t>
+              <w:t xml:space="preserve">Journal of the Operational Research Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05262025v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05062944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Green business: Growth or degrowth to meet IPCC targets? Discussion of an assessment tool: IPCC CAPRO change target</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gulliver Lux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Le Hoa Vo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 420, pp.138364. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
@@ -407,286 +407,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04188747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le moral des dirigeants : proposition de conceptualisation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Investors' valuation of corporate CO2 emissions: the impact of the COVID-19 crisis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Le Hoa Vo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gulliver Lux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 27 (3), pp.26-39</w:t>
+              <w:t xml:space="preserve">Bankers, Markets and Investors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 172-173 March-June 2023, pp.15-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03626772v1</w:t>
+                <w:t xml:space="preserve">hal-04139934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investors' valuation of corporate CO2 emissions: the impact of the COVID-19 crisis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Le moral des dirigeants : proposition de conceptualisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Ruiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chédotel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gulliver Lux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bankers, Markets and Investors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 172-173 March-June 2023, pp.15-22</w:t>
+              <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27 (3), pp.26-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04139934v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of GHG Reporting Quality on Investors’ Valuations in a Regulatory Context: The Case of SBF 120 Companies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Le Hoa Vo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gulliver Lux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptabilité Contrôle Audit / Accounting Auditing Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 28 (1), pp.133-162. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
@@ -746,64 +746,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Sabbado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ruiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roselyne Crambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -876,51 +876,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaovi Sélom Agbetonyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaovi Sélom Agbetonyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Laurent Viviani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -980,51 +980,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'évaluation des stock-options par le modèle de Black and Scholes ou le modèle binomial : des dispositions théoriques aux difficultés opérationnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Poulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Comptabilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 435, pp.23-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1049,51 +1049,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing extreme risk-adjusted performance of hedge funds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bankers Markets &amp; Investors : an academic &amp; professional review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 100, pp.15-24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1118,51 +1118,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La VaR EVT : une mesure fiable du risque extrême des hedge funds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Banque &amp; Marchés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 89, pp.28-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1181,372 +1181,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00168256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des rentabilités extrêmes des distributions de hedge funds</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Des maladies bactériennes peuvent-elles influencer le succès reproducteur des femelles de chamois (Rupicapra rupicapra) ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Pioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Loison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Artois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Banque &amp; Marchés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 79, pp.31-41</w:t>
+              <w:t xml:space="preserve">Bulletin d’Information sur la Pathologie des Animaux Sauvages en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 25 (1), pp.118-136</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00006270v1</w:t>
+                <w:t xml:space="preserve">hal-02676684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des maladies bactériennes peuvent-elles influencer le succès reproducteur des femelles de chamois (Rupicapra rupicapra) ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Epidémiologie du Pestivirus de l’isard et dynamique de la population : l’exemple de la population d’isards de la Réserve Nationale de Chasse et de Faune Sauvage d’Orlu 1995-2004</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Pioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Gauthier</w:t>
+                <w:t xml:space="preserve">Philippe Gibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Gibert</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marc Artois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin d’Information sur la Pathologie des Animaux Sauvages en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 25 (1), pp.118-136</w:t>
+              <w:t xml:space="preserve">, 2005, 25 (2), pp.196-205</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02676684v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02676683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epidémiologie du Pestivirus de l’isard et dynamique de la population : l’exemple de la population d’isards de la Réserve Nationale de Chasse et de Faune Sauvage d’Orlu 1995-2004</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Modélisation des rentabilités extrêmes des distributions de hedge funds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin d’Information sur la Pathologie des Animaux Sauvages en France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 25 (2), pp.196-205</w:t>
+              <w:t xml:space="preserve">Banque &amp; Marchés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 79, pp.31-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02676683v1</w:t>
+                <w:t xml:space="preserve">halshs-00006270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La faune sauvage, indicateur possible du risque de maladie émergente ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Artois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Hars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1616,77 +1616,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of retailer's smoothing ordering policy on food waste reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atieh Jafarian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atieh Jafarian</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thi Le Hoa Vo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23rd International Working Seminar on Production Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Innsbruck, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1711,77 +1711,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food waste reduction in food supply chains using a novel replenishment policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atieh Jafarian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atieh Jafarian</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thi Le Hoa Vo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">POMS International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1800,489 +1800,489 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04188925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investors’ valuation of corporate CO2 emissions: The impact of the COVID-19 crisis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Existe-t-il un lien entre la performance financière et la performance marketing?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence André-Le Pogamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Rabab Boutrfass</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Vyt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Entretiens de la Finance Durable: Les Futurs Possibles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Etienne Thil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03928642v1</w:t>
+                <w:t xml:space="preserve">hal-03993789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Existe-t-il un lien entre la performance financière et la performance marketing?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Investors’ valuation of corporate CO2 emissions: The impact of the COVID-19 crisis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Le Hoa Vo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gulliver Lux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dany Vyt</w:t>
+                <w:t xml:space="preserve">Rabab Boutrfass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etienne Thil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">Les Entretiens de la Finance Durable: Les Futurs Possibles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03993789v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03928642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stressed or happy / energized CEO’s? A model for improving understanding of entrepreneurs’ moods to perform</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Seeking for proximity balance within networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Sabbado da Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ruiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Crambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURAM conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European academy of management, Jun 2019, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">EURAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02527845v1</w:t>
+                <w:t xml:space="preserve">hal-03081986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seeking for proximity balance within networks</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Stressed or happy / energized CEO’s? A model for improving understanding of entrepreneurs’ moods to perform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ruiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gulliver Lux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chédotel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roselyne Crambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURAM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">EURAM conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European academy of management, Jun 2019, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03081986v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02527845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La VaR EVT : une mesure fiable du risque extrême des hedge funds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mar 2007, Hammamet, Tunisie. 24 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2300,90 +2300,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can bacteriae affect reproduction of chamois (Rupicapra rupicapra) in the Alps?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Pioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryline Pioz</w:t>
+                <w:t xml:space="preserve">Anne Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Loison</w:t>
+                <w:t xml:space="preserve">Dominique Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Jullien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2425,90 +2425,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epidémiologie du Pestivirus de l’isard (Rupicapra pyrenaica) et relation avec la dynamique de la population dans la RNCFS d’Orlu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Pioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Gibert</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marc Artois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès annuel du Groupe d’Etudes sur l’Ecopathologie de la Faune Sauvage de Montagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, La Cortinada, Andorre</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2533,103 +2533,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of three abortive infections on the fecundity of chamois (&amp;lt;em&amp;gt;Rupicapra rupicapra&amp;lt;/em&amp;gt;) in the alpine massif of Les Bauges (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Pioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Gibert</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marc Artois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th conference of the European Wildlife Diseases Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Uppsala, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2654,103 +2654,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do abortive diseases persist in populations of chamois (&amp;lt;em&amp;gt;Rupicapra rupicapra&amp;lt;/em&amp;gt;)?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Pioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th conference of the European Wildlife Diseases Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Uppsala, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2775,90 +2775,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de trois maladies abortives sur le succès reproducteur individuel des femelles chamois dans la RNCFS des Bauges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Pioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryline Pioz</w:t>
+                <w:t xml:space="preserve">Anne Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Loison</w:t>
+                <w:t xml:space="preserve">Dominique Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Jullien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2932,90 +2932,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Longitudinal survey shows that bacterial infection may affect reproductive success of chamois (Rupicapra rupicapra)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Pioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryline Pioz</w:t>
+                <w:t xml:space="preserve">Anne Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Loison</w:t>
+                <w:t xml:space="preserve">Dominique Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Jullien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3089,77 +3089,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valorisation des reportings environnementaux par les investisseurs, entre préoccupation écologique et motivation financière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Le Hoa Vo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gulliver Lux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EMS. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evaluer l'impact extra-financier des organisations : la nécessaire gestion des tensions et des paradoxes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026</w:t>
@@ -3201,64 +3201,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La performance dans les réseaux de distribution : comparaison des indicateurs financiers et marketing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence André Le Pogamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Vyt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Collaborations et réseaux : approches transversales en management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.229-246, 2016, Le management des réseaux, 978-2-7535-4984-5</w:t>
@@ -3300,51 +3300,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le bêta est mort et le trône reste vacant : quelques évolutions des modèles de rentabilités d'actifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Lilti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">F. Moraux, L. Bironneau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches et innovations en sciences de gestion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.61-74, 2013, Des sociétés</w:t>
@@ -3418,51 +3418,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liquidité ou solvabilité ? Les émissions de covered bonds dans le secteur bancaire européen entre 2007 et 2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Cotillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3525,90 +3525,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des infections bactériennes affectent le succès reproducteur des femelles de chamois (Rupicapra rupicapra).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Pioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryline Pioz</w:t>
+                <w:t xml:space="preserve">Anne Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Loison</w:t>
+                <w:t xml:space="preserve">Dominique Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Jullien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3675,51 +3675,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'évaluation du risque et de la performance des Hedge Funds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fromont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gestion et management. Université Rennes 1, 2006. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3915,51 +3915,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062944v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atieh Jafarian" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Le Hoa Vo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Tavana" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Fromont" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262025v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gulliver Lux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188747v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.138364" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626772v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ruiller" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ch&#233;dotel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139934v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546382v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.281.0133" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149409v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sabbado" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Daniel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Crambert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13662716.2021.1891868" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910278v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaovi S&#233;lom Agbetonyo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Viviani" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reof.160.0077" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629641v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Poulard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00422383v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00168256v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006270v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676684v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Pioz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loison" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gauthier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gibert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Artois" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676683v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683526v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Hars" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493174v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188925v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928642v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabab Boutrfass" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993789v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Andr&#233;-Le Pogamp" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Vyt" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02527845v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081986v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sabbado da Rosa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00150378v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819166v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Jullien" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831596v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831595v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831421v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hars" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831597v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831561v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443638v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354773v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Andr&#233; Le Pogamp" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00924297v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Lilti" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959513v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Morvan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cotillard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831575v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00139012v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262025v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Le Hoa Vo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gulliver Lux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Fromont" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062944v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atieh Jafarian" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Tavana" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188747v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.138364" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139934v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626772v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ruiller" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ch&#233;dotel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546382v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.281.0133" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149409v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sabbado" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Daniel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Crambert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13662716.2021.1891868" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910278v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaovi S&#233;lom Agbetonyo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Viviani" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reof.160.0077" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629641v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Poulard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00422383v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00168256v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676684v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Pioz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loison" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gauthier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gibert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Artois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676683v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006270v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683526v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Hars" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493174v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188925v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993789v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Andr&#233;-Le Pogamp" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Vyt" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928642v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabab Boutrfass" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081986v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sabbado da Rosa" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02527845v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00150378v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819166v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Jullien" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831596v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831595v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831421v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hars" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831597v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831561v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443638v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354773v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Andr&#233; Le Pogamp" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00924297v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Lilti" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959513v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Morvan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cotillard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831575v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00139012v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>