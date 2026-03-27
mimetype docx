--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -100,382 +100,382 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobilités et (in-)sécurisation des personnels : la responsabilité de l’organisation et ses leviers d’action en question</w:t>
+                <w:t xml:space="preserve">Pilotage par les résultats à Pôle emploi : des effets divers à la main des acteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gurtner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Habran</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Renato Guimaraes</w:t>
+                <w:t xml:space="preserve">Marion Soulerot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rips1.079.0143⟩</w:t>
+              <w:t xml:space="preserve">Action publique. Recherche et pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Sens et nouvelles organisations du travail, 2 (17), pp.26-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/aprp.017.0026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04320723v1</w:t>
+                <w:t xml:space="preserve">hal-04220385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’appropriation différenciée du contrôle par les résultats à Pôle emploi</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mobilités et (in-)sécurisation des personnels : la responsabilité de l’organisation et ses leviers d’action en question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Gurtner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Habran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Gilbert</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marion Soulerot</w:t>
+                <w:t xml:space="preserve">Renato Guimaraes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptabilité Contrôle Audit / Accounting Auditing Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/cca.291.0039⟩</w:t>
+              <w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29 (79), pp.143-168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rips1.079.0143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03665271v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04320723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pilotage par les résultats à Pôle emploi : des effets divers à la main des acteurs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’appropriation différenciée du contrôle par les résultats à Pôle emploi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gurtner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Soulerot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Action publique. Recherche et pratiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Sens et nouvelles organisations du travail, 2 (17), pp.26-36. </w:t>
+              <w:t xml:space="preserve">Comptabilité Contrôle Audit / Accounting Auditing Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29 (1), pp.39-79. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/aprp.017.0026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/cca.291.0039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04220385v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03665271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piloter la performance : sens et non-sens du travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gurtner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Soulerot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">@GRH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, @GRH, 38 (1), pp.13-37. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
@@ -607,51 +607,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03371246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quel avenir pour le sociétaire ?</w:t>
+                <w:t xml:space="preserve">Des formes innovantes de restructuration dans les groupes bancaires coopératifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Ory</w:t>
@@ -678,75 +678,75 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Banque Stratégie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03371266v1</w:t>
+                <w:t xml:space="preserve">hal-03371260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des formes innovantes de restructuration dans les groupes bancaires coopératifs</w:t>
+                <w:t xml:space="preserve">Quel avenir pour le sociétaire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Ory</w:t>
@@ -773,51 +773,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Banque Stratégie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03371260v1</w:t>
+                <w:t xml:space="preserve">hal-03371266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The challenges of recent changes in the French cooperative banking groups</w:t>
               </w:r>
@@ -1525,303 +1525,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04757965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pilotage par les résultats à Pôle Emploi : des effets divers à la main des acteurs. Quand désobéissance peut rimer avec performance</w:t>
+                <w:t xml:space="preserve">La coopération entre usagers en psychiatrie, professionnels et proches aidants : un enjeu organisationnel ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gurtner</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Soulerot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence invitée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Pôle Emploi Auvergne Rhône Alpes, Sep 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">La coopération dans tous ses états. Professionnels, organisations et territoires au service du patient ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ARAMOS, Nov 2023, Metz (Université de Lorraine), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04320659v1</w:t>
+                <w:t xml:space="preserve">hal-04320751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accès aux soins, organisation et continuité des parcours de soins des enfants : une recherche action en réponse aux défis des CMPP de Haute Marne, menée de septembre 2022 à septembre 2025</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pilotage par les résultats à Pôle Emploi : des effets divers à la main des acteurs. Quand désobéissance peut rimer avec performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gurtner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Habran</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marion Soulerot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème colloque ARAMOS : La coopération dans tous ses états. Professionnels, organisations et territoires au service du patient ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Chaire Santé-Laboratoire CEREFIGE Université de Lorraine; IAE de Metz, Nov 2023, Metz, France</w:t>
+              <w:t xml:space="preserve">Conférence invitée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pôle Emploi Auvergne Rhône Alpes, Sep 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04404467v1</w:t>
+                <w:t xml:space="preserve">hal-04320659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La coopération entre usagers en psychiatrie, professionnels et proches aidants : un enjeu organisationnel ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accès aux soins, organisation et continuité des parcours de soins des enfants : une recherche action en réponse aux défis des CMPP de Haute Marne, menée de septembre 2022 à septembre 2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Augustin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Balzani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora Bezaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gurtner</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Habran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La coopération dans tous ses états. Professionnels, organisations et territoires au service du patient ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ARAMOS, Nov 2023, Metz (Université de Lorraine), France</w:t>
+              <w:t xml:space="preserve">11ème colloque ARAMOS : La coopération dans tous ses états. Professionnels, organisations et territoires au service du patient ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chaire Santé-Laboratoire CEREFIGE Université de Lorraine; IAE de Metz, Nov 2023, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04320751v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04404467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining industrial and environmental transitions: the VIVERES project</w:t>
               </w:r>
@@ -2105,77 +2105,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piloter la performance : sens et non-sens au travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gurtner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Soulerot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30ème Congrès AGRH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2897,51 +2897,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Pottier, décloisonner l'hôpital pour améliorer le parcours patient... notamment en période de crise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gurtner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Habran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Portraits d'acteurs clés du système de santé pendant la Covid-19 : Du volontarisme managérial individuel à la dynamique organisationnelle collective</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions EMS, pp.80-93, 2022, collection Ad Salutem, 978-2-37687-576-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3210,51 +3210,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pilotage par les résultats et gestion publique : à la recherche d'un modèle vertueux (vidéo FNEGE Médias, série Recherche)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gurtner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Soulerot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3343,51 +3343,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gurtner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olfa Gréselle-Zaïbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3557,51 +3557,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gurtner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olfa Gréselle-Zaïbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4128,51 +4128,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320723v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gurtner" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Habran" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Guimaraes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips1.079.0143" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665271v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gilbert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Soulerot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.291.0039" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220385v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/aprp.017.0026" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02997789v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.211.0013" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371246v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Jaeger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Ory" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.190.15-30" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371266v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371260v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371272v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1021565ar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561401v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371283v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371287v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecofi.2002.3578" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530945v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Bezaz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Anton" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530938v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Augustin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Wannenmacher" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04757965v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pierronnet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320659v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404467v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Balzani" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320751v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04223433v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Colin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Grasser" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Stich" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371546v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent No&#235;l" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512666v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Belbezier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Jacquot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512664v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512669v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371296v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371317v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371323v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371304v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371333v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371345v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586942v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.nobre.2022.01.0080" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371351v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371372v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371490v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032223v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Mercier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Gr&#233;selle-Za&#239;bet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371471v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032216v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-00501816v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gianfaldoni" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Richez-Battesti" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Robert Alcaras" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dompnier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371446v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371383v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne St&#233;venot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Leli&#232;vre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220385v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gurtner" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Soulerot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/aprp.017.0026" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320723v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Habran" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Guimaraes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips1.079.0143" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665271v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gilbert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.291.0039" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02997789v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.211.0013" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371246v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Jaeger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Ory" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.190.15-30" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371260v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371266v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371272v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1021565ar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561401v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371283v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371287v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecofi.2002.3578" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530945v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Bezaz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Anton" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530938v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Augustin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Wannenmacher" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04757965v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pierronnet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320751v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320659v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404467v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Balzani" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04223433v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Colin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Grasser" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Stich" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371546v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent No&#235;l" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512666v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Belbezier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Jacquot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512664v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512669v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371296v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371317v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371323v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371304v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371333v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371345v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586942v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.nobre.2022.01.0080" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371351v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371372v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371490v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032223v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Mercier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Gr&#233;selle-Za&#239;bet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371471v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032216v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-00501816v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gianfaldoni" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Richez-Battesti" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Robert Alcaras" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dompnier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371446v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371383v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne St&#233;venot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Leli&#232;vre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>