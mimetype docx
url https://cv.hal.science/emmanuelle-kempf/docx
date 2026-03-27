--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -66,6753 +66,6887 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (52)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (53)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical outcomes of systemic anticancer therapies in solid cancer patients with liver and kidney transplant: an observational cross-sectional study</w:t>
+                <w:t xml:space="preserve">A Comprehensive Assessment of Cancer Patient Performance Status Documentation in a Large, Multicentre Hospital System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Chen</w:t>
+                <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Belkaid</w:t>
+                <w:t xml:space="preserve">Mohamed El Mejdani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Duvoux</w:t>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Sahali</w:t>
+                <w:t xml:space="preserve">Rémi Flicoteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Grimbert</w:t>
+                <w:t xml:space="preserve">Matthew Barclay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESMO Real World Data and Digital Oncology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 10, pp.100185. </w:t>
+              <w:t xml:space="preserve">Journal of Evaluation in Clinical Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 32 (2), pp.e70411. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.esmorw.2025.100185⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jep.70411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05383561v1</w:t>
+                <w:t xml:space="preserve">hal-05553450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated calculation of healthcare quality and safety indicators for head and neck cancers: a multicentric study using electronic health records</w:t>
+                <w:t xml:space="preserve">Clinical outcomes of systemic anticancer therapies in solid cancer patients with liver and kidney transplant: an observational cross-sectional study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Riebler</w:t>
+                <w:t xml:space="preserve">E. Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Verdoux</w:t>
+                <w:t xml:space="preserve">N. Belkaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Sinanovic</w:t>
+                <w:t xml:space="preserve">C. Duvoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Flicoteaux</w:t>
+                <w:t xml:space="preserve">D. Sahali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Baujat</w:t>
+                <w:t xml:space="preserve">P. Grimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Medical Informatics and Decision Making</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 25 (1), pp.358. </w:t>
+              <w:t xml:space="preserve">ESMO Real World Data and Digital Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10, pp.100185. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12911-025-03163-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.esmorw.2025.100185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05364830v1</w:t>
+                <w:t xml:space="preserve">hal-05383561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergency cancer diagnosis in Paris: A cross‐sectional study using AP‐HP data</w:t>
+                <w:t xml:space="preserve">Automated calculation of healthcare quality and safety indicators for head and neck cancers: a multicentric study using electronic health records</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew E Barclay</w:t>
+                <w:t xml:space="preserve">Pierre Riebler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariel Cohen</w:t>
+                <w:t xml:space="preserve">Marie Verdoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Priou</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Corentin Sinanovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Flicoteaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Baujat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ijc.70056⟩</w:t>
+              <w:t xml:space="preserve">BMC Medical Informatics and Decision Making</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (1), pp.358. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12911-025-03163-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05220927v1</w:t>
+                <w:t xml:space="preserve">hal-05364830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bridging the digital divide for outpatients treated with anticancer chemotherapy: a retrospective quantitative and qualitative analysis of an adapted electronic Patient Reported Outcome program</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emergency cancer diagnosis in Paris: A cross‐sectional study using AP‐HP data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natividad Alarcon</w:t>
+                <w:t xml:space="preserve">Matthew E Barclay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Joly</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claire Queval</w:t>
+                <w:t xml:space="preserve">Ariel Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verdoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Flicoteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Supportive Care in Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00520-025-09171-9⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ijc.70056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05364826v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05220927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to (Semi)-Automatically Spot Prescreening Oriented Eligibility Criteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Vaterkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadir Ammour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgan Vaterkowski</w:t>
+                <w:t xml:space="preserve">Christel Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Studies in Health Technology and Informatics, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3233/SHTI251546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05358187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">415P How to generate open source annotated cancer clinical datasets with LLMs to support the development of smaller language models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.T. Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Villemonte de La Clergerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Flicoteaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESMO Real World Data and Digital Oncology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 10, pp.100611. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.esmorw.2025.100611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05444771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical relevance of reports on early access programs for checkpoint inhibitors in cancer patients: a French retrospective nationwide cohort study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bridging the digital divide for outpatients treated with anticancer chemotherapy: a retrospective quantitative and qualitative analysis of an adapted electronic Patient Reported Outcome program</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Boiteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natividad Alarcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Chatain</w:t>
+                <w:t xml:space="preserve">Charlotte Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Fenioux</w:t>
+                <w:t xml:space="preserve">Charlotte Fenioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Lamé</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Babai</w:t>
+                <w:t xml:space="preserve">Claire Queval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESMO Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.esmoop.2024.103711⟩</w:t>
+              <w:t xml:space="preserve">Supportive Care in Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 33 (2), pp.130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00520-025-09171-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04733393v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05364826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the Sars-Cov-2 outbreak on the initial clinical presentation of new solid cancer diagnoses: a systematic review and meta-analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clinical relevance of reports on early access programs for checkpoint inhibitors in cancer patients: a French retrospective nationwide cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Chatain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fenioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Marty</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Lamé</w:t>
+                <w:t xml:space="preserve">A. Bouras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Guével</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gilles Chatellier</w:t>
+                <w:t xml:space="preserve">S. Babai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12885-023-11795-1⟩</w:t>
+              <w:t xml:space="preserve">ESMO Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (11), pp.103711. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.esmoop.2024.103711⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04425493v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04733393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“The Truth Is, We Must Miss Some”: A Qualitative Study of the Patient Eligibility Screening Process, and Automation Perspectives, for Cancer Clinical Trials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of the Sars-Cov-2 outbreak on the initial clinical presentation of new solid cancer diagnoses: a systematic review and meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. La Rosa</w:t>
+                <w:t xml:space="preserve">Etienne Guével</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Vaterkowski</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">C. Tournigand</w:t>
+                <w:t xml:space="preserve">Gilles Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cam4.70466⟩</w:t>
+              <w:t xml:space="preserve">BMC Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (1), pp.143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12885-023-11795-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04816308v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04425493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The More, the Better? Modalities of Metastatic Status Extraction on Free Medical Reports Based on Natural Language Processing</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ariel Cohen</w:t>
+                <w:t xml:space="preserve">“The Truth Is, We Must Miss Some”: A Qualitative Study of the Patient Eligibility Screening Process, and Automation Perspectives, for Cancer Clinical Trials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. La Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vaterkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Cuggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Akram Redjdal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Etienne Guével</w:t>
+                <w:t xml:space="preserve">Boris Campillo-Gimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Tournigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCO Clinical Cancer Informatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1200/CCI.24.00026⟩</w:t>
+              <w:t xml:space="preserve">Cancer Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (23), pp.e70466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cam4.70466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04692581v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04816308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Goldmine” or “big mess”? An interview study on the challenges of designing, operating, and ensuring the durability of Clinical Data Warehouses in France and Belgium</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">The More, the Better? Modalities of Metastatic Status Extraction on Free Medical Reports Based on Natural Language Processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariel Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akram Redjdal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Guével</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Medical Informatics Association</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jamia/ocae244⟩</w:t>
+              <w:t xml:space="preserve">JCO Clinical Cancer Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8, pp.e2400026. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1200/CCI.24.00026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04697903v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04692581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hospital end-of-life care aggressiveness in adult solid tumour patients pre and post COVID-19: retrospective multicentre cohort study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tanya Cassam Chenai</w:t>
+                <w:t xml:space="preserve">“Goldmine” or “big mess”? An interview study on the challenges of designing, operating, and ensuring the durability of Clinical Data Warehouses in France and Belgium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed El Mejdani</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marija Jankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lamé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Palliative and supportive care</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Journal of the American Medical Informatics Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31 (11), pp.2699-2707. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/spcare-2024-004888⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jamia/ocae244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04524336v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04697903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leveraging Rule-Based NLP to Translate Textual Reports as Structured Inputs Automatically Processed by a Clinical Decision Support System</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hospital end-of-life care aggressiveness in adult solid tumour patients pre and post COVID-19: retrospective multicentre cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natallia Novikava</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Tanya Cassam Chenai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed El Mejdani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariel Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Chatellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/SHTI240794⟩</w:t>
+              <w:t xml:space="preserve">BMJ Palliative and supportive care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/spcare-2024-004888⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05358175v1</w:t>
+                <w:t xml:space="preserve">hal-04524336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association between overweight, obesity, and quality of life of patients receiving an anticancer treatment for prostate cancer: a systematic literature review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Leveraging Rule-Based NLP to Translate Textual Reports as Structured Inputs Automatically Processed by a Clinical Decision Support System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akram Redjdal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natallia Novikava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Bouaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léonard Depotte</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Brigitte Seroussi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health and Quality of Life Outcomes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12955-023-02093-2⟩</w:t>
+              <w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Studies in Health Technology and Informatics, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/SHTI240794⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03972057v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05358175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cancer mortality and competing causes of death in older adults with cancer: A prospective, multicentre cohort study ( ELCAPA ‐19)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Association between overweight, obesity, and quality of life of patients receiving an anticancer treatment for prostate cancer: a systematic literature review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Depotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Caroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Gligorov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Canouï-Poitrine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déborah Assouan</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+                <w:t xml:space="preserve">Yazid Belkacemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cam4.6639⟩</w:t>
+              <w:t xml:space="preserve">Health and Quality of Life Outcomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 21 (1), pp.11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12955-023-02093-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04604607v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03972057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No changes in clinical presentation, treatment strategies and survival of pancreatic cancer cases during the SARS‐COV‐2 outbreak: A retrospective multicenter cohort study on real‐world data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Cancer mortality and competing causes of death in older adults with cancer: A prospective, multicentre cohort study ( ELCAPA ‐19)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Assouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Paillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Caillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Broussier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Etienne Guével</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 153 (12), pp.1988-1996. </w:t>
+              <w:t xml:space="preserve">Cancer Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (22), pp.20940-20952. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ijc.34675⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cam4.6639⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04189069v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04604607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the COVID-19 pandemic on clinical presentation, treatments, and outcomes of new breast cancer patients: A retrospective multicenter cohort study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">No changes in clinical presentation, treatment strategies and survival of pancreatic cancer cases during the SARS‐COV‐2 outbreak: A retrospective multicenter cohort study on real‐world data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Guével</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Romain Bey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cam4.6637⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 153 (12), pp.1988-1996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ijc.34675⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04267498v1</w:t>
+                <w:t xml:space="preserve">hal-04189069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to Improve Cancer Patients ENrollment in Clinical Trials From rEal-Life Databases Using the Observational Medical Outcomes Partnership Oncology Extension: Results of the PENELOPE Initiative in Urologic Cancers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Vaterkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Leprovost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Leprovost</w:t>
+                <w:t xml:space="preserve">Nicolas Griffon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ouagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JCO Clinical Cancer Informatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 7, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1200/CCI.22.00179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04107871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a Natural Language Processing Model for deriving breast cancer quality indicators : A cross-sectional, multicenter study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Impact of the COVID-19 pandemic on clinical presentation, treatments, and outcomes of new breast cancer patients: A retrospective multicenter cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Guével</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Wassermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.respe.2023.102189⟩</w:t>
+              <w:t xml:space="preserve">Cancer Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (22), pp.20918-20929. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cam4.6637⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04288208v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04267498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the SARS-CoV-2 outbreak on management and prognosis of new lung cancer cases, a retrospective multicenter real-life cohort study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Development of a Natural Language Processing Model for deriving breast cancer quality indicators : A cross-sectional, multicenter study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Guével</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Flicoteaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejca.2022.06.018⟩</w:t>
+              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 71 (6), pp.102189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.respe.2023.102189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03705935v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04288208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of two waves of Sars‐Cov2 outbreak on the number, clinical presentation, care trajectories and survival of patients newly referred for a colorectal cancer: A French multicentric cohort study from a large group of University hospitals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Bellamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 150 (10), pp.1609-1618. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ijc.33928⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03519085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nestin as a Diagnostic and Prognostic Marker for Combined Hepatocellular-Cholangiocarcinoma.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of the SARS-CoV-2 outbreak on management and prognosis of new lung cancer cases, a retrospective multicenter real-life cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Zalcman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Calderaro</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Cong Trung Nguyen</w:t>
+                <w:t xml:space="preserve">Marie Wislez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hepatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhep.2022.07.019⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 173, pp.33-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejca.2022.06.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03760904v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03705935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rare bone sarcomas: A retrospective analysis of 145 adult patients from the French Sarcoma Group</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nestin as a Diagnostic and Prognostic Marker for Combined Hepatocellular-Cholangiocarcinoma.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Calderaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Di Tommaso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Maillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Beaufrère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascaline Boudou‐rouquette</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Maud Toulmonde</w:t>
+                <w:t xml:space="preserve">Cong Trung Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ijc.33837⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.S0168-8278(22)02983-X. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhep.2022.07.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560233v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03760904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adverse events reporting in phase 3 oncology clinical trials of checkpoint inhibitors: A systematic review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rare bone sarcomas: A retrospective analysis of 145 adult patients from the French Sarcoma Group</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Boudou‐rouquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Penel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Barhli</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maud Toulmonde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Reviews in Oncology/Hematology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.critrevonc.2020.103162⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 150 (5), pp.825-836. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ijc.33837⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560258v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adverse events reporting in phase 3 oncology clinical trials of checkpoint inhibitors: A systematic review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Barhli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Liesse Joulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Tournigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critical Reviews in Oncology/Hematology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 157, pp.103162 -. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.critrevonc.2020.103162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03492652v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the COVID-19 pandemic on colorectal cancer care in France</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">Adverse events reporting in phase 3 oncology clinical trials of checkpoint inhibitors: A systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Barhli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Liesse Joulia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Tournigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Gastroenterology &amp; Hepatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 6 (5), pp.342 - 343. </w:t>
+              <w:t xml:space="preserve">Critical Reviews in Oncology/Hematology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 157, pp.103162 -. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S2468-1253(21)00095-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.critrevonc.2020.103162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03197455v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03492652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New cancer cases at the time of SARS-Cov2 pandemic and related public health policies: A persistent and concerning decrease long after the end of national lockdown</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Adverse event load, onset, and maximum grade: A novel method of reporting adverse events in cancer clinical trials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilherme Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Tournigand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Curtis Olswold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gilles Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejca.2021.02.015⟩</w:t>
+              <w:t xml:space="preserve">Clinical Trials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (1), pp.51-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1740774520959313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03172913v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adverse event load, onset, and maximum grade: A novel method of reporting adverse events in cancer clinical trials</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">New cancer cases at the time of SARS-Cov2 pandemic and related public health policies: A persistent and concerning decrease long after the end of national lockdown</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Layese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Trials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1740774520959313⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 150, pp.260-267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejca.2021.02.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560262v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">National early access programs and clinical trials: What opportunities for early access to therapeutic innovations for patients with malignant melanoma?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Effect of the COVID-19 pandemic on colorectal cancer care in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Chatellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Tournigand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céleste Lebbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cncr.33495⟩</w:t>
+              <w:t xml:space="preserve">The Lancet Gastroenterology &amp; Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (5), pp.342 - 343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S2468-1253(21)00095-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560245v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03197455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clinical Characteristics, Care Trajectories and Mortality Rate of SARS-CoV-2 Infected Cancer Patients: A Multicenter Cohort Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Antoine Benderra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc-Antoine Benderra</w:t>
+                <w:t xml:space="preserve">Ainhoa Aparicio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ainhoa Aparicio</w:t>
+                <w:t xml:space="preserve">Judith Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judith Leblanc</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Demian Wassermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 13 (19), pp.4749. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/cancers13194749⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03379679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete response in anaplastic lymphoma kinase–rearranged oncocytic thyroid cancer: A case report and review of literature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">National early access programs and clinical trials: What opportunities for early access to therapeutic innovations for patients with malignant melanoma?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Zalcman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victoire De Salins</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Céleste Lebbe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Journal of Clinical Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5306/wjco.v11.i7.495⟩</w:t>
+              <w:t xml:space="preserve">Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 127 (13), pp.2181-2183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cncr.33495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560266v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement des autres tumeurs solides métastatiques MSI/dMMR</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Complete response in anaplastic lymphoma kinase–rearranged oncocytic thyroid cancer: A case report and review of literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoire De Salins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gokoulakrichenane Loganadane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mukedaisi Abulizi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémentine Bouchez</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maya Nourieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin du Cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 106, pp.143 - 150. </w:t>
+              <w:t xml:space="preserve">World Journal of Clinical Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (7), pp.495-503. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bulcan.2019.01.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5306/wjco.v11.i7.495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03486636v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le lymphome de Hodgkin : stratégies thérapeutiques actuelles et futures</w:t>
+                <w:t xml:space="preserve">Traitement des autres tumeurs solides métastatiques MSI/dMMR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Turpin</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Clémentine Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Tournigand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin du Cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 105 (1), pp.81-98. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bulcan.2017.11.008⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 106, pp.143 - 150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bulcan.2019.01.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03560287v1</w:t>
+                <w:t xml:space="preserve">hal-03486636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overinterpretation and misreporting of prognostic factor studies in oncology: a systematic review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Le lymphome de Hodgkin : stratégies thérapeutiques actuelles et futures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Michot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Mazeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer de Beyer</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Seid Mohammed</w:t>
+                <w:t xml:space="preserve">Peggy Dartigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41416-018-0305-5⟩</w:t>
+              <w:t xml:space="preserve">Bulletin du Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 105 (1), pp.81-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bulcan.2017.11.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560279v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systemic treatment of renal cell cancer: A comprehensive review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Overinterpretation and misreporting of prognostic factor studies in oncology: a systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer de Beyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Cook</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Holmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amparo Sánchez-Gastaldo</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Seid Mohammed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Treatment Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ctrv.2017.08.010⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 119 (10), pp.1288-1296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41416-018-0305-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560297v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">‘Mind the gap’ between the development of therapeutic innovations and the clinical practice in oncology: A proposal of the European Organisation for Research and Treatment of Cancer (EORTC) to optimise cancer clinical research</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Systemic treatment of renal cell cancer: A comprehensive review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amparo Sánchez-Gastaldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aránzazu González del Alba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan Bogaerts</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lifang Liu</w:t>
+                <w:t xml:space="preserve">Ignacio Duran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejca.2017.08.028⟩</w:t>
+              <w:t xml:space="preserve">Cancer Treatment Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 60, pp.77-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ctrv.2017.08.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560295v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrepancies in the use of chemotherapy and artificial nutrition near the end of life for hospitalised patients with metastatic gastric or oesophageal cancer. A countrywide, register-based study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">‘Mind the gap’ between the development of therapeutic innovations and the clinical practice in oncology: A proposal of the European Organisation for Research and Treatment of Cancer (EORTC) to optimise cancer clinical research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Tournigand</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Bogaerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Rochigneux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lucas Morin</w:t>
+                <w:t xml:space="preserve">Lifang Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 79, pp.31-40. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejca.2017.03.029⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 86, pp.143-149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejca.2017.08.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560299v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical and pathologic features of patients with non-epithelial ovarian cancer: retrospective analysis of a single institution 15-year experience</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Discrepancies in the use of chemotherapy and artificial nutrition near the end of life for hospitalised patients with metastatic gastric or oesophageal cancer. A countrywide, register-based study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Tournigand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rochigneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Desamericq</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lucas Morin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical and Translational Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12094-016-1517-x⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 79, pp.31-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejca.2017.03.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560317v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Severe hyponatremia caused by nab-paclitaxel-induced syndrome of inappropriate antidiuretic hormone secretion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clinical and pathologic features of patients with non-epithelial ovarian cancer: retrospective analysis of a single institution 15-year experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Desamericq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Vieites</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Diaz-Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cindy Neuzillet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Benoît Rousseau</w:t>
+                <w:t xml:space="preserve">E. Calvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/MD.0000000000004006⟩</w:t>
+              <w:t xml:space="preserve">Clinical and Translational Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19 (2), pp.173-179. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12094-016-1517-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560311v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computer-based risk prediction models: Ethical issues of Adjuvant! Online use in early-stage breast cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Azria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Kempf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gynécologie Obstétrique &amp; Fertilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 44 (2), pp.79-81. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.gyobfe.2015.11.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03560326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What Do Older Adults Know About Their Cancer Diagnosis and Treatment? The ELCAPA-08 Cohort Study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Severe hyponatremia caused by nab-paclitaxel-induced syndrome of inappropriate antidiuretic hormone secretion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Neuzillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Babai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Caillet</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Rousseau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Bastuji-Garin</w:t>
+                <w:t xml:space="preserve">Benoît Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Geriatrics Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jgs.14154⟩</w:t>
+              <w:t xml:space="preserve">Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 95 (26), pp.e4006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/MD.0000000000004006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03560315v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenges in Diagnosis and Treatment of Lung Cancer in People with Intellectual Disabilities: Current State of Knowledge</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">What Do Older Adults Know About Their Cancer Diagnosis and Treatment? The ELCAPA-08 Cohort Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Caillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Le Thuaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Bastuji-Garin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lung Cancer International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2016/6787648⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Geriatrics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 64 (6), pp.1360-1362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jgs.14154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560308v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les patients ambulatoires atteints de cancer sont-ils prêts pour la télémédecine ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Challenges in Diagnosis and Treatment of Lung Cancer in People with Intellectual Disabilities: Current State of Knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Satgé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Bernard Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motoi Nishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Prévost</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean Trédaniel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin du Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bulcan.2016.06.004⟩</w:t>
+              <w:t xml:space="preserve">Lung Cancer International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2016, pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2016/6787648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560307v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KRAS oncogene in lung cancer: focus on molecularly driven clinical trials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Les patients ambulatoires atteints de cancer sont-ils prêts pour la télémédecine ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoît Rousseau</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Macquin-Mavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Besse</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christophe Louvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Respiratory Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1183/16000617.0071-2015⟩</w:t>
+              <w:t xml:space="preserve">Bulletin du Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 103 (10), pp.841-848. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bulcan.2016.06.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560322v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Case-Control Study Brings to Light the Causes of Screen Failures in Phase 1 Cancer Clinical Trials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">KRAS oncogene in lung cancer: focus on molecularly driven clinical trials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Besse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Lemoine</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Luis Paz-Ares</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0154895⟩</w:t>
+              <w:t xml:space="preserve">European Respiratory Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 25 (139), pp.71-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1183/16000617.0071-2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560319v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First-line antiangiogenics for metastatic renal cell carcinoma: A systematic review and network meta-analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">A Case-Control Study Brings to Light the Causes of Screen Failures in Phase 1 Cancer Clinical Trials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Tergemina-Clain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaelle Desamericq</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie Chaubet-Houdu</w:t>
+                <w:t xml:space="preserve">Sophie Postel-Vinay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Reviews in Oncology/Hematology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.critrevonc.2016.08.012⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (5), pp.e0154895. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0154895⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560302v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two cases of immune thrombocytopenia associated with pembrolizumab</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First-line antiangiogenics for metastatic renal cell carcinoma: A systematic review and network meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Desamericq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Le Roy</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Caroline Robert</w:t>
+                <w:t xml:space="preserve">Marie Chaubet-Houdu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejca.2015.10.073⟩</w:t>
+              <w:t xml:space="preserve">Critical Reviews in Oncology/Hematology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 107, pp.44-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.critrevonc.2016.08.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560330v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">10-year long-term survival of a metastatic EGFR -mutated nonsmall cell lung cancer patient</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Two cases of immune thrombocytopenia associated with pembrolizumab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Ackermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Routier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Planchard</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Caroline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Respiratory Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1183/09031936.00017315⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 54, pp.172-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejca.2015.10.073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560338v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Reported Case of Unexpected Response to an Epidermal Growth Factor Receptor Tyrosine Kinase Inhibitor in the I744M Uncommon EGFR Mutation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">10-year long-term survival of a metastatic EGFR -mutated nonsmall cell lung cancer patient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Planchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Le Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Soria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Lung Cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 16 (6), pp.e259-e261. </w:t>
+              <w:t xml:space="preserve">European Respiratory Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 46 (1), pp.280-282. </w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cllc.2015.06.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1183/09031936.00017315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560333v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prognosis of body mass index and chemotherapy dose capping in acute myeloid leukaemia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">First Reported Case of Unexpected Response to an Epidermal Growth Factor Receptor Tyrosine Kinase Inhibitor in the I744M Uncommon EGFR Mutation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Hirsch</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ludovic Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Soria</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Leukemia Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.leukres.2014.09.013⟩</w:t>
+              <w:t xml:space="preserve">Clinical Lung Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16 (6), pp.e259-e261. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cllc.2015.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03560339v1</w:t>
+                <w:t xml:space="preserve">hal-03560333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle utilité des directives anticipées pour les médecins ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prognosis of body mass index and chemotherapy dose capping in acute myeloid leukaemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hirsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Labopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Viguié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Fournier</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Françoise Isnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Presse Médicale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.lpm.2012.09.027⟩</w:t>
+              <w:t xml:space="preserve">Leukemia Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 38 (12), pp.1425-1429. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.leukres.2014.09.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03560343v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quelle utilité des directives anticipées pour les médecins ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Berthiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie D’haussy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Presse Médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 42 (6), pp.e159-e169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lpm.2012.09.027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Place des traitements ciblés dans la prise en charge des cancers broncho-pulmonaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Staudacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Teixeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Rousseau-Bussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Jouveshomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pathologie Biologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 60 (4), pp.246-253. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.patbio.2012.05.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03560346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6822,1567 +6956,1567 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In conferences, everyone goes 'health data is the future' &amp;quot;: an interview study on challenges in re-using EHR data for research in Clinical Data Warehouses.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMIA Annual Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, San Francisco, USA, France. pp.579-588</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05364896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la COVID-19 sur la prise en charge des patients atteints de cancer en fin de vie à l'AP-HP</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification multimodale d'une cohorte de patients porteurs de cancers rares de la tête et du cou au sein de l'Entrepôt de données de santé (EDS) de l'AP-HP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Priou</w:t>
+                <w:t xml:space="preserve">M. Verdoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. La Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Lolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Tannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Baujat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès EMOIS 2024</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202208⟩</w:t>
+              <w:t xml:space="preserve">Congrès EMOIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Lille, France. pp.202204, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04504381v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05331991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification multimodale d'une cohorte de patients porteurs de cancers rares de la tête et du cou au sein de l'Entrepôt de données de santé (EDS) de l'AP-HP</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Modalités d'identification des patients éligibles à l'inclusion dans des essais cliniques en oncologie : une étude qualitative dans le cadre du programme PENELOPE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. La Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Xavier Tannier</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vaterkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Baujat</w:t>
+                <w:t xml:space="preserve">M. Cuggia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Campillo-Gimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès EMOIS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202204⟩</w:t>
+              <w:t xml:space="preserve">Congrès EMOIS 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Lille, France. pp.202209, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05331991v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modalités d'identification des patients éligibles à l'inclusion dans des essais cliniques en oncologie : une étude qualitative dans le cadre du programme PENELOPE</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Impact de la COVID-19 sur la prise en charge des patients atteints de cancer en fin de vie à l'AP-HP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. El Mejdani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Cassam Chenai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">B. Campillo-Gimenez</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès EMOIS 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2024, Lille, France. pp.202209, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202209⟩</w:t>
+              <w:t xml:space="preserve">, Apr 2024, Lille, France. pp.202208, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04504388v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structuration des critères histopronostiques tumoraux par traitement automatique du langage naturel - Une comparaison entre apprentissage machine et règles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Kempf</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">S. Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Dura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Calderaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Brones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès EMOIS 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Lille, France. pp.202301, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05331993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why Are Data Missing in Clinical Data Warehouses? A Simulation Study of How Data Are Processed (and Can Be Lost)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Informatics Europe 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Gothenburg, Sweden. pp.202-206, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3233/shti230103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04102386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valeur ajoutée des algorithmes de traitement automatique du langage: exemple de la prise en charge du cancer du pancréas à l'Assistance publique-Hôpitaux de Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Flicoteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Guével</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès national Emois 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Nancy, France. pp.101464, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.respe.2023.101464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04013109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“In conferences, everyone goes ‘health data is the future’ ”: an interview study on challenges in re-using EHR data for research in Clinical Data Warehouses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMIA 2023 Annual Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, New Orleans (LA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04285545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1690O Impact of the SARS-CoV-2 outbreak on the initial clinical presentation of new solid cancer diagnoses: A systematic review and meta-analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Guével</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESMO 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Madrid, Spain. pp.S925, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.annonc.2023.09.2644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04253195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation du traitement automatique du langage pour le calcul et le suivi d'indicateurs de qualité de la prise en charge du cancer du sein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Guével</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Flicoteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Tournigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès national Emois 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Nancy, France. pp.101468, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.respe.2023.101468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04013120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences de la crise Covid-19 en oncologie médicale : promesses, réalisations et défis d'un entrepôt de données de santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GISEH2022 - 11e Conférence Francophone en Gestion et Ingénierie des Systèmes Hospitaliers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03784013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classification multilabel de concepts médicaux pour l’identification du profil clinique du patient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Gérardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Vaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perceval Wajsbürt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Gilavert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Bellamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Lille, France. pp.21-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03265917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8392,682 +8526,682 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1590P Prevalence and impact on survival of presentation to the emergency room of cancer patients: A retrospective study on real-life data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Barclay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Verdoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Flicoteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESMO2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Barcelona, Spain. Annals of Oncology, 35 (S2), pp.S958, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.annonc.2024.08.1652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04707514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Tous les congrès où l'on va, on dit que ‘les données de santé, c'est l'avenir’ » : étude par entretiens des défis de la réutilisation des données de santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès EMOIS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Lille, France. Journal of Epidemiology and Population Health, 72 (Supp 1), pp.202307, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04504362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification et caractérisation des patients pris en charge à l'AP-HP pour deux cancers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Demeure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Flicoteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès EMOIS 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Lille, France. Journal of Epidemiology and Population Health, 72 (Suppl 1), pp.202308, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04504369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">463P Impact of two waves of Sars-Cov-2 outbreak on the clinical presentation and outcomes of newly referred breast cancer cases at AP-HP: A retrospective multicenter cohort study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Guével</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Wassermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESMO 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Madrid, Spain. 34 (S2), pp.S376, 2023, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.annonc.2023.09.639⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04253192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2080P Incidence and risks of intravenous chemotherapy-induced neutropenia (ICIN) in oncology: A multicenter retrospective cohort study on real-life data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Rohr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Chatelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Babai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESMO 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Madrid, Spain. Annals of Oncology, 34 (S2), pp.S1094-S1095, 2023, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.annonc.2023.09.862⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04253191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9077,147 +9211,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le cancer en prison (CaPri)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Combessie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvain Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Brones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Chatellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Djakouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">18.32, IERDJ - Institut des Études et de la Recherche sur le Droit et la Justice. 2023, pp.232</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04353936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9227,114 +9361,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structuration, standardisation et enrichissement par traitement automatique du langage des données relatives au cancer au sein de l’entrepôt de données de santé de l’Assistance Publique – Hôpitaux de Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Santé publique et épidémiologie. Sorbonne Université, 2023. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2023SORUS694⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04552534v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId333"/>
+      <w:footerReference w:type="default" r:id="rId336"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9481,51 +9615,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05383561v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Belkaid" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duvoux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sahali" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Grimbert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.esmorw.2025.100185" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05364830v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Riebler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Verdoux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Sinanovic" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Flicoteaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Baujat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12911-025-03163-9" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220927v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew E Barclay" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Cohen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Priou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.70056" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05364826v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Boiteau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natividad Alarcon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Joly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Fenioux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Queval" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-025-09171-9" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358187v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Vaterkowski" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadir Ammour" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Daniel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kempf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI251546" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444771v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.T. Vu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Villemonte de La Clergerie" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.esmorw.2025.100611" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733393v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chatain" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fenioux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lam&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouras" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Babai" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.esmoop.2024.103711" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425493v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Marty" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gu&#233;vel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chatellier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-023-11795-1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816308v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. La Rosa" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vaterkowski" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cuggia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Campillo-Gimenez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tournigand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cam4.70466" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692581v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Redjdal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1200/CCI.24.00026" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697903v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Jankovic" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jamia/ocae244" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524336v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Cassam Chenai" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Mejdani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/spcare-2024-004888" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358175v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natallia Novikava" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bouaud" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Seroussi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI240794" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03972057v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Depotte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Caroux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gligorov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Canou&#239;-Poitrine" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazid Belkacemi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12955-023-02093-2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604607v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Assouan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Paillaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Caillet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Broussier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cam4.6639" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189069v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Laurent" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.34675" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267498v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Wassermann" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bey" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cam4.6637" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107871v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Leprovost" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Griffon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ouagne" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1200/CCI.22.00179" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288208v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2023.102189" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705935v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Zalcman" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Wislez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2022.06.018" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519085v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bellamine" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.33928" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03760904v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Calderaro" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Di Tommaso" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Maill&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Beaufr&#232;re" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Trung Nguyen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2022.07.019" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560233v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Boudou&#8208;rouquette" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Penel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Toulmonde" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.33837" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560258v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Barhli" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Liesse Joulia" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tournigand" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.critrevonc.2020.103162" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492652v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197455v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2468-1253(21)00095-9" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172913v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Layese" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2021.02.015" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560262v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Lopes" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Curtis Olswold" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cohen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1740774520959313" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560245v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Zalcman" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;leste Lebbe" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cncr.33495" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03379679v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Benderra" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ainhoa Aparicio" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Leblanc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demian Wassermann" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13194749" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560266v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire De Salins" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gokoulakrichenane Loganadane" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mukedaisi Abulizi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Nourieh" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5306/wjco.v11.i7.495" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486636v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Bouchez" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2019.01.008" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560287v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Turpin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Michot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Mazeron" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Dartigues" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2017.11.008" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560279v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer de Beyer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cook" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Holmes" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seid Mohammed" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41416-018-0305-5" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560297v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amparo S&#225;nchez-Gastaldo" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ar&#225;nzazu Gonz&#225;lez del Alba" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Duran" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ctrv.2017.08.010" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560295v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Bogaerts" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lacombe" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lifang Liu" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2017.08.028" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560299v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rochigneux" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Aubry" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Morin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2017.03.029" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560317v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Desamericq" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vieites" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Diaz-Padilla" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Calvo" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12094-016-1517-x" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560311v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Neuzillet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Babai" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pujol" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rousseau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MD.0000000000004006" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560326v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Azria" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kempf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gyobfe.2015.11.012" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560315v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Rousseau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le Thuaut" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bastuji-Garin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jgs.14154" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TS3M94FN-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560308v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Satg&#233;" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Dubois" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motoi Nishi" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Tr&#233;daniel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2016/6787648" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560307v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;vost" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Macquin-Mavier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Louvet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2016.06.004" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560322v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Besse" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Paz-Ares" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/16000617.0071-2015" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560319v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lemoine" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Tergemina-Clain" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Postel-Vinay" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0154895" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560302v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Desamericq" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Boissier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chaubet-Houdu" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.critrevonc.2016.08.012" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560330v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Le Roy" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Ackermann" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Routier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Robert" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2015.10.073" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560338v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Planchard" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Le Chevalier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Soria" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/09031936.00017315" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560333v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lacroix" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cllc.2015.06.002" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560339v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hirsch" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Labopin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Vigui&#233;" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Isnard" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.leukres.2014.09.013" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560343v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fournier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Berthiau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie D&#8217;haussy" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2012.09.027" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3R634ZXJ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560346v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Staudacher" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Teixeira" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rousseau-Bussac" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jouveshomme" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patbio.2012.05.011" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TJS383QH-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05364896v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lame" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504381v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cohen" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Mejdani" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cassam Chenai" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Priou" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202208" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331991v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Verdoux" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Lolli" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tannier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Baujat" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202204" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504388v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cuggia" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Campillo-Gimenez" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202209" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331993v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kempf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dura" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Calderaro" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brones" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202301" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102386v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/shti230103" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013109v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Flicoteaux" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gu&#233;vel" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chatellier" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2023.101464" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285545v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253195v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marty" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2023.09.2644" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013120v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2023.101468" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784013v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265917v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel G&#233;rardin" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vaillant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perceval Wajsb&#252;rt" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gilavert" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707514v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barclay" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2024.08.1652" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504362v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jankovic" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202307" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504369v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Demeure" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202308" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253192v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wassermann" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bey" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2023.09.639" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253191v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rohr" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chatelier" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2023.09.862" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04353936v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Combessie" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvain Auger" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Brones" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Djakouane" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04552534v2" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023SORUS694" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553450v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lam&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Mejdani" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Priou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Flicoteaux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Barclay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jep.70411" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05383561v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Belkaid" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duvoux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sahali" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Grimbert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.esmorw.2025.100185" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05364830v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Riebler" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Verdoux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Sinanovic" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Baujat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12911-025-03163-9" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220927v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew E Barclay" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Cohen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.70056" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358187v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Vaterkowski" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadir Ammour" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Daniel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kempf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI251546" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444771v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.T. Vu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Villemonte de La Clergerie" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.esmorw.2025.100611" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05364826v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Boiteau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natividad Alarcon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Joly" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Fenioux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Queval" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-025-09171-9" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733393v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chatain" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fenioux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouras" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Babai" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.esmoop.2024.103711" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425493v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Marty" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gu&#233;vel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chatellier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-023-11795-1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816308v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. La Rosa" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vaterkowski" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cuggia" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Campillo-Gimenez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tournigand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cam4.70466" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692581v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Redjdal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1200/CCI.24.00026" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697903v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Jankovic" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jamia/ocae244" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524336v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Cassam Chenai" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/spcare-2024-004888" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358175v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natallia Novikava" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bouaud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Seroussi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI240794" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03972057v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Depotte" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Caroux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gligorov" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Canou&#239;-Poitrine" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazid Belkacemi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12955-023-02093-2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604607v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Assouan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Paillaud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Caillet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Broussier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cam4.6639" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189069v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Laurent" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.34675" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107871v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Leprovost" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Griffon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ouagne" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1200/CCI.22.00179" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267498v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Wassermann" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bey" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cam4.6637" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288208v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2023.102189" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519085v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bellamine" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.33928" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705935v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Zalcman" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Wislez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2022.06.018" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03760904v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Calderaro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Di Tommaso" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Maill&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Beaufr&#232;re" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Trung Nguyen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2022.07.019" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560233v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Boudou&#8208;rouquette" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Penel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Toulmonde" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.33837" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560258v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Barhli" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Liesse Joulia" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tournigand" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.critrevonc.2020.103162" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492652v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560262v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Lopes" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Curtis Olswold" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cohen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1740774520959313" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172913v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Layese" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2021.02.015" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197455v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2468-1253(21)00095-9" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03379679v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Benderra" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ainhoa Aparicio" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Leblanc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demian Wassermann" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13194749" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560245v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Zalcman" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;leste Lebbe" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cncr.33495" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560266v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire De Salins" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gokoulakrichenane Loganadane" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mukedaisi Abulizi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Nourieh" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5306/wjco.v11.i7.495" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486636v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Bouchez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2019.01.008" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560287v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Turpin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Michot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Mazeron" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Dartigues" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2017.11.008" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560279v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer de Beyer" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cook" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Holmes" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seid Mohammed" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41416-018-0305-5" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560297v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amparo S&#225;nchez-Gastaldo" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ar&#225;nzazu Gonz&#225;lez del Alba" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Duran" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ctrv.2017.08.010" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560295v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Bogaerts" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lacombe" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lifang Liu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2017.08.028" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560299v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rochigneux" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Aubry" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Morin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2017.03.029" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560317v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Desamericq" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vieites" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Diaz-Padilla" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Calvo" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12094-016-1517-x" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560326v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Azria" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kempf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gyobfe.2015.11.012" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560311v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Neuzillet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Babai" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pujol" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rousseau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MD.0000000000004006" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560315v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Rousseau" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le Thuaut" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bastuji-Garin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jgs.14154" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TS3M94FN-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560308v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Satg&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Dubois" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motoi Nishi" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Tr&#233;daniel" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2016/6787648" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560307v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;vost" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Macquin-Mavier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Louvet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2016.06.004" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560322v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Besse" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Paz-Ares" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/16000617.0071-2015" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560319v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lemoine" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Tergemina-Clain" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Postel-Vinay" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0154895" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560302v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Desamericq" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Boissier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chaubet-Houdu" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.critrevonc.2016.08.012" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560330v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Le Roy" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Ackermann" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Routier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Robert" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2015.10.073" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560338v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Planchard" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Le Chevalier" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Soria" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/09031936.00017315" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560333v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lacroix" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cllc.2015.06.002" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560339v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hirsch" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Labopin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Vigui&#233;" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Isnard" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.leukres.2014.09.013" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560343v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fournier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Berthiau" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie D&#8217;haussy" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2012.09.027" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3R634ZXJ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560346v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Staudacher" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Teixeira" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rousseau-Bussac" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jouveshomme" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patbio.2012.05.011" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TJS383QH-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05364896v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lame" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331991v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Verdoux" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Lolli" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tannier" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Baujat" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202204" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504388v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cuggia" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Campillo-Gimenez" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202209" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504381v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cohen" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Mejdani" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cassam Chenai" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Priou" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202208" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331993v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kempf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dura" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Calderaro" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brones" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202301" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102386v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/shti230103" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013109v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Flicoteaux" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gu&#233;vel" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chatellier" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2023.101464" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285545v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253195v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marty" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2023.09.2644" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013120v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2023.101468" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784013v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265917v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel G&#233;rardin" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vaillant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perceval Wajsb&#252;rt" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gilavert" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707514v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barclay" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2024.08.1652" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504362v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jankovic" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202307" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504369v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Demeure" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202308" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253192v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wassermann" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bey" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2023.09.639" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253191v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rohr" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chatelier" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2023.09.862" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04353936v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Combessie" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvain Auger" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Brones" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Djakouane" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04552534v2" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023SORUS694" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>