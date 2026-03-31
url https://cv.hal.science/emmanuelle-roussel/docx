--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Emmanuelle Roussel </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure de Linguistique anglaiseDépartement d’Etudes anglophonesUFR LVE - MLINormandie Université – UNICAEN - CRISCO (UR 4255)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concours</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Agrégation (option Linguistique)	1990- CAPES pratique (Major de promotion)	1989- CAPES, préparé à l’Université de Caen 	1988</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diplômes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Habilitation à Diriger des Recherches	- 1er juillet 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Du Past Perfect à la temporalité : réhabilitation des concepts de continuité	et de rupture (de continuité) dans le système aspecto-temporel. Syntaxe, Sémantique, Pragmatique,     Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Paris-Sorbonne Garant : M. le Professeur Wilfrid ROTGE- Doctorat de Linguistique	- 3 février 1995  </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur le Past perfect en anglais contemporain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Paris-Sorbonne              Directeur : M. le Professeur Pierre COTTE(Bourse CNRS ; allocation-monitorat 1992-1994)- DEA Théories et Analyses Linguistiques 1991 Université de Lille III, Villeneuve d’Ascq 	 Directeur : M. le Professeur Pierre COTTE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- L1 ; L2 ; L3 - Master Recherche (Responsible du Parcours Linguistique multilingue du Master Recherche LLCER)- Master MEEF- Agrégation externe (grammaire, linguistique) - Agrégation interne- Elaboration de trois tests d’entrée informatisés à l’attention des primo-entrants anglicistes de l’UFR LVE- Elaboration d’une banque informatisée d’exercices de grammaire à l’attention des étudiants de L1. Tests en auto-évaluation sur la plateforme Moodle - Création intégrale du script de l’Aide dans les (12) séries d’exercices de grammaire L1 en libre-service au Laboratoire de Langues de l’Université.- Membre du Jury de l’oral blanc du CAPES organisé par le Département	d’Etudes anglophones de l'UFR LVE pour les étudiants admissibles au concours- Co-responsable du concours de l’Agrégation- Intervention au CNED- Encadrement de mémoires de Master et de Doctorats- Membre et Présidente de jurys de thèse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre élue au Conseil de l'UFR LVE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre élue au Conseil d'Adminsitration de l'université Caen Normandie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsable du Parcours Linguistique multilingue du Master Recherhce LLCER</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Co-responsable de la revue *Syntaxe & Sémantique* du laboratoire CRISCO de l’Université Caen Normandie (Presses Universitaires de Caen) - Membre du Conseil de laboratoire de CRISCO (2012-2016)- Membre du Laboratoire CRISCO (2002-)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux linguistiques du CerLiCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Linéarité &amp; interprétation – 1 Perception de la linéarité : quelles interprétations ?, 28, pp.7-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limits, Space and the Preposition &amp;quot;Over</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Catégorisation / Opposition / Référentiation, 29, pp.198-226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporalité et compétences (méta)linguistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discours - Revue de linguistique, psycholinguistique et informatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13, [34 p.]. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/discours.8846⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The viewpoint of the preposition &amp;quot;over</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10-1, [24 p.]. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/corela.2683⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02326467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Point de vue neurolinguistique sur des réalisations linguistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anglophonia / Caliban - French Journal of English Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, English Linguistics, 11 (22), pp.161-177. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anglophonia.818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let alone est-il un &amp;quot;connecteur argumentatif&amp;quot; ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Syntaxe et sémantique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Éléments de relation : de la phrase au texte, 1 (8), pp.75-90. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ss.008.0075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une propriété pragmatique du &amp;quot;past perfect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 5 (2), [18 p.]. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/corela.397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La portée pragmatique de Have a V</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 3 (1), [18 p.]. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/corela.496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la valeur de commentaire du passif anglais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux du C.I.E.R.E.C.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Parcours linguistiques, Domaine anglais, 122, pp.271-288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autonomie du passif anglais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anglophonia, French Journal of English Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 18, pp.185-203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le commentaire associé au passif anglais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers du CRISCO (Univ. Caen)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 15, pp.1-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un autre regard sur la répartition des rôles entre &amp;quot;as&amp;quot; et &amp;quot;like&amp;quot; dans la construction de la comparaison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 1 (2), [22 p.]. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/corela.705⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When&amp;quot; et la hiérarchie propositionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 1 (1), [14 p.]. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/corela.649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When&amp;quot; et la hiérarchie propositionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 1 (1), [15 p.]. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/corela.649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">She had been healthy when he married her</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anglophonia / Caliban - French Journal of English Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, English Linguistics, 03 (6), pp.235-258. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anglophonia.689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Each other et one another : entre motivation et cognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : L’arbitraire et la motivation en l’honneur du Professeur Pierre Cotte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CELISO, Université Paris Sorbonne, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La temporalité : une question de &amp;quot;point de vue&amp;quot; cérébral ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour une linguistique sensorielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université catholique de Lille, Apr 2015, Lille, France. pp.125-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion de l'implicite par les E.I.P. : le cas des formes composées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international AFI 2014 : Autour des formes implicites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sophie Anquetil; Juliette Elie-Deschamps; Centre de Recherches Sémiotiques (CeReS) EA 3648, Nov 2014, Limoges, France. pp.49-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A l’horizon de la préposition OVER</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50e Congrès de la SAES (Société des Anglicistes de l’Enseignement Supérieur) : A l’horizon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Lille, France. pp.198-226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion des relations temporelles chez des enfants de CP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : Relations, connexions, dépendances. Hommage au Professeur Claude Guimier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRISCO, Université Caen Normandie, Mar 2011, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle de la mémoire : structuration événementielle ou syntaxique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international La mémoire et ses langages II : « Identité fondée sur la mémoire et ses langages »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EA 4295 CORPUS (Conflits, Représentations et Dialogues dans l’Univers Anglosaxon), Université de Rouen, Mar 2010, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation ou déviation ? Le cas des E.I.P.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : Déviance, déviation et variation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, NORMA, Université de Picardie Jules Verne, Jun 2006, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la valeur de commentaire du passif anglais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44e Congrès de la SAES. Parcours et détours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Saint-Quentin en Yvelines, France. pp.271-288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations autour du past perfect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46e Congrès de la SSAE (Société des Anglicistes de l’Enseignement Supérieur) : Étrange / Étranger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'altérité de &amp;quot;Have a drink</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Identités et Altérités dans l’espace anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00093501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’altérité de have a drink</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International : Identités et altérités dans l’espace anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de recherche Identités, normes des communautés anglophones (INCA), Université de Valenciennes et du Hainaut Cambrésis, Nov 2004, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-Linguistic Perspectives on the Semantics of Grammatical Aspect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Patard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rea Peltola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brill; Rodopi, 30, 281 p., 2019, Cahiers Chronos, 978-90-04-39933-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations, connexions, dépendances. Hommage au professeur Claude Guimier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Le Querler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes, 238 p., 2012, (Rivages linguistiques), 978-2-7535-2087-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction[: Cross-Linguistic Perspectives on the Semantics of Grammatical Aspect]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Patard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rea Peltola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cross-Linguistic Perspectives on the Semantics of Grammatical Aspect</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 30, Brill-Rodopi, pp.1-9, 2019, (Cahiers Chronos), </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/9789004401006_002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception visuelle et triade temporelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour une linguistique sensorielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 55, Honoré Champion éditeur, pp.125-154, 2018, (Bibliothèque de grammaire et linguistique), 978-2-7453-4728-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion de l’implicite par les E.I.P. : le cas des formes composées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Anquetil; Juliette Elie-Deschamps; Cindy Lefebvre-Scodeller. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autour des formes implicites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.49-60, 2017, (Rivages linguistiques), 978-2-7535-5467-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05042226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du Past Perfect à la temporalité : réhabilitation des concepts de continuité et de rupture (de continuité) dans le système aspecto-temporel. Syntaxe, Sémantique, Pragmatique, Cognition.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés sur la temporalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pronoms réciproques : marqueurs grammaticaux de perception ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherches sur le Past perfect en anglais contemporain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Le Guay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université Paris IV Sorbonne, 1995. Français. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 1994PA040381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04927539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId59"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Emmanuelle Roussel </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure de Linguistique anglaiseDépartement d’Etudes anglophonesUFR LVE - MLINormandie Université – UNICAEN - CRISCO (UR 4255)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concours</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Agrégation (option Linguistique)	1990- CAPES pratique (Major de promotion)	1989- CAPES, préparé à l’Université de Caen 	1988</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diplômes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Habilitation à Diriger des Recherches	- 1er juillet 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Du Past Perfect à la temporalité : réhabilitation des concepts de continuité	et de rupture (de continuité) dans le système aspecto-temporel. Syntaxe, Sémantique, Pragmatique,     Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Paris-Sorbonne Garant : M. le Professeur Wilfrid ROTGE- Doctorat de Linguistique	- 3 février 1995  </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur le Past perfect en anglais contemporain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Paris-Sorbonne              Directeur : M. le Professeur Pierre COTTE(Bourse CNRS ; allocation-monitorat 1992-1994)- DEA Théories et Analyses Linguistiques 1991 Université de Lille III, Villeneuve d’Ascq 	 Directeur : M. le Professeur Pierre COTTE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- L1 ; L2 ; L3 - Master Recherche (Responsible du Parcours Linguistique multilingue du Master Recherche LLCER)- Master MEEF- Agrégation externe (grammaire, linguistique) - Agrégation interne- Elaboration de trois tests d’entrée informatisés à l’attention des primo-entrants anglicistes de l’UFR LVE- Elaboration d’une banque informatisée d’exercices de grammaire à l’attention des étudiants de L1. Tests en auto-évaluation sur la plateforme Moodle - Création intégrale du script de l’Aide dans les (12) séries d’exercices de grammaire L1 en libre-service au Laboratoire de Langues de l’Université.- Membre du Jury de l’oral blanc du CAPES organisé par le Département	d’Etudes anglophones de l'UFR LVE pour les étudiants admissibles au concours- Co-responsable du concours de l’Agrégation- Intervention au CNED- Encadrement de mémoires de Master et de Doctorats- Membre et Présidente de jurys de thèse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre élue au Conseil de l'UFR LVE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre élue au Conseil d'Adminsitration de l'université Caen Normandie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsable du Parcours Linguistique multilingue du Master Recherhce LLCER</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Co-responsable de la revue *Syntaxe & Sémantique* du laboratoire CRISCO de l’Université Caen Normandie (Presses Universitaires de Caen) - Membre du Conseil de laboratoire de CRISCO (2012-2016)- Membre du Laboratoire CRISCO (2002-)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux linguistiques du CerLiCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Linéarité &amp; interprétation – 1 Perception de la linéarité : quelles interprétations ?, 28, pp.7-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limits, Space and the Preposition &amp;quot;Over</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Catégorisation / Opposition / Référentiation, 29, pp.198-226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporalité et compétences (méta)linguistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discours - Revue de linguistique, psycholinguistique et informatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13, [34 p.]. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/discours.8846⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The viewpoint of the preposition &amp;quot;over</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10-1, [24 p.]. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/corela.2683⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02326467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une propriété pragmatique du &amp;quot;past perfect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 5 (2), [18 p.]. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/corela.397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let alone est-il un &amp;quot;connecteur argumentatif&amp;quot; ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Syntaxe et sémantique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Éléments de relation : de la phrase au texte, 1 (8), pp.75-90. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ss.008.0075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Point de vue neurolinguistique sur des réalisations linguistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anglophonia / Caliban - French Journal of English Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, English Linguistics, 11 (22), pp.161-177. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anglophonia.818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La portée pragmatique de Have a V</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 3 (1), [18 p.]. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/corela.496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la valeur de commentaire du passif anglais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux du C.I.E.R.E.C.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Parcours linguistiques, Domaine anglais, 122, pp.271-288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autonomie du passif anglais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anglophonia, French Journal of English Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 18, pp.185-203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le commentaire associé au passif anglais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers du CRISCO (Univ. Caen)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 15, pp.1-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When&amp;quot; et la hiérarchie propositionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 1 (1), [14 p.]. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/corela.649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When&amp;quot; et la hiérarchie propositionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 1 (1), [15 p.]. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/corela.649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un autre regard sur la répartition des rôles entre &amp;quot;as&amp;quot; et &amp;quot;like&amp;quot; dans la construction de la comparaison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 1 (2), [22 p.]. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/corela.705⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">She had been healthy when he married her</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anglophonia / Caliban - French Journal of English Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, English Linguistics, 03 (6), pp.235-258. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anglophonia.689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Each other et one another : entre motivation et cognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : L’arbitraire et la motivation en l’honneur du Professeur Pierre Cotte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CELISO, Université Paris Sorbonne, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La temporalité : une question de &amp;quot;point de vue&amp;quot; cérébral ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour une linguistique sensorielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université catholique de Lille, Apr 2015, Lille, France. pp.125-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion de l'implicite par les E.I.P. : le cas des formes composées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international AFI 2014 : Autour des formes implicites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sophie Anquetil; Juliette Elie-Deschamps; Centre de Recherches Sémiotiques (CeReS) EA 3648, Nov 2014, Limoges, France. pp.49-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A l’horizon de la préposition OVER</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50e Congrès de la SAES (Société des Anglicistes de l’Enseignement Supérieur) : A l’horizon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Lille, France. pp.198-226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion des relations temporelles chez des enfants de CP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : Relations, connexions, dépendances. Hommage au Professeur Claude Guimier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRISCO, Université Caen Normandie, Mar 2011, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle de la mémoire : structuration événementielle ou syntaxique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international La mémoire et ses langages II : « Identité fondée sur la mémoire et ses langages »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EA 4295 CORPUS (Conflits, Représentations et Dialogues dans l’Univers Anglosaxon), Université de Rouen, Mar 2010, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation ou déviation ? Le cas des E.I.P.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : Déviance, déviation et variation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, NORMA, Université de Picardie Jules Verne, Jun 2006, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la valeur de commentaire du passif anglais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44e Congrès de la SAES. Parcours et détours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Saint-Quentin en Yvelines, France. pp.271-288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations autour du past perfect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46e Congrès de la SSAE (Société des Anglicistes de l’Enseignement Supérieur) : Étrange / Étranger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'altérité de &amp;quot;Have a drink</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Identités et Altérités dans l’espace anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00093501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’altérité de have a drink</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International : Identités et altérités dans l’espace anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de recherche Identités, normes des communautés anglophones (INCA), Université de Valenciennes et du Hainaut Cambrésis, Nov 2004, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-Linguistic Perspectives on the Semantics of Grammatical Aspect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Patard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rea Peltola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brill; Rodopi, 30, 281 p., 2019, Cahiers Chronos, 978-90-04-39933-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations, connexions, dépendances. Hommage au professeur Claude Guimier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Le Querler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes, 238 p., 2012, (Rivages linguistiques), 978-2-7535-2087-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction[: Cross-Linguistic Perspectives on the Semantics of Grammatical Aspect]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Patard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rea Peltola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cross-Linguistic Perspectives on the Semantics of Grammatical Aspect</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 30, Brill-Rodopi, pp.1-9, 2019, (Cahiers Chronos), </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/9789004401006_002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception visuelle et triade temporelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour une linguistique sensorielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 55, Honoré Champion éditeur, pp.125-154, 2018, (Bibliothèque de grammaire et linguistique), 978-2-7453-4728-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion de l’implicite par les E.I.P. : le cas des formes composées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Anquetil; Juliette Elie-Deschamps; Cindy Lefebvre-Scodeller. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autour des formes implicites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.49-60, 2017, (Rivages linguistiques), 978-2-7535-5467-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05042226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du Past Perfect à la temporalité : réhabilitation des concepts de continuité et de rupture (de continuité) dans le système aspecto-temporel. Syntaxe, Sémantique, Pragmatique, Cognition.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés sur la temporalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pronoms réciproques : marqueurs grammaticaux de perception ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherches sur le Past perfect en anglais contemporain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Le Guay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université Paris IV Sorbonne, 1995. Français. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 1994PA040381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04927539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId59"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6C209A4D"/>
+    <w:nsid w:val="85A932C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965454v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Roussel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02403063v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402874v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/discours.8846" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02326467v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.2683" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402794v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anglophonia.818" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402961v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ss.008.0075" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402823v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.397" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012397v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.496" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402958v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012398v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012395v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012394v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.705" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402830v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.649" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012390v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402900v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anglophonia.689" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148530v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148523v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402937v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148505v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148509v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148497v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148491v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012396v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148485v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093501v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148479v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02152003v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Patard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rea Peltola" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965482v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Le Querler" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Neveu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02151999v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004401006_002" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02403021v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042226v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148560v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148562v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726816v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04927539v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Guay" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1994PA040381" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965454v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Roussel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02403063v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402874v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/discours.8846" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02326467v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.2683" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402823v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.397" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402961v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ss.008.0075" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402794v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anglophonia.818" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012397v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.496" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402958v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012398v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012395v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402830v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.649" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012390v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012394v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.705" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402900v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anglophonia.689" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148530v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148523v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02402937v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148505v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148509v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148497v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148491v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012396v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148485v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093501v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148479v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02152003v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Patard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rea Peltola" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965482v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Le Querler" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Neveu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02151999v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004401006_002" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02403021v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042226v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148560v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148562v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726816v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04927539v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Guay" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1994PA040381" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>