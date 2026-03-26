--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Emmanuelle Uher </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (33)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing coral photosynthesis: The power of manganese-alginate gels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Rodrigues Martins Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Manoel de Lima Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassiana Seimi Nomura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jany Hellen Ferreira de Jesus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Trace Elements in Medicine and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 89, pp.127675. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtemb.2025.127675⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05232838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High denitrification potential but low nitrous oxide emission in a constructed wetland treating nitrate-polluted agricultural run-off</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ülo Mander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Tournebize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikk Espenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raili Torga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 779, pp.146614. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.146614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03196988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-invasive X-ray investigations of medieval sculptures: New insights on “applied tin-relief brocade” technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Martinetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bordet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Champdavoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cultural Heritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 47, pp.89-99. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.culher.2020.10.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03025355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecological factors governing distribution of gammarid species and their metal bioaccumulation abilities at the Seine basin scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Tales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 118, pp.106726. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2020.106726⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03169315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecodynamics and bioavailability of metal contaminants in a constructed wetland within an agricultural drained catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Drouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Bordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 136, pp.108-117. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoleng.2019.06.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02614699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of a multidisciplinary and integrative weight-of-evidence approach to a 1-year monitoring survey of the Seine River</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iris Barjhoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Anzil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 25 (24), pp.23404-23429. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-016-6993-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of the metal contamination in water measured by diffusive gradient in thin film (DGT), biomonitoring and total metal dissolved concentration at a national scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Besse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Husson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Geochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 88, pp.247-257. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apgeochem.2017.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ measurement with diffusive gradients in thin films: effect of biofouling in freshwater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Compere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mazeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24 (15), pp.13797-13807. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-017-8972-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04201865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecotoxicoproteomic assessment of the functional alterations caused by chronic metallic exposures in gammarids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Gismondi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Thomé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Baiwir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 225, pp.428-438. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2017.03.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04183100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of low density polyethylene membranes for assessment of genotoxicity of PAHs in the Seine River</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Vincent-Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Di Giorgio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel de Méo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 26 (2), pp.165-172. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10646-016-1751-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To what extend the dam dredging can influence the background level of metals in the Rhine River: using chemical and biological long-term monitoring to answer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Fabure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Mons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge and Management of Aquatic Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 418, pp.54. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/kmae/2017049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01658871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison in waterborne Cu, Ni and Pb bioaccumulation kinetics between different gammarid species and populations: Natural variability and influence of metal exposure history</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Farfarana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Chaumot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquatic Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 193, pp.245-255. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquatox.2017.10.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01695094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavioural and biochemical responses to metals tested alone or in mixture (Cd-Cu-Ni-Pb-Zn) in Gammarus fossarum: From a multi-biomarker approach to modelling metal mixture toxicity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquatic Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 193, pp.160-167. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquatox.2017.10.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04183114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the relation between anthropogenic pressure and PAH concentrations in surface water in the Seine River basin using multivariate analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Mirande-Bret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 557-558, pp.551-561. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2016.03.118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental relevance of laboratory-derived kinetic models to predict trace metal bioaccumulation in gammarids: Field experimentation at a large spatial scale (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 95, pp.330-339. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2016.03.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metal measurement in aquatic environments by passive sampling methods: Lessons learning from an in situ intercomparison exercise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dabrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Ghestem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. J. Allan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 208 (part B), pp.299 - 308. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2015.08.049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of aqueous and dietary uptakes to lead (Pb) bioaccumulation in Gammarus pulex: From multipathway modeling to in situ validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rym Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 129, pp.257-263. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2016.03.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of an urban multi-metal contamination gradient: Metal bioaccumulation and tolerance of river biofilms collected in different seasons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Faburé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Dufour M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Autret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Fechner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquatic Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 159, pp.276-289. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquatox.2014.12.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of effluent organic matter on copper speciation and bioavailability in rivers under strong urban pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Matar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Soares Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chebbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Troupel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.14. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-015-5110-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01238349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal variability and inter-species comparison of metal bioaccumulation in caged gammarids under urban diffuse contamination gradient: Implications for biomonitoring investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 511, pp.501-508. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2014.12.078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A biodynamic model predicting waterborne lead bioaccumulation in Gammarus pulex: Influence of water chemistry and in situ validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Billoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 203, pp.22-30. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2015.03.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01153660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of an urban multi-metal contamination gradient: metal bioaccumulation and tolerance of river biofilms collected in different seasons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Fabure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Autret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquatic Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 159, pp.275-289</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essential metal contents in indigenous gammarids related to exposure levels at the river basin scale: metal-dependent models of bioaccumulation and geochemical correlations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 466-467, pp.100-108. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2013.07.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of organic matter from urban effluents on trace metal speciation and bioavailability in river under strong urban pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Matar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Varrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chebbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Troupel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Boudhamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E3S Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1, pp.24002. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/e3sconf/20130124002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03982627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DGT measurement in low flow conditions : diffusive boundary layer and lability considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science: Processes &amp; Impacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 15 (7), pp.1351-1358. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c3em00151b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-year monitoring of core biomarker and digestive enzyme responses in transplanted zebra mussels (Dreissena polymorpha)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Palais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dedourge Geffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Beaudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pain Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Trapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 21, pp.888-905</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genotoxicity assessment and detoxification induction in Dreissena polymorpha exposed to benzo[a]pyrene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Châtel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Faucet-Marquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mutagenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 27 (6), pp.703-711. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mutage/ges036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of biofouling on diffusive gradient in thin film measurements in water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hao Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 84, pp.3111-3118. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ac2028535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons from a large scale deployment of DGT in the Seine basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mirande-Bret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry Group Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, p. 1 - p. 8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00582436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waterborne nickel bioaccumulation in Gammarus pulex: comparison of mechanistic models and influence of water cationic composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquatic Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 104 (3-4), pp.161-167. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquatox.2011.04.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labile, dissolved and particulate PAHs and trace metals in wastewater: passive sampling, occurrence, partitioning in treatment plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adèle Bressy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lorgeoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 63 (7), pp.1327-1333</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labile, dissolved and particulate PAHs and trace metals in wastewater: passive sampling, occurrence, partitioning in treatment plants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adèle Bressy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Lorgeoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 63 (7), pp.1327-33. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2166/wst.2011.127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00670644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting an enzymatic toxicity test to allow comparative evaluation of natural freshwater biofilms' tolerance to metals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 19 (7), pp.1302-1311. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10646-010-0517-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using lithium isotopes to model biological processes impacted by contamination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vigier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Ferreira Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Poët</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arbia Jouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Payant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Prague (Czech Republic), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05393664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation intégrée et multidisciplinaire de la qualité du milieu par l’approche “Weight-of-Evidence” : application à une étude de cas le long de la Seine (PIREN-Seine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Barjhoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Anzil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2016 de la Société Française d'Ecotoxicologie Fondamentale et Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Reims, France. pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">River biofilms: a good tool for the biomonitoring of metals in urban freshwater streams?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Fabure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Bécart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Symposium for European Freshwater Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01620715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the impact of biofouling on DGT measurement in freshwater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mazeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Compère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Glasgow, United Kingdom. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of organic matter from urban effluents on trace metal speciation and bioavailability in river under strong urban pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Matar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Varrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Chebbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Troupel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Boudhamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICHMET 2012 16th International Conference on Heavy Metals in the Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons from a diffusive gradient in thin films deployment with varying gel layers thicknesses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Passive Sampling Workshop and Symposium (IPSW 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Columbia, United States. pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of organic matter from urban effluents on trace metal speciation and biovailability in river under strong urban pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Matar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Chebbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Troupel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Boudhamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Parlanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Meeting of the International Humic Substances Society: Functions of Natural Organic Matter in Changing Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Hangzhou, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification des métaux biodisponibles dans les cours d'eau grâce à l'interprétation de la contamination d'un invertébré autochtone : Gammarus pulex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Robert-Sainte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Première journée écotoxicologique de la FIRE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of environmental conditions on the accumulation of PAHs in various passive samplers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lorgeoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mirande-Bret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th European Meeting on Environmental Chemistry (EMEC 11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Portoroz, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00742393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are the labile metals sampled by DGT representative of the biovailable fraction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Buzier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pernet-Coudrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DGT conference 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Santa Margherita di Pula, Sardinia, Italy. pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programmes de recherche : quel protocole de surveillance pour les micropolluants ? Premiers résultats sur biomonitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Robert-Sainte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire micropolluants dans les milieux aquatiques Diren Ile-de-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Gentilly, France. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labile, dissolved and particulate PAHs and trace metals in wastewater : passive sampling, occurrence and partitioning in treatment plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Lorgeoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adèle Bressy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Guerdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Xenobiotics in the Urban Water Cycle (Xenowac)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Paphos, Cyprus. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outils innovants : les échantillonneurs passifs pour la mesure des contaminants organiques hydrophobes et des métaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire technique aquaref</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Paris, France. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contamination du bassin versant de l'ORGE par les micropolluants et effets toxiques associés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Arini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourgeault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Chevreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque PIREN-Seine 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-00976306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing impact of the remobilisation of metal-contaminated sediments in the Rhine River during the dredging of a dam by coupling chemical and biological approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Fabure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rayna Charlatchka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ContaSed2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Ascona, Switzerland. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling Pb and Cd bioaccumulation in Gammarus pulex: Application to realistic environmental conditions and consideration of water chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC Europe 24th Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Basel, Switzerland. pp.1, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring of metals in surface waters: an in situ intercomparison exercise on passive samplers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dabrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Ghestem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Passive Sampling Workshop IPSW</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Bordeaux, France. pp.1, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of biofouling on DGT measurement in freshwater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Passive Sampling Workshop and Symposium (IPSW)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Columbia, United States. pp.1, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons from a large scale deployment of DGT in the Seine basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Mirande-Bret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GeoSpec 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Lancaster, United Kingdom. pp.1, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Models characterizing the waterborne bioaccumulation in Gammarus pulex and influence of cationic composition: cases of Ni and Cu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC Europe 21st Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Milan, Italy. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexation of nickel by natural ligands and influence on Ni biovailability in aquatic ecosystems – kinetic considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Mayenaquiby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st SETAC Europe annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Milan, Italy. pp.1, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the diffusive boundary layer & with the DGT technique from laboratory to field deployment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Mayenaquiby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Mirande-Bret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th international passive sompling workshop and symposium (IPSW)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Krakow, Poland. pp.1, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of environmental conditions on the accumulation of PAHs in various passive samplers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Lorgeoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Mirande-Bret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th European Meeting on Environmental Chemistry (EMEC 11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Portoroz, Slovenia. University of Nova Gorica, pp.25-25, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of bioavailable metals in freshwaters thanks to the interpretation of autochthonous invertebrate contamination: Gammarus pulex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Robert-Sainte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC Europe 20th Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Seville, Spain. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of Biofilms in Contaminant Bioaccumulation and Trophic Transfer in Aquatic Ecosystems: Current State of Knowledge and Future Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bonnineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Artigas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Betty Chaumet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Dabrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette J. Fabure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reviews of Environmental Contamination and Toxicology (Continuation of Residue Reviews)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.115 - 153, 2020, 978-3-030-52540-8. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/398_2019_39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le concept de biodisponibilité en sciences de l’environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Nelieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodisponibles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, ISTE Editions, 226 p., 2018, Collection Système Terre Environnement - Série Ecotoxicologie, 978-1-78405-354-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of organic matter from urban effluents on trace metal speciation and bioavailability in river under strong urban pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Matar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Varrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chebbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Troupel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Boudhamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pirrone, N. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 16th International Conference on Heavy Metals in the Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, E D P Sciences, 2013, E3S Web of Conferences, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/e3sconf/20130124002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00945500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of organic matter from urban effluents on trace metal speciation and bioavailability in river under strong urban pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Matar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chebbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Troupel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Boudhamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Parlanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functions of Natural Organic Matter in Changing Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9789400756342, pp.517--521, 2013, </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-94-007-5634-2_94⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02293390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme PIREN-Seine - Phase 6 Axe 4 : « Ecologie &amp; Ecotoxicologie » Les déterminants de la qualité écologique du milieu aquatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Geffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Tales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Le Pichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Zahm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2015, pp.172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de la dreissène pour l'évaluation de la qualité écotoxicologique de différents hydrosystèmes du bassin versant de la Seine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourgeault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Vincent-Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2010, pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du milieu urbain sur un organisme modèle : réponses biologiques chez les dreissènes transplantées dans le bassin de l'Orge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourgeault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Palais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Arini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Biagianti-Risbourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Geffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2009, pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence d'un déversement de temps de pluie sur les teneurs dissoutes et particulaires de micro-polluants et les bactéries indicatrices fécales en Seine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Mouchel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Bentayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Passerat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koffi Nouho Ouattara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Servais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2009, pp.42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie et résultats préliminaires de l'évaluation du risque écotoxicologique lié au zinc en Seine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2006, pp.5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId240"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Emmanuelle Uher </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (33)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing coral photosynthesis: The power of manganese-alginate gels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Rodrigues Martins Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Manoel de Lima Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassiana Seimi Nomura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jany Hellen Ferreira de Jesus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Trace Elements in Medicine and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 89, pp.127675. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtemb.2025.127675⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05232838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-invasive X-ray investigations of medieval sculptures: New insights on “applied tin-relief brocade” technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Martinetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bordet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Champdavoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cultural Heritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 47, pp.89-99. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.culher.2020.10.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03025355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High denitrification potential but low nitrous oxide emission in a constructed wetland treating nitrate-polluted agricultural run-off</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ülo Mander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Tournebize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikk Espenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raili Torga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 779, pp.146614. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.146614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03196988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecological factors governing distribution of gammarid species and their metal bioaccumulation abilities at the Seine basin scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Tales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 118, pp.106726. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2020.106726⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03169315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecodynamics and bioavailability of metal contaminants in a constructed wetland within an agricultural drained catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Drouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Bordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 136, pp.108-117. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoleng.2019.06.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02614699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of a multidisciplinary and integrative weight-of-evidence approach to a 1-year monitoring survey of the Seine River</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iris Barjhoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Anzil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 25 (24), pp.23404-23429. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-016-6993-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of the metal contamination in water measured by diffusive gradient in thin film (DGT), biomonitoring and total metal dissolved concentration at a national scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Besse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Husson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Geochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 88, pp.247-257. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apgeochem.2017.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecotoxicoproteomic assessment of the functional alterations caused by chronic metallic exposures in gammarids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Gismondi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Thomé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Baiwir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 225, pp.428-438. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2017.03.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04183100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of low density polyethylene membranes for assessment of genotoxicity of PAHs in the Seine River</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Vincent-Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Di Giorgio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel de Méo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 26 (2), pp.165-172. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10646-016-1751-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To what extend the dam dredging can influence the background level of metals in the Rhine River: using chemical and biological long-term monitoring to answer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Fabure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Mons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge and Management of Aquatic Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 418, pp.54. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/kmae/2017049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01658871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ measurement with diffusive gradients in thin films: effect of biofouling in freshwater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Compere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mazeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24 (15), pp.13797-13807. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-017-8972-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04201865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison in waterborne Cu, Ni and Pb bioaccumulation kinetics between different gammarid species and populations: Natural variability and influence of metal exposure history</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Farfarana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Chaumot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquatic Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 193, pp.245-255. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquatox.2017.10.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01695094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavioural and biochemical responses to metals tested alone or in mixture (Cd-Cu-Ni-Pb-Zn) in Gammarus fossarum: From a multi-biomarker approach to modelling metal mixture toxicity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquatic Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 193, pp.160-167. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquatox.2017.10.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04183114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental relevance of laboratory-derived kinetic models to predict trace metal bioaccumulation in gammarids: Field experimentation at a large spatial scale (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 95, pp.330-339. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2016.03.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metal measurement in aquatic environments by passive sampling methods: Lessons learning from an in situ intercomparison exercise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dabrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Ghestem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. J. Allan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 208 (part B), pp.299 - 308. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2015.08.049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the relation between anthropogenic pressure and PAH concentrations in surface water in the Seine River basin using multivariate analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Mirande-Bret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 557-558, pp.551-561. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2016.03.118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of aqueous and dietary uptakes to lead (Pb) bioaccumulation in Gammarus pulex: From multipathway modeling to in situ validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rym Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 129, pp.257-263. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2016.03.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal variability and inter-species comparison of metal bioaccumulation in caged gammarids under urban diffuse contamination gradient: Implications for biomonitoring investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 511, pp.501-508. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2014.12.078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of effluent organic matter on copper speciation and bioavailability in rivers under strong urban pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Matar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Soares Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chebbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Troupel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.14. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-015-5110-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01238349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of an urban multi-metal contamination gradient: Metal bioaccumulation and tolerance of river biofilms collected in different seasons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Faburé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Dufour M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Autret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Fechner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquatic Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 159, pp.276-289. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquatox.2014.12.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of an urban multi-metal contamination gradient: metal bioaccumulation and tolerance of river biofilms collected in different seasons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Fabure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Autret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquatic Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 159, pp.275-289</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A biodynamic model predicting waterborne lead bioaccumulation in Gammarus pulex: Influence of water chemistry and in situ validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Billoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 203, pp.22-30. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2015.03.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01153660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essential metal contents in indigenous gammarids related to exposure levels at the river basin scale: metal-dependent models of bioaccumulation and geochemical correlations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 466-467, pp.100-108. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2013.07.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of organic matter from urban effluents on trace metal speciation and bioavailability in river under strong urban pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Matar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Varrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chebbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Troupel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Boudhamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E3S Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1, pp.24002. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/e3sconf/20130124002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03982627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DGT measurement in low flow conditions : diffusive boundary layer and lability considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science: Processes &amp; Impacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 15 (7), pp.1351-1358. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c3em00151b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genotoxicity assessment and detoxification induction in Dreissena polymorpha exposed to benzo[a]pyrene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Châtel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Faucet-Marquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mutagenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 27 (6), pp.703-711. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mutage/ges036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-year monitoring of core biomarker and digestive enzyme responses in transplanted zebra mussels (Dreissena polymorpha)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Palais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dedourge Geffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Beaudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pain Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Trapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 21, pp.888-905</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of biofouling on diffusive gradient in thin film measurements in water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hao Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 84, pp.3111-3118. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ac2028535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waterborne nickel bioaccumulation in Gammarus pulex: comparison of mechanistic models and influence of water cationic composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquatic Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 104 (3-4), pp.161-167. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquatox.2011.04.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons from a large scale deployment of DGT in the Seine basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mirande-Bret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry Group Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, p. 1 - p. 8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00582436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labile, dissolved and particulate PAHs and trace metals in wastewater: passive sampling, occurrence, partitioning in treatment plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adèle Bressy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lorgeoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 63 (7), pp.1327-1333</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labile, dissolved and particulate PAHs and trace metals in wastewater: passive sampling, occurrence, partitioning in treatment plants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adèle Bressy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Lorgeoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 63 (7), pp.1327-33. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2166/wst.2011.127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00670644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting an enzymatic toxicity test to allow comparative evaluation of natural freshwater biofilms' tolerance to metals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 19 (7), pp.1302-1311. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10646-010-0517-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using lithium isotopes to model biological processes impacted by contamination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vigier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Ferreira Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Poët</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arbia Jouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Payant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Prague (Czech Republic), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05393664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation intégrée et multidisciplinaire de la qualité du milieu par l’approche “Weight-of-Evidence” : application à une étude de cas le long de la Seine (PIREN-Seine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Barjhoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Anzil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2016 de la Société Française d'Ecotoxicologie Fondamentale et Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Reims, France. pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">River biofilms: a good tool for the biomonitoring of metals in urban freshwater streams?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Fabure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Bécart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Symposium for European Freshwater Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01620715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the impact of biofouling on DGT measurement in freshwater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mazeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Compère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Glasgow, United Kingdom. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of organic matter from urban effluents on trace metal speciation and bioavailability in river under strong urban pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Matar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Varrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Chebbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Troupel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Boudhamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICHMET 2012 16th International Conference on Heavy Metals in the Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons from a diffusive gradient in thin films deployment with varying gel layers thicknesses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Passive Sampling Workshop and Symposium (IPSW 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Columbia, United States. pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of organic matter from urban effluents on trace metal speciation and biovailability in river under strong urban pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Matar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Chebbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Troupel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Boudhamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Parlanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Meeting of the International Humic Substances Society: Functions of Natural Organic Matter in Changing Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Hangzhou, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification des métaux biodisponibles dans les cours d'eau grâce à l'interprétation de la contamination d'un invertébré autochtone : Gammarus pulex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Robert-Sainte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Première journée écotoxicologique de la FIRE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of environmental conditions on the accumulation of PAHs in various passive samplers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lorgeoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mirande-Bret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th European Meeting on Environmental Chemistry (EMEC 11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Portoroz, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00742393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programmes de recherche : quel protocole de surveillance pour les micropolluants ? Premiers résultats sur biomonitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Robert-Sainte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire micropolluants dans les milieux aquatiques Diren Ile-de-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Gentilly, France. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are the labile metals sampled by DGT representative of the biovailable fraction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Buzier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pernet-Coudrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DGT conference 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Santa Margherita di Pula, Sardinia, Italy. pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labile, dissolved and particulate PAHs and trace metals in wastewater : passive sampling, occurrence and partitioning in treatment plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Lorgeoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adèle Bressy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Guerdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Xenobiotics in the Urban Water Cycle (Xenowac)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Paphos, Cyprus. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outils innovants : les échantillonneurs passifs pour la mesure des contaminants organiques hydrophobes et des métaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire technique aquaref</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Paris, France. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contamination du bassin versant de l'ORGE par les micropolluants et effets toxiques associés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Arini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourgeault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Chevreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque PIREN-Seine 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-00976306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing impact of the remobilisation of metal-contaminated sediments in the Rhine River during the dredging of a dam by coupling chemical and biological approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Fabure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rayna Charlatchka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ContaSed2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Ascona, Switzerland. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling Pb and Cd bioaccumulation in Gammarus pulex: Application to realistic environmental conditions and consideration of water chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC Europe 24th Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Basel, Switzerland. pp.1, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring of metals in surface waters: an in situ intercomparison exercise on passive samplers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dabrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Ghestem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Passive Sampling Workshop IPSW</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Bordeaux, France. pp.1, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of biofouling on DGT measurement in freshwater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Passive Sampling Workshop and Symposium (IPSW)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Columbia, United States. pp.1, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Models characterizing the waterborne bioaccumulation in Gammarus pulex and influence of cationic composition: cases of Ni and Cu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC Europe 21st Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Milan, Italy. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons from a large scale deployment of DGT in the Seine basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Mirande-Bret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GeoSpec 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Lancaster, United Kingdom. pp.1, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the diffusive boundary layer & with the DGT technique from laboratory to field deployment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Mayenaquiby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Mirande-Bret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th international passive sompling workshop and symposium (IPSW)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Krakow, Poland. pp.1, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexation of nickel by natural ligands and influence on Ni biovailability in aquatic ecosystems – kinetic considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Mayenaquiby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st SETAC Europe annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Milan, Italy. pp.1, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of environmental conditions on the accumulation of PAHs in various passive samplers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Lorgeoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Mirande-Bret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th European Meeting on Environmental Chemistry (EMEC 11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Portoroz, Slovenia. University of Nova Gorica, pp.25-25, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of bioavailable metals in freshwaters thanks to the interpretation of autochthonous invertebrate contamination: Gammarus pulex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie D. Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Robert-Sainte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC Europe 20th Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Seville, Spain. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of Biofilms in Contaminant Bioaccumulation and Trophic Transfer in Aquatic Ecosystems: Current State of Knowledge and Future Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bonnineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Artigas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Betty Chaumet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Dabrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette J. Fabure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reviews of Environmental Contamination and Toxicology (Continuation of Residue Reviews)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.115 - 153, 2020, 978-3-030-52540-8. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/398_2019_39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le concept de biodisponibilité en sciences de l’environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Nelieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodisponibles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, ISTE Editions, 226 p., 2018, Collection Système Terre Environnement - Série Ecotoxicologie, 978-1-78405-354-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of organic matter from urban effluents on trace metal speciation and bioavailability in river under strong urban pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Matar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Varrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chebbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Troupel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Boudhamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pirrone, N. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 16th International Conference on Heavy Metals in the Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, E D P Sciences, 2013, E3S Web of Conferences, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/e3sconf/20130124002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00945500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of organic matter from urban effluents on trace metal speciation and bioavailability in river under strong urban pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Matar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chebbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Troupel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lila Boudhamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Parlanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functions of Natural Organic Matter in Changing Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9789400756342, pp.517--521, 2013, </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-94-007-5634-2_94⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02293390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme PIREN-Seine - Phase 6 Axe 4 : « Ecologie &amp; Ecotoxicologie » Les déterminants de la qualité écologique du milieu aquatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Geffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Tales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Le Pichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Zahm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2015, pp.172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de la dreissène pour l'évaluation de la qualité écotoxicologique de différents hydrosystèmes du bassin versant de la Seine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourgeault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Vincent-Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2010, pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du milieu urbain sur un organisme modèle : réponses biologiques chez les dreissènes transplantées dans le bassin de l'Orge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourgeault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Palais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Arini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Biagianti-Risbourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Geffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2009, pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence d'un déversement de temps de pluie sur les teneurs dissoutes et particulaires de micro-polluants et les bactéries indicatrices fécales en Seine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Mouchel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Bentayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Passerat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koffi Nouho Ouattara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Servais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2009, pp.42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie et résultats préliminaires de l'évaluation du risque écotoxicologique lié au zinc en Seine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Uher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2006, pp.5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId241"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232838v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Rodrigues Martins Moreira" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Manoel de Lima J&#250;nior" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassiana Seimi Nomura" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jany Hellen Ferreira de Jesus" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Uher" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtemb.2025.127675" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196988v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#220;lo Mander" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tournebize" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikk Espenberg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chaumont" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raili Torga" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.146614" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025355v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martinetto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Blanc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bordet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Champdavoine" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fabre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2020.10.012" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169315v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie D. Lebrun" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastassia Urien" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Tales" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2020.106726" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02614699v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Drouet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Bordier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise C. Fechner" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2019.06.012" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153600v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Barjhoux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Anzil" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-6993-6" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607865v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Besse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delaigue" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Husson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2017.05.003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201865v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Compere" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Combe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mazeas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gourlay-Franc&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-8972-y" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183100v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gismondi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Thom&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baiwir" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2017.03.006" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02314910v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Vincent-Hubert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Di Giorgio" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Michel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel de M&#233;o" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-016-1751-6" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658871v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dufour" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fabure" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Mons" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae/2017049" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695094v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Farfarana" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaumot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2017.10.016" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183114v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2017.10.018" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604946v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mirande-Bret" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.03.118" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8TJ1Q7WB-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569657v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Fran&#231;ois" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2016.03.023" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01690722v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dabrin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Ghestem" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. J. Allan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2015.08.049" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569645v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Hadji" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2016.03.033" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569636v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fabur&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dufour M." TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Autret" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fechner" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2014.12.014" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01238349v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Matar" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Soares Pereira" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chebbo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Troupel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-5110-6" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569648v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geffard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.12.078" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01153660v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Billoir" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2015.03.045" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601037v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Autret" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599543v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Tusseau-Vuillemin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2013.07.003" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03982627v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinab Matar" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Varrault" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Chebbo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Troupel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Boudhamane" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20130124002" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598698v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3em00151b" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598182v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Palais" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dedourge Geffard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beaudon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pain Devin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Trapp" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600845v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Ch&#226;tel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Faucet-Marquis" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Perret" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mutage/ges036" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598702v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Zhang" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Santos" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac2028535" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582436v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mirande-Bret" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595159v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2011.04.011" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595770v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Bressy" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lorgeoux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00670644v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lorgeoux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2011.127" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594234v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-010-0517-9" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3SC5VBW6-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393664v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vigier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ferreira Araujo" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Po&#235;t" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arbia Jouini" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Payant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604700v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Barjhoux" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Anzil" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ayrault" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620715v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine B&#233;cart" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598703v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bertrand" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Comp&#232;re" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00806144v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Matar" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Varrault" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Chebbo" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Troupel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Boudhamane" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598704v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00806142v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Parlanti" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595173v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Robert-Sainte" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00742393v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Santos" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592639v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Buzier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ferreira" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pernet-Coudrier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592645v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594671v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Guerdin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592647v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00976306v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labadie" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Arini" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Blanchard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bourgeault" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chevreuil" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799835v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayna Charlatchka" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600369v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599289v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Gonzalez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Ghestem" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Miege" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598706v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594614v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595169v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598708v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mayenaquiby" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598709v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594819v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595167v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734075v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bonnineau" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Artigas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Chaumet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette J. Fabure" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F398_2019_39#citeas" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/398_2019_39" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710353v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lamy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nelieu" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945500v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293390v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Parlanti" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5634-2_94" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602455v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Geffard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Pichon" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Mathieu" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Zahm" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594579v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592664v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Palais" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Biagianti-Risbourg" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594591v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Mouchel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bentayeb" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Passerat" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koffi Nouho Ouattara" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Servais" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592648v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232838v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Rodrigues Martins Moreira" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Manoel de Lima J&#250;nior" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassiana Seimi Nomura" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jany Hellen Ferreira de Jesus" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Uher" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtemb.2025.127675" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025355v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martinetto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Blanc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bordet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Champdavoine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fabre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2020.10.012" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196988v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#220;lo Mander" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tournebize" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikk Espenberg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chaumont" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raili Torga" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.146614" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169315v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie D. Lebrun" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastassia Urien" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Tales" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2020.106726" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02614699v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Drouet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Bordier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise C. Fechner" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2019.06.012" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WZ4675GZ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153600v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Barjhoux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Anzil" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-6993-6" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607865v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Besse" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delaigue" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Husson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2017.05.003" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183100v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gismondi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Thom&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baiwir" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2017.03.006" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02314910v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Vincent-Hubert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Di Giorgio" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Michel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel de M&#233;o" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-016-1751-6" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658871v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dufour" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fabure" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Mons" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae/2017049" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201865v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Compere" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Combe" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mazeas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gourlay-Franc&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-8972-y" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695094v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Farfarana" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaumot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2017.10.016" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183114v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2017.10.018" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569657v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Fran&#231;ois" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2016.03.023" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01690722v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dabrin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Ghestem" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. J. Allan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2015.08.049" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604946v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mirande-Bret" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.03.118" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8TJ1Q7WB-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569645v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Hadji" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2016.03.033" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569648v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geffard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.12.078" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01238349v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Matar" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Soares Pereira" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chebbo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Troupel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-5110-6" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569636v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fabur&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dufour M." TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Autret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fechner" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2014.12.014" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601037v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Autret" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01153660v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Billoir" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2015.03.045" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599543v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Tusseau-Vuillemin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2013.07.003" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03982627v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinab Matar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Varrault" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Chebbo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Troupel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Boudhamane" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20130124002" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598698v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3em00151b" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600845v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Ch&#226;tel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Faucet-Marquis" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Perret" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mutage/ges036" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598182v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Palais" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dedourge Geffard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beaudon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pain Devin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Trapp" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598702v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Zhang" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Santos" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac2028535" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595159v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2011.04.011" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582436v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mirande-Bret" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595770v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Bressy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lorgeoux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00670644v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lorgeoux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2011.127" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594234v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-010-0517-9" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3SC5VBW6-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393664v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vigier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ferreira Araujo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Po&#235;t" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arbia Jouini" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Payant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604700v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Barjhoux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Anzil" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ayrault" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620715v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine B&#233;cart" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598703v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bertrand" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Comp&#232;re" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00806144v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Matar" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Varrault" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Chebbo" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Troupel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Boudhamane" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598704v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00806142v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Parlanti" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595173v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Robert-Sainte" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00742393v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Santos" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592645v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592639v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Buzier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ferreira" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pernet-Coudrier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594671v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Guerdin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592647v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00976306v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labadie" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Arini" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Blanchard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bourgeault" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chevreuil" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799835v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayna Charlatchka" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600369v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599289v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Gonzalez" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Ghestem" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Miege" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598706v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595169v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594614v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598709v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mayenaquiby" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598708v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594819v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595167v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734075v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bonnineau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Artigas" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Chaumet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette J. Fabure" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F398_2019_39#citeas" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/398_2019_39" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710353v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lamy" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nelieu" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945500v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293390v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Parlanti" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5634-2_94" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602455v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Geffard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Pichon" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Mathieu" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Zahm" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594579v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592664v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Palais" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Biagianti-Risbourg" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594591v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Mouchel" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bentayeb" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Passerat" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koffi Nouho Ouattara" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Servais" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592648v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>