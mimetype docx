--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1231,217 +1231,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04457914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward car-free cities? Demotorization and its impact on travel behaviour in France</w:t>
+                <w:t xml:space="preserve">La vie après-voiture ou comment les ménages démotorisés s’adaptent à un quotidien sans voiture personnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aguilera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emre Korsu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Proulhac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference of American Association of Geographers (AAG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, New Orleans, United States</w:t>
+              <w:t xml:space="preserve">Colloque de l'ASRDLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ASRDLF, Jul 2018, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04457587v1</w:t>
+                <w:t xml:space="preserve">halshs-04457741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La vie après-voiture ou comment les ménages démotorisés s’adaptent à un quotidien sans voiture personnelle</w:t>
+                <w:t xml:space="preserve">Toward car-free cities? Demotorization and its impact on travel behaviour in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aguilera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emre Korsu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Proulhac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de l'ASRDLF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ASRDLF, Jul 2018, Caen, France</w:t>
+              <w:t xml:space="preserve">Conference of American Association of Geographers (AAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04457741v1</w:t>
+                <w:t xml:space="preserve">halshs-04457587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construire de la mixité sociale en construisant des logements sociaux ? Un bilan dans les métropoles de Paris, Lyon et Marseille</w:t>
               </w:r>
@@ -3119,173 +3119,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00853504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La proximité domicile-travail dans les choix résidentiels et professionnels de l'individu hypermoderne</w:t>
+                <w:t xml:space="preserve">Les nouvelles frontières des inégalités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emre Korsu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Marie-Hélène Massot (Dir.). </w:t>
+              <w:t xml:space="preserve">M.-H, Massot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mobilités et modes de vie métropolitains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L'oeil d'or, Paris, p.75-92, 2010, 978-2-913661-37-0</w:t>
+              <w:t xml:space="preserve">, Paris : éditions l'Oeil d'Or, pp.113-120, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00661049v1</w:t>
+                <w:t xml:space="preserve">hal-00853501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les nouvelles frontières des inégalités</w:t>
+                <w:t xml:space="preserve">La proximité domicile-travail dans les choix résidentiels et professionnels de l'individu hypermoderne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emre Korsu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">M.-H, Massot. </w:t>
+              <w:t xml:space="preserve">Marie-Hélène Massot (Dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mobilités et modes de vie métropolitains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Paris : éditions l'Oeil d'Or, pp.113-120, 2010</w:t>
+              <w:t xml:space="preserve">, L'oeil d'or, Paris, p.75-92, 2010, 978-2-913661-37-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00853501v1</w:t>
+                <w:t xml:space="preserve">hal-00661049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accessibilité, environnement social et risques de chômage en région parisienne</w:t>
               </w:r>
@@ -4130,51 +4130,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537133v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emre Korsu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25578/RTS_ISSN1951-6614_2022-01" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126830v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aguilera-Belanger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Proulhac" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25578/RTS_ISSN1951-6614_2021-02" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03276411v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01527513v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Le N&#233;chet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tra.2016.10.030" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01763268v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02673037.2015.1114075" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01612599v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00847536v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Wenglenski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12129" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00734079v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1068/a44636" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00835234v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0042098009357962" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148371v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Massot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12047" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04482083v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04482074v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04457914v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Cacciari" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Belton Chevallier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aguil&#233;ra Anne" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hivert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04457587v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aguilera" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04457741v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01115227v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109469v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00946905v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Terral" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01115244v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00959911v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bonin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coulombel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Poulh&#232;s" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00696939v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Orfeuil" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00696936v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00696923v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852952v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00546346v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852953v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852514v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852515v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853371v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J- P Orfeuil" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00560424v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric de Coninck" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Guillot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853505v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853502v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Orfeuil" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Proulhac" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853504v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00661049v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853501v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853503v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01107965v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04199866v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03225831v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04217500v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069875v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Passalacqua" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fourmont" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hur&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852157v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537133v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emre Korsu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25578/RTS_ISSN1951-6614_2022-01" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126830v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aguilera-Belanger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Proulhac" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25578/RTS_ISSN1951-6614_2021-02" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03276411v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01527513v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Le N&#233;chet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tra.2016.10.030" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01763268v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02673037.2015.1114075" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01612599v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00847536v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Wenglenski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12129" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00734079v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1068/a44636" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00835234v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0042098009357962" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148371v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Massot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12047" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04482083v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04482074v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04457914v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Cacciari" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Belton Chevallier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aguil&#233;ra Anne" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hivert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04457741v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aguilera" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04457587v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01115227v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109469v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00946905v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Terral" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01115244v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00959911v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bonin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coulombel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Poulh&#232;s" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00696939v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Orfeuil" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00696936v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00696923v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852952v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00546346v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852953v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852514v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852515v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853371v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J- P Orfeuil" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00560424v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric de Coninck" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Guillot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853505v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853502v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Orfeuil" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Proulhac" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853504v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853501v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00661049v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853503v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01107965v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04199866v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03225831v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04217500v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069875v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Passalacqua" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fourmont" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hur&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852157v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>