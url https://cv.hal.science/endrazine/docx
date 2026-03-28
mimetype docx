--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -2141,142 +2141,142 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hardware Backdooring is practical</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Brossard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blackhat Briefings (USA) 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Blackhat Briefings, Jul 2012, Las Vegas, United States</w:t>
+              <w:t xml:space="preserve">RUXCON Conference 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RUXCON, Oct 2012, Melbourne (AUS), Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04672193v1</w:t>
+                <w:t xml:space="preserve">hal-04672174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hardware Backdooring is practical</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Brossard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RUXCON Conference 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RUXCON, Oct 2012, Melbourne (AUS), Australia</w:t>
+              <w:t xml:space="preserve">Blackhat Briefings (USA) 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Blackhat Briefings, Jul 2012, Las Vegas, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04672174v1</w:t>
+                <w:t xml:space="preserve">hal-04672193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hardware Backdooring is Practical</w:t>
               </w:r>
@@ -5938,51 +5938,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="25A9BA49"/>
+    <w:nsid w:val="1B03FD9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6169,51 +6169,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/endrazine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-8031-1438" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/LFS-7186-2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120728v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Brossard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037497v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3672608.3707995" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124482v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671473v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5555/3696933.3696936" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795578v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/secdev61143.2024.00023" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676711v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672230v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672231v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672220v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672184v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672190v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redditt Richard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683044v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672164v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672194v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676821v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672222v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606163v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606161v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683043v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606162v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672157v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672179v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672159v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672191v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672160v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672180v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672223v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672193v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672174v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606160v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672183v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672197v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672219v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672221v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672162v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606158v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672171v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672169v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672224v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672212v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672187v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672196v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672186v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672166v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672229v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242058v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672173v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672176v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606156v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672158v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606157v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676822v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.blackhat.com/docs/eu-16/materials/eu-16-Brossard-Witchcraft-Compiler-Collection-Towards-Self-Aware-Computer-Programs-wp.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676820v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672154v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peddata Prasad" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmert Travis" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guest Ryan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672153v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Guest" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peddada Prasad" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672152v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massaviol Jonathan Brossard Nicolas" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672155v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676819v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130637v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130177v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682985v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682982v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676723v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683003v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683036v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682976v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682996v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683008v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683038v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683034v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683037v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682980v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683006v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683010v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683033v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683005v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682990v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682999v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692372v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/endrazine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-8031-1438" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/LFS-7186-2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120728v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Brossard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037497v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3672608.3707995" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124482v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671473v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5555/3696933.3696936" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795578v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/secdev61143.2024.00023" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676711v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672230v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672231v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672220v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672184v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672190v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redditt Richard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683044v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672164v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672194v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676821v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672222v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606163v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606161v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683043v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606162v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672157v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672179v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672159v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672191v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672160v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672180v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672223v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672174v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672193v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606160v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672183v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672197v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672219v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672221v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672162v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606158v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672171v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672169v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672224v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672212v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672187v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672196v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672186v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672166v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672229v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242058v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672173v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672176v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606156v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672158v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606157v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676822v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.blackhat.com/docs/eu-16/materials/eu-16-Brossard-Witchcraft-Compiler-Collection-Towards-Self-Aware-Computer-Programs-wp.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676820v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672154v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peddata Prasad" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmert Travis" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guest Ryan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672153v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Guest" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peddada Prasad" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672152v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massaviol Jonathan Brossard Nicolas" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672155v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676819v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130637v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130177v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682985v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682982v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676723v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683003v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683036v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682976v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682996v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683008v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683038v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683034v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683037v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682980v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683006v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683010v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683033v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683005v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682990v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682999v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692372v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>