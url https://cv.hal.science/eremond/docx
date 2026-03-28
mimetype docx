--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -100,489 +100,489 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Synthesis of 68 Ga‐Labeled Peptide‐Based Heterodimers for Dual Targeting of NTS 1 and GRPR</w:t>
+                <w:t xml:space="preserve">N-Terminal Stabilization of Radiolabeled Neurotensin Analogues for Improved Tumor Uptake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Tyrillshall S T Damiana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Santo Previti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
+                <w:t xml:space="preserve">Laure Balasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Vimont</w:t>
+                <w:t xml:space="preserve">Lina Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemMedChem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 20 (9), </w:t>
+              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 68 (7), pp.7280-7290. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cmdc.202400843⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jmedchem.4c02844⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05395697v1</w:t>
+                <w:t xml:space="preserve">hal-05397311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective Coupling of Aminophosphole-Based Fluorophores to Unprotected Peptides through P-S Bond Formation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design and Synthesis of 68 Ga‐Labeled Peptide‐Based Heterodimers for Dual Targeting of NTS 1 and GRPR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santo Previti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miyanou Rosales-Hurtado</w:t>
+                <w:t xml:space="preserve">Emmanuelle Jestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Liénart</w:t>
+                <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vladyslava Lunova</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yvan Cuminal</w:t>
+                <w:t xml:space="preserve">Delphine Vimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ChemMedChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cmdc.202400843⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05397904v1</w:t>
+                <w:t xml:space="preserve">hal-05395697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N-Terminal Stabilization of Radiolabeled Neurotensin Analogues for Improved Tumor Uptake</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sacha Bodin</w:t>
+                <w:t xml:space="preserve">Selective Coupling of Aminophosphole-Based Fluorophores to Unprotected Peptides through P-S Bond Formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miyanou Rosales-Hurtado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tyrillshall S T Damiana</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Santo Previti</w:t>
+                <w:t xml:space="preserve">Laure Liénart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Balasse</w:t>
+                <w:t xml:space="preserve">Vladyslava Lunova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lina Ali</w:t>
+                <w:t xml:space="preserve">Jean-Louis Baneres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 36 (10), pp.2257-2266</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05397311v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05397904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rational design of NT-PSMA heterobivalent probes for prostate cancer theranostics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santo Previti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Vimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elif Hindié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -646,51 +646,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exogenous C–S Lyase Enzyme, a Potential Tool To Release Aromas in Wine or Beer?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi Clérat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -776,77 +776,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design, Synthesis, and Biological Evaluation of the First Radio-Metalated Neurotensin Analogue Targeting Neurotensin Receptor 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santo Previti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Jestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Vimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imade Ait-Arsa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -897,77 +897,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluorescent P‐Hydroxyphosphole for Peptide Labeling through P‐N Bond Formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Alain Fehrentz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Liénart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1159,429 +1159,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03155317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silicon-Containing Neurotensin Analogues as Radiopharmaceuticals for NTS 1 -Positive Tumors Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roberto Fanelli</w:t>
+                <w:t xml:space="preserve">Insightful Backbone Modifications Preventing Proteolytic Degradation of Neurotensin Analogs Improve NTS1-Induced Protective Hypothermia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santo Previti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Vivancos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Chastel</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Delphine Vimont</w:t>
+                <w:t xml:space="preserve">Jean-Michel Longpré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 31 (10), pp.2339-2349. </w:t>
+              <w:t xml:space="preserve">Frontiers in Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.0c00419⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fchem.2020.00406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03169750v1</w:t>
+                <w:t xml:space="preserve">hal-03022432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorus-containing amino acids with a P-C bond in the side chain or a P-O, P-S or P-N bond: from synthesis to applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Silicon-Containing Neurotensin Analogues as Radiopharmaceuticals for NTS 1 -Positive Tumors Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Fanelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Arribat</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adrien Chastel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santo Previti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elif Hindié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Vimont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (11), pp.6678-6724. </w:t>
+              <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31 (10), pp.2339-2349. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c9ra10917j⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.0c00419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03022425v1</w:t>
+                <w:t xml:space="preserve">hal-03169750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insightful Backbone Modifications Preventing Proteolytic Degradation of Neurotensin Analogs Improve NTS1-Induced Protective Hypothermia</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Phosphorus-containing amino acids with a P-C bond in the side chain or a P-O, P-S or P-N bond: from synthesis to applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Arribat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florine Cavelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (11), pp.6678-6724. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fchem.2020.00406⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c9ra10917j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03022432v1</w:t>
+                <w:t xml:space="preserve">hal-03022425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silole Amino Acids with Aggregation-Induced Emission Features Synthesized by Hydrosilylation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Arribat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1665,334 +1665,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02100708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting the evaluation strategy of varietal thiol biogenesis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phospholyl(borane) Amino Acids and Peptides: Stereoselective Synthesis and Fluorescent Properties with Large Stokes Shift</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Arribat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Bonnaffoux</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arie van Der Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florine Cavelier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2018.06.061⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 140 (3), pp.1028 - 1034. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.7b10954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02380858v1</w:t>
+                <w:t xml:space="preserve">hal-01708759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phospholyl(borane) Amino Acids and Peptides: Stereoselective Synthesis and Fluorescent Properties with Large Stokes Shift</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Arribat</w:t>
+                <w:t xml:space="preserve">Revisiting the evaluation strategy of varietal thiol biogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Bonnaffoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Delpech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Clément</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arie van Der Lee</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aurélie Roland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 140 (3), pp.1028 - 1034. </w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 268, pp.126-133. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.7b10954⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2018.06.061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01708759v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02380858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First identification and quantification of S-3-(hexan-1-ol)-gamma-glutamyl-cysteine in grape must as a potential thiol precursor, using UPLC-MS/MS analysis and stable isotope dilution assay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bonnaffoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Roland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2063,290 +2063,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01837818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stereoselective Synthesis of β-(5-Arylthiazolyl) α-Amino Acids and Use in Neurotensin Analogues</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Silicon-Containing Amino Acids: Synthetic Aspects, Conformational Studies, and Applications to Bioactive Peptides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denisa Hapău</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Vivancos</w:t>
+                <w:t xml:space="preserve">Charlotte Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline René</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florine Cavelier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 2016 (5), pp.1017-1024. </w:t>
+              <w:t xml:space="preserve">Chemical Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 116 (19), pp.11654-11684. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejoc.201501495⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemrev.6b00122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03566472v1</w:t>
+                <w:t xml:space="preserve">hal-03572284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silicon-Containing Amino Acids: Synthetic Aspects, Conformational Studies, and Applications to Bioactive Peptides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Stereoselective Synthesis of β-(5-Arylthiazolyl) α-Amino Acids and Use in Neurotensin Analogues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denisa Hapău</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Fanelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Vivancos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Martin</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adeline René</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Reviews</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2016 (5), pp.1017-1024. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.201501495⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.chemrev.6b00122⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03572284v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03566472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Synthesis of (P-Chirogenic) o -Boronated Phosphines from sec -Phosphine Boranes</w:t>
               </w:r>
@@ -2358,51 +2358,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bayardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Rousselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2460,484 +2460,484 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03566423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P-chirogenic organocatalysts: application to the aza-Morita–Baylis–Hillman (aza-MBH) reaction of ketimines</w:t>
+                <w:t xml:space="preserve">Modular Hemisyntheses of Boronato- and Trifluoroborato-Substituted L -NHBoc Amino Acid and Peptide Derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shinobu Takizawa</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Hassib Audi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Arteaga Arteaga</w:t>
+                <w:t xml:space="preserve">Marie-Joëlle Eymin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Malacea-Kabbara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasushi Yoshida</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vellaisamy Sridharan</w:t>
+                <w:t xml:space="preserve">Arnaud Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2013 (35), pp.7960-7972. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.201301084⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C3CC44549F⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03572274v1</w:t>
+                <w:t xml:space="preserve">hal-03572254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">o -(Hydroxyalkyl)phenyl P-Chirogenic Phosphines as Functional Chiral Lewis Bases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bayardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shinobu Takizawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Rousselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiroaki Sasai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 15 (8), pp.1870-1873. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ol400515e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03572262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modular Hemisyntheses of Boronato- and Trifluoroborato-Substituted L -NHBoc Amino Acid and Peptide Derivatives</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">P-chirogenic organocatalysts: application to the aza-Morita–Baylis–Hillman (aza-MBH) reaction of ketimines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shinobu Takizawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Joëlle Eymin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Raluca Malacea-Kabbara</w:t>
+                <w:t xml:space="preserve">Fernando Arteaga Arteaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Tessier</w:t>
+                <w:t xml:space="preserve">Yasushi Yoshida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vellaisamy Sridharan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejoc.201301084⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 49 (75), pp.8392-8394. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C3CC44549F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03572254v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03572274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient synthesis of quaternary and P-stereogenic phosphonium triflates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3042,77 +3042,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silicon-containing amino acids for 18F labeling of neurotensin analogues targeting NTS1 receptor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miyanou Rosales-Hurtado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Vimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Reinbold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3167,90 +3167,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual 68Ga-labeled peptide-based radiopharmaceuticals to address tumor heterogeneity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santo Previti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Jestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Morgat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3292,77 +3292,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid synthetic approach and biological characterization of a branched heterodimer for overcoming prostate cancer heterogeneity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santo Previti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Morgat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3407,333 +3407,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04811469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiometal modification of JMV6659 for theranostic approach of NTS1 targeting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Radiometal modification of JMV6659 for theranostic approach of NTS1 targeting.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florine Cavelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Masmejean</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santo Previti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Vimont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Congress of the European Association of Nuclear Medicine (EANM’23)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association of Nuclear Medicine (EANM), Sep 2023, Vienne, Austria. pp.S399 / OP-895</w:t>
+              <w:t xml:space="preserve">Annual Congress of the European Association of Nuclear Medicine </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04833746v1</w:t>
+                <w:t xml:space="preserve">hal-04933338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiometal modification of JMV6659 for theranostic approach of NTS1 targeting.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Radiometal modification of JMV6659 for theranostic approach of NTS1 targeting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Previti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samantha Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Vimond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Masmejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Congress of the European Association of Nuclear Medicine </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Annual Congress of the European Association of Nuclear Medicine (EANM’23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association of Nuclear Medicine (EANM), Sep 2023, Vienne, Austria. pp.S399 / OP-895</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04933338v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04833746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P-functionalized fluorescent phospholes for chemoselective coupling to peptides under mild conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Alain Fehrentz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Liénart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3801,64 +3801,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of radiopharmaceuticals based on neurotensin [8-13] for NTS1-positive tumours imaging.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florine Cavelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santo Previti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Chastel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Fanelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3926,64 +3926,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and optimization of novel radiolabelled neurotensin analogues for NTS1-positive tumours theranostic.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florine Cavelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santo Previti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Chastel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Fanelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4051,64 +4051,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel radiopharmaceutical neurotensin analogues as potential agents for cancer theranostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florine Cavelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santo Previti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Chastel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Fanelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4333,90 +4333,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of neurotensin analogues stabilized by Lys8-Lys9 reduction and linker modifications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Morgat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Previti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Balasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Congress of the European Association of Nuclear Medicine (EANM’23)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Vienne, Austria. </w:t>
@@ -4458,77 +4458,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P-functionalized fluorescent phospholes for chemioselective peptide labeling under mild conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Alain Fehrentz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Liénart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4596,90 +4596,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neurotensin, a short peptide of multiple interests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santo Previti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Vivancos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel M Longpré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4903,51 +4903,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395697v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Bodin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santo Previti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jestin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle R&#233;mond" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vimont" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.202400843" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397904v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miyanou Rosales-Hurtado" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Li&#233;nart" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladyslava Lunova" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Baneres" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Cuminal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397311v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyrillshall S T Damiana" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Balasse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Ali" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.4c02844" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723237v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elif Hindi&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4MD00491D" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124453v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Cl&#233;rat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Schneider" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Cavelier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Viv&#232;s" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.3c02086" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023539v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imade Ait-Arsa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.2c07814" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03736506v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alain Fehrentz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cl&#233;ment" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Ban&#232;res" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202201526" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155317v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Vivancos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Fanelli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lie Besserer-Offroy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Beaulieu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Chartier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2021.113189" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169750v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chastel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.0c00419" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022425v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Arribat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ra10917j" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022432v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Longpr&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2020.00406" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02100708v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Remond" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Richeter" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gerbier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201801869" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380858v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bonnaffoux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Delpech" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Roland" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.06.061" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01708759v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie van Der Lee" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.7b10954" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837818v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Delpech" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Schneider" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2017.05.116" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03566472v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denisa Hap&#259;u" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Ren&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201501495" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QFVQ4S9P-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03572284v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Martin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martinez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.6b00122" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03566423v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bayardon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bernard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Rousselin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Malacea-Kabbara" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5b00167" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572274v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinobu Takizawa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Arteaga Arteaga" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasushi Yoshida" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vellaisamy Sridharan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CC44549F" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572262v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroaki Sasai" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol400515e" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572254v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassib Audi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jo&#235;lle Eymin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Tessier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201301084" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-04T5DSZ4-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474388v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leroux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Bayardon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jug&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol100304c" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811528v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Reinbold" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811498v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Morgat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811469v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833746v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Previti" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Fernandez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vimond" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Masmejean" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933338v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815048v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Ban&#232;res" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933253v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933192v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933128v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02899963v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chastel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Fanelli" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Previti" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Vimont" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Zanotti-Fregonara" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833589v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s00259-023-06333-x" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834734v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Baneres" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/psc.3445" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834400v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel M Longpr&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397311v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Bodin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyrillshall S T Damiana" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santo Previti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Balasse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Ali" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.4c02844" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395697v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jestin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle R&#233;mond" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vimont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.202400843" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397904v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miyanou Rosales-Hurtado" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Li&#233;nart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladyslava Lunova" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Baneres" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Cuminal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723237v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elif Hindi&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4MD00491D" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124453v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Cl&#233;rat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Schneider" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Cavelier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Viv&#232;s" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.3c02086" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023539v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imade Ait-Arsa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.2c07814" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03736506v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alain Fehrentz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cl&#233;ment" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Ban&#232;res" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202201526" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155317v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Vivancos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Fanelli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lie Besserer-Offroy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Beaulieu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Chartier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2021.113189" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022432v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Longpr&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2020.00406" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169750v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chastel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.0c00419" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022425v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Arribat" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ra10917j" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02100708v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Remond" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Richeter" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gerbier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201801869" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01708759v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie van Der Lee" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.7b10954" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380858v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bonnaffoux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Delpech" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Roland" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.06.061" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837818v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Delpech" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Schneider" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2017.05.116" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03572284v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Martin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martinez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.6b00122" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03566472v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denisa Hap&#259;u" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Ren&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201501495" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QFVQ4S9P-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03566423v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bayardon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bernard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Rousselin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Malacea-Kabbara" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5b00167" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572254v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassib Audi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jo&#235;lle Eymin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Tessier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201301084" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-04T5DSZ4-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572262v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinobu Takizawa" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroaki Sasai" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol400515e" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572274v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Arteaga Arteaga" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasushi Yoshida" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vellaisamy Sridharan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CC44549F" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474388v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leroux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Bayardon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jug&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol100304c" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811528v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Reinbold" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811498v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Morgat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811469v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933338v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833746v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Previti" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Fernandez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vimond" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Masmejean" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815048v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Ban&#232;res" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933253v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933192v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933128v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02899963v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chastel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Fanelli" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Previti" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Vimont" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Zanotti-Fregonara" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833589v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s00259-023-06333-x" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834734v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Baneres" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/psc.3445" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834400v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel M Longpr&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>