--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,15035 +66,14885 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (21)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VARIACIONES ESTACIONALES EN LA MICROBIOTA DEL CALOSTRO DE OVINO TRASHUMANTE</w:t>
+                <w:t xml:space="preserve">Decoding the dynamics of calves’ respiratory and gut microbiota: exploring stability, resistance, and individual patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Toquet,</w:t>
+                <w:t xml:space="preserve">Núria Mach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Contreras,</w:t>
+                <w:t xml:space="preserve">Maverick Monié--Ibanes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Gomis,</w:t>
+                <w:t xml:space="preserve">Fatima Sikht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Toledo-Perona,</w:t>
+                <w:t xml:space="preserve">Marie-Claude Hygonenq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Nouvel,</w:t>
+                <w:t xml:space="preserve">Gwendoline Pot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05233944v1</w:t>
+                <w:t xml:space="preserve">hal-05249571v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Airways and gut microbiome disturbance and resilience dynamics during polymicrobial bovine respiratory disease</w:t>
+                <w:t xml:space="preserve">Nucleoside Binding by a Surface Lipoprotein Governs Conjugative ICE Acquisition in Ruminant Mycoplasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maverick Monié--Ibanes</w:t>
+                <w:t xml:space="preserve">M’hamed Derriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima-Zohra Sikht</w:t>
+                <w:t xml:space="preserve">Laurent Xavier Nouvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Claude Hygonenq</w:t>
+                <w:t xml:space="preserve">Calvin Fauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwendoline Pot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hortensia Robert</w:t>
+                <w:t xml:space="preserve">Elisa Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04654415v1</w:t>
+                <w:t xml:space="preserve">hal-05279369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dynamism of calves’ respiratory and gut microbiome axis: stability, resilience, and individual patterns through health and disease</w:t>
+                <w:t xml:space="preserve">Bacterial Conjugation in the Ruminant Pathogen Mycoplasma agalactiae is Influenced by Eukaryotic Host Factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maverick Monié--Ibanes</w:t>
+                <w:t xml:space="preserve">M’hamed Derriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima-Zohra Sikht</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Claude Hygonenq</w:t>
+                <w:t xml:space="preserve">Laurent Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Gaudino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Sagné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwendoline Pot</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elisa Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hortensia Robert</w:t>
-[...12313 lines deleted...]
-                <w:t xml:space="preserve">hal-02715816v1</w:t>
+                <w:t xml:space="preserve">hal-04954658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propriétés conjugatives de Mycoplasma agalactiae et Mycoplasma bovis ex vivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M’hamed Derriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Xavier Nouvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Gaudino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eveline Sagné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International Francophone en Maladies Infectieuses Animales 2025 (CIFMIA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Rabat, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05105058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet RAMbo-V : vers le développement de vaccins synthétiques contre Mycoplasma bovis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Rideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hogan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M’hamed Derriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Gourgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Pot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International Francophone en Maladies Infectieuses Animales 2025 (CIFMIA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Rabat, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05105005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BoviScan: a Phage Immuno-Precipitation Sequencing library to study the humoral response to Mycoplasma bovis</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The lung-gut axis during polymicrobial respiratory infections in calves holobionts: the impact of microbiota dynamics on disease outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maverick Monié--Ibanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima-Zohra Sikht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Claude Hygonenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Pot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hortensia Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th Congres of the International Organization for Mycoplasmology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Las Palmas De Gran Canaria, Spain</w:t>
+              <w:t xml:space="preserve">75th Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Florence, Italy. Wageningen Academic Publishers, 75èmes Annual Meeting of the European Federation of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04654463v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04709456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DESCRIPCIÓN Y COMPARACIÓN DE LA MICROBIOTA DE LA LECHE CRUDA Y CALOSTRO DE PEQUEÑOS RUMIANTES</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId381" w:history="1">
+                <w:t xml:space="preserve">Description and comparison of the microbiota of raw milk in healthy and subclinical mastitis-affected small ruminants: presence of Mycoplasmataceae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Toquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesús Gomis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Bataller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estrella Jiménez-Trigos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congreso SEOC 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Valence, España</w:t>
+              <w:t xml:space="preserve">25th Congres of the International Organization for Mycoplasmology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Las Palmas De Gran Canaria, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04703517v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04654440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The lung-gut axis during polymicrobial respiratory infections in calves holobionts: the impact of microbiota dynamics on disease outcomes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hortensia Robert</w:t>
+                <w:t xml:space="preserve">DESCRIPCIÓN Y COMPARACIÓN DE LA MICROBIOTA DE LA LECHE CRUDA Y CALOSTRO DE PEQUEÑOS RUMIANTES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Toquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesús Gomis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Toledo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Bataller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estrella Jiménez-Trigos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75th Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Florence, Italy. Wageningen Academic Publishers, 75èmes Annual Meeting of the European Federation of Animal Science</w:t>
+              <w:t xml:space="preserve">Congreso SEOC 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Valence, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04709456v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04703517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Description and comparison of the microbiota of raw milk in healthy and subclinical mastitis-affected small ruminants: presence of Mycoplasmataceae</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">BoviScan: a Phage Immuno-Precipitation Sequencing library to study the humoral response to Mycoplasma bovis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yonathan Arfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Citti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Sirand-Pugnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th Congres of the International Organization for Mycoplasmology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Las Palmas De Gran Canaria, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04654440v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04654463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stabilization of Mycoplasma bovis surfaceome using CRISPR-based genome editing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hogan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Rideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Lartigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Sirand-Pugnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioSynSys2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04693886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RAMbo-V project: paving the way for the development of synthetic vaccines against Mycoplasma bovis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Rideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hogan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M’hamed Derriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Gourgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Pot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th Congress of the International Organization for Mycoplasmology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Osaka, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04343130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissémination des éléments génétiques mobiles chez les mycoplasmes : identification d’un récepteur potentiel à la surface de la cellule cible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M’hamed Derriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calvin Fauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Xavier Nouvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Citti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Anglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04708691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mycoplasma bovis subtypes circulating in Spain differ in their susceptibility to fluoroquinolones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana García-Galán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ángel Gómez Martín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Baranowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent-Xavier Nouvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23rd Congress of the International Organization for Mycoplasmology (IOM2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Tel Aviv, Israel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03770725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des interactions entre le virus Influenza D et Mycoplasma bovis dans le cadre des bronchopneumonies infectieuses chez les jeunes bovins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Gaudino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Lion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Foret-Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Gausserès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Mansuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIIIèmes Journées Francophones de Virologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Montpellier, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03738677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le protéome membranaire de Mycoplasma bovis : à la recherche d'antigènes stables chez un pathogène hypervariable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriela Pretre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud R. Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Foucras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Assie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Claude Hygonenq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale (JSA DSA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, La Chapelle-sur-Erdre, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INRA - SANTE ANIMALE</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 110 p., 2018, Journées d'Animation Scientifique du Département Santé Animale (JSA DSA)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche de gènes essentiels pour la multiplication de Mycoplasma agalactiae chez l'höte mais accessoires en milieu axénique : Identification du locus conditionnel NIF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric E. Baranowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Guiral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Sagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Skapski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Brouillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation Scientifique du Département Santé Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Port d'Albret, France. pp.Inconnu, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02823267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic alterations associated with the adaptation of bovine RSV field isolates to human epithelial cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Deplanche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles G. Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Lopez-Vinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Moulignié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Counor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RSV 2005 Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Cambridge, United Kingdom. pp.Inconnu, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02828482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic heterogeneity and population stability of bovine respiratory syncytial virus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric E. Baranowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Deplanche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Mirandette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RSV 2003 Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Stone Moutain, United States. pp.Inconnu, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02827494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (76)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial Conjugation in the Ruminant Pathogen Mycoplasma agalactiae is Influenced by Eukaryotic Host Factors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elisa Simon</w:t>
+                <w:t xml:space="preserve">Decoding the dynamics of calves’ respiratory and gut microbiota: exploring stability, resistance, and individual patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maverick Monié--Ibanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Sikht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Hygonenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Pot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04954658v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal Microbiome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (1), pp.126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s42523-025-00494-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05442071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nucleoside Binding by a Surface Lipoprotein Governs Conjugative ICE Acquisition in Ruminant Mycoplasmas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Bacterial conjugation in the ruminant pathogen Mycoplasma agalactiae is influenced by eukaryotic host factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M’hamed Derriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Xavier Nouvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Gaudino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Sagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 91 (6), pp.e0086825. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/aem.00868-25⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05104937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nucleoside binding by a surface lipoprotein governs conjugative ICE acquisition in mycoplasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M’hamed Derriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calvin Fauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Núria Mach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (2), pp.e02939-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mbio.02939-25⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05438064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mycoplasmoses bovines : diagnostic et prévention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Saada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Citti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Dépêche Technique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 217, pp.19-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04703628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Activation of the RIG-I/MDA5 Signaling Pathway upon Influenza D Virus Infection Impairs the Pulmonary Proinflammatory Response Triggered by Mycoplasma bovis Superinfection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Gaudino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Lion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Sagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brandy Nagamine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Oliva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 97 (2), pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/jvi.01423-22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04013201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An atypical GdpP enzyme linking cyclic nucleotide metabolism to osmotic tolerance and gene regulation in Mycoplasma bovis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xifang Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhiyu Hao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xixi Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gang Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.1250368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2023.1250368⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04365987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impacts of Mycoplasma agalactiae restriction-modification systems on pan-epigenome dynamics and genome plasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dordet-Frisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vandecasteele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Contarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Sagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbial Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (5), pp.000829. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/mgen.0.000829⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716470v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genome Mosaicism in Field Strains of Mycoplasma bovis as Footprints of In-Host Horizontal Chromosomal Transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana García-Galán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Hygonenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilda Walch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Croville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 88 (1), pp.e01661-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.01661-21⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716498v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mycoplasma bovis : physiopathologie de l’infection et problématiques liées au vaccin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Gaudino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Citti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Nouveau Praticien Vétérinaire. Elevages et Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (51), pp.25-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/npvelsa/2022053⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04131529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Airway Pathobiome in Complex Respiratory Diseases: A Perspective in Domestic Animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Citti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.583600. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcimb.2021.583600⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03228289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhanced Pathogenesis Caused by Influenza D Virus and Mycoplasma bovis Coinfection in Calves: a Disease Severity Linked with Overexpression of IFN-gamma as a Key Player of the Enhanced Innate Immune Response in Lungs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Lion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Secula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rançon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boulesteix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Pinard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (3), pp.e01690-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.01690-21⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03538899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Metal utilization in genome-reduced bacteria: Do human mycoplasmas rely on iron?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Perálvarez-Marín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Bierge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Q. Pich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Lebrette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computational and Structural Biotechnology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19, pp.5752-5761. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.csbj.2021.10.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716521v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An emerging role for cyclic dinucleotide phosphodiesterase and nanoRNase activities in Mycoplasma bovis: Securing survival in cell culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xifang Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaqi Dong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xixi Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhiyu Hao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (6), pp.e1008661. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1008661⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03206894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mbov_0503 Encodes a Novel Cytoadhesin that Facilitates Mycoplasma bovis Interaction with Tight Junctions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xifang Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaqi Dong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xixi Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gang Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (2), pp.164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms8020164⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03207033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genomic Islands in Mycoplasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Citti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dordet-Frisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent-Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (8), pp.836. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/genes11080836⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02933225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mycoplasma Chromosomal Transfer: A Distributive, Conjugative Process Creating an Infinite Variety of Mosaic Genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dordet-Frisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Sagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Tardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.2441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.02441⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02933220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extracellular DNA: A Nutritional Trigger of Mycoplasma bovis Cytotoxicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xifang Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dordet-Frisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Gillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abou Bâ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Hygonenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.2753. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.02753⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02917683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mycoplasmas under experimental antimicrobial selection: The unpredicted contribution of horizontal chromosomal transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent-Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dordet-Frisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Sagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 15 (1), pp.e1007910. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1007910⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02933209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Integrative Conjugative Element (ICE) of Mycoplasma agalactiae: Key Elements Involved in Horizontal Dissemination and Influence of Coresident ICEs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dordet-Frisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Sagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Claude Hygonenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Pretre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (4), pp.e00873-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mBio.00873-18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622015v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Horizontal Gene Transfers in Mycoplasmas (Mollicutes)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Citti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dordet-Frisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CH Kuo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current Issues in Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29, pp.3-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21775/cimb.029.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mycoplasma agalactiae Secretion of β-(1→6)-Glucan, a Rare Polysaccharide in Prokaryotes, Is Governed by High-Frequency Phase Variation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gaurivaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pau-Roblot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Sagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Citti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 82 (11), pp.3370-3383. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.00274-16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Immunoproteomic identification of MbovP579, a promising diagnostic biomarker for serological detection of Mycoplasma bovis infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farhan Anwar Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Faisal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin Chao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaï Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oncotarget</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (26), pp.39376-39395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18632/oncotarget.9799⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02631607v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chromosomal transfers in mycoplasmas: when minimal genomes go mobile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dordet Frisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Sagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc M. Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5 (6), pp.e01958-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mBio.01958-14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02640054v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experimental Infections with Mycoplasma agalactiae Identify Key Factors Involved in Host-Colonization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bergonier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Sagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Hygonenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Ronsin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Advances in Virus Research, 9 (4), pp.e93970. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0093970⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02640061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ICEA of Mycoplasma agalactiae: a new family of self-transmissible integrative elements that confers conjugative properties to the recipient strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dordet Frisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Serge Marenda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Guérillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Glaser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 89 (6), pp.1226-1239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mmi.12341⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02648702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complete Genome Sequence of Mycoplasma putrefaciens Strain 9231, One of the Agents of Contagious Agalactia in Goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Sirand-Pugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1 (3), pp.e00354-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.00354-13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00907450v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Draft Genome Sequences of Mycoplasma auris and Mycoplasma yeatsii, Two Species of the Ear Canal of Caprinae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dordet-Frisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1 (3), pp.e00280-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.00280-13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00907449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Draft Genome Sequences of Mycoplasma alkalescens, Mycoplasma arginini, and Mycoplasma bovigenitalium, Three Species with Equivocal Pathogenic Status for Cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucía Manso-Silván</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Tardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1 (3), pp.e00348-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.00348-13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00907454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emergence of Atypical Mycoplasma agalactiae Strains Harboring a New Prophage and Associated with an Alpine Wild Ungulate Mortality Episode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Tardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent-Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Mick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Manso-Silvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 78 (13), pp.4659-4668. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.00332-12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00939842v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genome-scale analysis of Mycoplasma agalactiae loci involved in interaction with host cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Skapski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Claude Hygonenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Guiral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Citti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (9), pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0025291⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02652056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Critical Role of Dispensable Genes in Mycoplasma agalactiae Interaction with Mammalian Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Guiral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Sagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Skapski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Citti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Infection and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 78 (4), pp.1542-1551. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/IAI.01195-09⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phase and antigenic variation in mycoplasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Citti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lx Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Future Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5 (7), pp.1073-1085. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2217/FMB.10.71⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02659815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detection of minority variants within bovine respiratory syncytial virus populations using oligonucleotide-based microarrays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Deplanche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lidwine Trouilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marie François</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Virological Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 148 (1-2), pp.271 - 276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jviromet.2007.10.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01849383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tolerance to mutations in the foot-and-mouth disease virus integrin-binding RGD region is different in cultured cells and in vivo and depends on the capsid sequence context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Gutiérrez-Rivas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mr Pulido</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Sobrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Sáiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of General Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 89 (10), pp.2531-2539. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/vir.0.2008/003194-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02668682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvira: comparative genomics of viral strains.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Enault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Fremez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 23 (16), pp.2178-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btm293⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00535599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guinea Pig-Adapted Foot-and-Mouth Disease Virus with Altered Receptor Recognition Can Productively Infect a Natural Host</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Núñez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Molina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Domingo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stuart Clark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 81 (16), pp.8497-8506. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.00340-07⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvira: comparative genomics of viral strains.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Enault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Fremez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 23, pp.2178-2179</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guinea pig-adapted foot-and-mouth disease virus with altered receptor recognition can productively infect a natural host</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ji Nunez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Molina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Domingo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Clark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 81 (16), pp.8497-8506</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02659277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Replication of Bovine respiratory syncytial virus in murine cells depends on type I interferon-receptor functionality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Riffault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Dubuquoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Castagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Charley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of General Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 87 (8), pp.2145-2148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/vir.0.82091-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02661692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expansion of host-cell tropism of foot-and-mouth disease virus despite replication in a constant environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Ruiz-Jarabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nonia Pariente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mercedes Dávila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gema Gómez-Mariano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of General Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 85 (8), pp.2289-2297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/vir.0.80126-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Première description d'une pestivirose de l'isard (Rupicapra pyrenaica pyrenaica)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Alzieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Deplanche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Moulignie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Letellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lacroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'Académie Vétérinaire de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 157 (2), pp.49-54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4267/2042/47701⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expansion of host-cell tropism of foot-and-mouth disease virus despite replication in a constant environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cm Ruiz-Jarabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Pariente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirian Davila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Gomez-Mariano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of General Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 85, pp.2289-2297</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02670930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Première description d'une pestivirose de l'isard (Rupicapra pyrenaica pyrenaica)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois F. Schelcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Kerkhofs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles G. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Duquesnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'Académie Vétérinaire de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 157 (2), pp.49-54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution of cell recognition by viruses: A source of biological novelty with medical implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cm Ruiz-Jarabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Pariente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Verdaguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Domingo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advances in Virus Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 62, pp.19-111</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02672710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recovery of Infectious Foot-and-Mouth Disease Virus from Suckling Mice after Direct Inoculation with In Vitro-Transcribed RNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolás Molina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Ignacio Núñez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Sobrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margarita Sáiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 77 (20), pp.11290-11295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.77.20.11290-11295.2003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complete Alanine Scanning of Intersubunit Interfaces in a Foot-and-Mouth Disease Virus Capsid Reveals Critical Contributions of Many Side Chains to Particle Stability and Viral Function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Mateo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Díaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Mateu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 278 (42), pp.41019-41027. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M304990200⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution of foot-and-mouth disease virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Domingo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Escarmı́s</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Ruiz-Jarabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Carrillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Virus Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 91 (1), pp.47-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0168-1702(02)00259-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution of foot-and-mouth disease virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Domingo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Escarmis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cm Ruiz-Jarabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Carrillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Virus Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 91 (1), pp.47-63</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02673802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recovery of infectious foot-and-mouth disease virus from suckling mice after direct inoculation with in vitro transcribed RNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Molina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ji Nunez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Sobrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Sáiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 77, pp.11290-11295</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02671936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complete alanine scanning of intersubunit interfaces in a foot-and-mouth disease virus capsid reveals critical contributions of many side chains to particle stability and viral function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Mateo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mg Mateu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 278 (42), pp.41019-41027</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02676332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Foot-and-mouth disease virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Domingo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Escarmís</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Sobrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comparative Immunology, Microbiology and Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 25 (5-6), pp.297-308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0147-9571(02)00027-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02682091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Foot-and-mouth disease virus: biology and prospects for disease control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margarita Sáiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose I. Núñez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel A Jimenez-Clavero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Sobrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbes and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 4 (11), pp.1183-1192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1286-4579(02)01644-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02679535v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emergence and selection of RNA virus variants: memory and extinction.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Domingo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen M Ruiz-Jarabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saleta Sierra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armando Arias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nonia Pariente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Virus Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 82 (1-2), pp.39-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02677490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duration and fitness dependence of quasispecies memory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen M Ruiz-Jarabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armando Arias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Molina-París</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Briones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 315 (3), pp.285-296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/jmbi.2001.5232⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Foot-and-mouth disease virus lacking the VP1 G-H loop: the mutant spectrum uncovers interactions among antigenic sites for fitness gain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen M. Ruiz-Jarabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filip Lim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Domingo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 288 (2), pp.192-202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/viro.2001.1096⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02681355v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Latency and reactivation of a glycoprotein E negative bovine herpesvirus type 1 vaccine: influence of virus load and effect of specific maternal antibodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Schynts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles G. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Georgin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vaccine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 19 (32), pp.4795-4804. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0264-410X(01)00212-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02682724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evidence for Positive Selection in the Capsid Protein-Coding Region of the Foot-and-Mouth Disease Virus (FMDV) Subjected to Experimental Passage Regimens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Ali Fares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Moya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Escarmís</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Domingo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 18 (1), pp.10-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/oxfordjournals.molbev.a003715⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution of cell recognition by viruses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, pp.Inconnu. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1058613⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02827512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Foot-and-mouth disease virus: a long known virus, but a current threat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Sobrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margarita Sáiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Jiménez-Clavero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Núñez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Rosas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 32 (1), pp.1-30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/vetres:2001106⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00902685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A single amino acid substitution in nonstructural protein 3A can mediate adaptation of foot-and-mouth disease virus to the guinea pig</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jsoé Ignacio Núñez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Molina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen M. Ruiz-Jarabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 75 (8), pp.3977-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.75.8.3977-3983.2001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02680847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production of bovine herpesvirus type 1-seronegative latent carriers by administration of a live-attenuated vaccine in passively immunized calves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles G. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Schynts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Wellemans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 38 (11), pp.4233-4238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.02441⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02695802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Memory in viral quasispecies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen M. Ruiz-Jarabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armando Arias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Escarmís</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Domingo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 74 (8), pp.3543-3547. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.74.8.3543-3547.2000⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02695768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cell recognition by foot-and-mouth disease virus that lacks the RGD integrin-binding motif: flexibility in aphthovirus receptor usage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen M. Ruiz-Jarabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemi Sevilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Andreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewald Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 74 (4), pp.1641-1647. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.74.4.1641-1647.2000⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02699231v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antigenic properties and population stability of a foot-and-mouth disease virus with an altered Arg-Gly-Asp receptor-recognition motif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Ruiz-Jarabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemí Sevilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mercedes Dávila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gema Gómez-Mariano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of General Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 80 (8), pp.1899-1909. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/0022-1317-80-8-1899⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716739v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A specific PCR to differentiate between gE negative vaccine and wildtype bovine herpesvirus type 1 strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Schynts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Thiry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 66 (3), pp.187-195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0378-1135(99)00008-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02699051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variabilité et evolution des populations virales: bilan et implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen M. Ruiz-Jarabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Escarmis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Domingo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Medecine Tropicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 59 (4 Pt 2), pp.430-434</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02695226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biochemical and structural studies with neutralizing antibodies raised against foot-and-mouth disease virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Domingo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Verdaguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W F Ochoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen M. Ruiz-Jarabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Sevilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Virus Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 62 (2), pp.169-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0168-1702(99)00042-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02696047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Population dynamics in the evolution of RNA viruses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Domingo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Escarmís</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemi Sevilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advances in Experimental Medicine and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 440, pp.721-727</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02695229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An RNA virus can adapt to the multiplicity of infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemi Sevilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen M. Ruiz-Jarabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gema Gómez-Mariano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Domingo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of General Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 79 ( Pt 12), pp.2971-2980</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02695233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiple virulence determinants of foot-and-mouth disease virus in cell culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemi Sevilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Verdaguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen M. Ruiz-Jarabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewald Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 72 (8), pp.6362-6372</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02695228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quasispecies structure and persistence of RNA viruses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Domingo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen M. Ruiz-Jarabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana M. Martín-Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan C. Sáiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 4 (4), pp.521-527</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02695774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glycoprotein H (gII/gp108) and glycoprotein L form a functional complex which plays a role in penetration, but not in attachment, of bovine herpesvirus 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia van Drunen Littel-van den Hurk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sunil Khattar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suresh K. Tikoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorne A. Babiuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of General Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 77 ( Pt 7), pp.1515-1520. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/0022-1317-77-7-1515⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02698230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural and functional analysis of bovine herpesvirus 1 minor glycoproteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Günther Keil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Japhet Lyaku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frans A.M. R Rijsewijk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan T. Van van Oirschot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 53 (1-2), pp.91-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0378-1135(96)01237-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02698491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthesis and processing of bovine herpesvirus-1 glycoprotein H</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dubuisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia van Drunen Little-van den Hurk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lorne Babiuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 206 (1), pp.651-654. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0042-6822(95)80083-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02713302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification of 108K, 93K, and 42K glycoproteins of bovine herpesvirus-1 by monoclonal antibodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Dubuisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Paul Pastoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Thiry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archives of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 133 (1-2), pp.97-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/BF01309747⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02715537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A monoclonal ELISA for bovine viral diarrhoea pestivirus antigen detection in persistently infected cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Mignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Dubuisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Koromyslov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Ernst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Virological Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 35 (2), pp.177-188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0166-0934(91)90133-K⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02715816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (21)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">VARIACIONES ESTACIONALES EN LA MICROBIOTA DEL CALOSTRO DE OVINO TRASHUMANTE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Toquet,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Contreras,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gomis,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Toledo-Perona,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Nouvel,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XLVIII Congreso Nacional y XXIV Internacional de la Sociedad Española de Ovinotecnia y Caprinotecnia (SEOC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Bilbao, España. 5 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05233944v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relationship between microbiome and pathogens in the context of bovine respiratory complex: a longitudinal study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maverick Monié--Ibanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima-Zohra Sikht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Claude Hygonenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Pot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hortensia Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d'animation scientifique du Département Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Département SA INRAE, Sep 2024, Seignosse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04709511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improved CRISPR-base editor tools for genome edition in Mycoplasma bovis: Application to surface proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Patrick Hogan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duclusaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Rideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Lartigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25th Congres of the International Organization for Mycoplasmology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Las Palmas De Gran Canaria, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04654454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Host Environmental Factors Promote Horizontal Dissemination of Integrative Conjugative Elements (ICE) in Ruminant Mycoplasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M’hamed Derriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent-Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Sagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Elisa Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hortensia Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05279369v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25th Congres of the International Organization for Mycoplasmology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Las Palmas De Gran Canaria, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04653941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The dynamism of calves’ respiratory and gut microbiome axis: stability, resilience, and individual patterns through health and disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maverick Monié--Ibanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima-Zohra Sikht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Claude Hygonenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Pot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hortensia Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d'animation scientifique du Département Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Département SA INRAE, Sep 2024, Seignosse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04709490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Airways and gut microbiome disturbance and resilience dynamics during polymicrobial bovine respiratory disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maverick Monié--Ibanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima-Zohra Sikht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Claude Hygonenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Pot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hortensia Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25th Congres of the International Organization for Mycoplasmology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Las Palmas De Gran Canaria, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04654415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mycoplasmes comme plateformes vaccinales innovantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Sirand-Pugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence de l’alliance INRAE SIMV: Les perspectives en vaccins vétérinaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE SIMV, Sep 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04708777v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The conjugative properties of Mycoplasma agalactiae are critically influenced by the expression of lipoprotein P48 at the surface of the recipient mating partner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M’hamed Derriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent-Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Citti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24th Congress of the International Organization for Mycoplasmology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Osaka, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04343032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ICE invasion into genome-reduced bacteria is driven by a lipoprotein exposed on the surface of the recipient cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M’hamed Derriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent-Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Citti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23rd National Congress on Transposable Elements (CNET 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, French research community working on transposable elements (CNET), Jul 2022, Gif-sur-Yvette, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03770684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cartographie des régions chromosomiques participant au transfert d’ICE chez les mycoplasmes de ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M’hamed Derriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Calvin Fauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent-Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Citti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque International Francophone en Maladies Infectieuses Animales (CIFMIA 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03770670v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">RIG-I/MDA5 activation upon Influenza D virus infection impairs the pro-inflammatory and antibacterial response triggered during secondary Mycoplasma bovis superinfection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Gaudino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Lion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Sagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brandy Nagamine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaëlle Scribe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18th Negative Strand Virus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Braga, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03738653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mutualisation de l’information génétique chez les mycoplasmes : une stratégie « open source » pour des génomes minimaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dordet-Frisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Sagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Pretre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Claude Hygonenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7ème Colloque international francophone de Microbiologie animale (CIFMA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Liège, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02933409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Functional genomics of the Mycoplasma agalactiae Integrative Conjugative Element (ICEA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Sagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Claude Hygonenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dordet-Frisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Citti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21th Congress of the International Organization for Mycoplasmology (IOM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Brisbane, Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02933406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Large chromosomal replacements occur in vitro within and among ruminant mycoplasmas via an unconventional mechanism involving conjugation and homologous recombination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dordet Frisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Tardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain A. Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IOM 2014 - 20. Congress of the International Organization for Mycoplasmology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Blumenau, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02796081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genome-scale analysis of mycoplasma-host interactions: from cell culture to the natural host</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Skapski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bergonier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Claude Hygonenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19th Congress of the International Organization for Mycoplasmology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02805801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The mycoplasma evolutive romance: a tale of DNA attraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dordet-Frisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Sagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Tardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19th Congress of the International Organization for Mycoplasmology (IOM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02933371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A nano-love story for kilobase exchanges…</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dordet-Frisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Sagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Tardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Xavier Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mycoplasma European Congress (Veterinary Laboratories Agency)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Weybridge, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02933355v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploration fonctionnelle d'un génome minimal en systèmes cellulaires : application à Mycoplasma agalactiae, un pathogène des petits ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Skapski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mc Hygonenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Citti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d’Animation Scientifique du Département Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Port d'Albret, France. pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02814323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rôle intermédiaire d'une lignée cellulaire de hamster dans l'adaptation du virus respiratoire syncytial bovin aux cellules épithéliales humaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Deplanche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles G. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Lopez-Vinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Moulignié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Counor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d’Animation Scientifique du Département de Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Batz-sur-Mer, France. pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02832014v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fièvre aphteuse et récepteurs cellulaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7e Journées Francophones de Virologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Paris, France. pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02825763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude des bases moléculaires de la spécificité d’espèce du VRS et essais de développement d’un modèle murin pour le VRS bovin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Francois J. F. Eleouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Castagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Baranowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Deplanche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles G. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire bilan du programme de recherche Zoonoses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Nouzilly, France. n.p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02832498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mécanismes d'adaptation des mycoplasmes de ruminants : comprendre les difficultés rencontrées dans le contrôle de l’infection par Mycoplasma bovis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Baranowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M’hamed Derriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Xavier Nouvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Citti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées nationales GTV 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, /, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04703645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15104,307 +14954,307 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection and Biological Implications of Genetic Memory in Viral Quasispecies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esteban Domingo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen M. Ruiz-Jarabol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armando Ariasl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Escarmís</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Molina-París</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cardiomyopathies and Heart Failure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapter 21, 2003, Developments in Cardiovascular Medicine, 978-1-4613-4865-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4419-9264-2_21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02832563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Error Frequencies of Picornavirus RNA Polymerases: Evolutionary Implications for Virus Populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esteban Domingo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Sobrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Escarmís</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Baranowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John J. Holland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Biology of Picornavirus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 9781555812102. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/9781555817916.ch23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02829918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId419"/>
+      <w:footerReference w:type="default" r:id="rId416"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -15551,51 +15401,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05233944v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Toquet," TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Contreras," TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gomis," TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Toledo-Perona," TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Nouvel," TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654415v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maverick Moni&#233;--Ibanes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima-Zohra Sikht" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Claude Hygonenq" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Pot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortensia Robert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709490v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653941v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hamed Derriche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-Xavier Nouvel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eveline Sagn&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Simon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654454v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hogan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Duclusaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rideau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lartigue" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanchard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709511v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04343032v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Citti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Baranowski" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708777v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sirand-Pugnet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03770670v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calvin Fauvet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03770684v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738653v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gaudino" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lion" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandy Nagamine" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Scribe" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933409v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Baranowski" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dordet-Frisoni" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Pretre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933406v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796081v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dordet Frisoni" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Xavier Nouvel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Tardy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Blanchard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933371v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805801v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Skapski" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bergonier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Berthelot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933355v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814323v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mc Hygonenq" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832014v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Deplanche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Meyer" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Lopez-Vinas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Mouligni&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Counor" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825763v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832498v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois J. F. Eleouet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Castagn&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438064v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Hamed Derriche" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.02939-25" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104937v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.00868-25" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05442071v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Sikht" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Hygonenq" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42523-025-00494-w" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05249571v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21203/rs.3.rs-6411889/v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527935v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04703628v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Saada" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04365987v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xifang Zhu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiyu Hao" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xixi Li" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Zhao" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1250368" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013201v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Oliva" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.01423-22" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716470v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vandecasteele" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Contarin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.000829" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04131529v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Maillard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Baranowski" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Nouvel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/npvelsa/2022053" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716498v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Garc&#237;a-Gal&#225;n" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilda Walch" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Croville" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01661-21" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716521v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Per&#225;lvarez-Mar&#237;n" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Bierge" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Q. Pich" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lebrette" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2021.10.022" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03228289v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2021.583600" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03538899v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Secula" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ran&#231;on" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boulesteix" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pinard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01690-21" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03207033v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaqi Dong" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8020164" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03206894v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008661" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933225v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Faucher" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes11080836" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933220v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.02441" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933209v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007910" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917683v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gillard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abou B&#226;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.02753" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622015v2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00873-18" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628137v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=CH Kuo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21775/cimb.029.003" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631607v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhan Anwar Khan" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Faisal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Chao" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka&#239; Liu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Chen" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.9799" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716792v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gaurivaud" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pau-Roblot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sagn&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Citti" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00274-16" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640061v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ronsin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0093970" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640054v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Breton" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01958-14" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907450v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dupuy" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Barr&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Breton" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00354-13" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648702v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Serge Marenda" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gu&#233;rillot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Glaser" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.12341" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907454v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Manso-Silv&#225;n" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00348-13" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907449v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00280-13" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939842v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mick" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Manso-Silvan" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00332-12" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652056v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guiral" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0025291" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659815v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lx Nouvel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/FMB.10.71" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665741v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Sagne" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.01195-09" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668682v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Guti&#233;rrez-Rivas" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mr Pulido" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Sobrino" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M S&#225;iz" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.2008/003194-0" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849383v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Le Berre" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidwine Trouilh" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviromet.2007.10.026" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659277v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Nunez" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Molina" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Domingo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Clark" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00535599v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Enault" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Fremez" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btm293" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716770v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; N&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Molina" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Clark" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00340-07" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654862v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661692v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Riffault" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Dubuquoy" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Charley" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.82091-0" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678662v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Schelcher" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kerkhofs" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Duquesnel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716768v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Ruiz-Jarabo" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nonia Pariente" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes D&#225;vila" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gema G&#243;mez-Mariano" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.80126-0" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716769v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Alzieu" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deplanche" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moulignie" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Letellier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lacroux" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/47701" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670930v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cm Ruiz-Jarabo" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Pariente" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirian Davila" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Gomez-Mariano" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716761v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Mateo" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana D&#237;az" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Mateu" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M304990200" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716765v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Molina" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ignacio N&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Sobrino" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita S&#225;iz" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.77.20.11290-11295.2003" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672710v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Verdaguer" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673802v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Escarmis" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Carrillo" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671936v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676332v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Mateo" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Diaz" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mg Mateu" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716681v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Escarm&#305;&#769;s" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Carrillo" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-1702(02)00259-9" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0LKGHCZ0-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682091v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Escarm&#237;s" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0147-9571(02)00027-9" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DCQFD181-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679535v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose I. N&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel A Jimenez-Clavero" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1286-4579(02)01644-1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J8ZFB1DM-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677490v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen M Ruiz-Jarabo" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleta Sierra" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Arias" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678210v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Molina-Par&#237;s" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Briones" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.2001.5232" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2W06N05R-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827512v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1058613" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716753v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Ali Fares" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Moya" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordjournals.molbev.a003715" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681355v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen M. Ruiz-Jarabo" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Lim" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/viro.2001.1096" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682724v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Lemaire" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schynts" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Georgin" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0264-410X(01)00212-2" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7F6F414C4B621B3F06A1C2F09C7E6203111329B6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00902685v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Jim&#233;nez-Clavero" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose N&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Rosas" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/vetres:2001106" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680847v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jso&#233; Ignacio N&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen S&#225;nchez" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.75.8.3977-3983.2001" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699231v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Sevilla" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Andreu" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewald Beck" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.74.4.1641-1647.2000" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695768v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.74.8.3543-3547.2000" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695802v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Wellemans" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696047v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Verdaguer" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W F Ochoa" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Sevilla" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-1702(99)00042-8" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3877524664FA89EA2C10858875CE47EC6ABA2DC3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699051v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lemaire" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Thiry" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-1135(99)00008-5" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0X40GKKQ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716739v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noem&#237; Sevilla" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/0022-1317-80-8-1899" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695226v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695774v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana M. Mart&#237;n-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan C. S&#225;iz" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695228v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695233v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695229v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698230v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia van Drunen Littel-van den Hurk" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Khattar" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suresh K. Tikoo" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorne A. Babiuk" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/0022-1317-77-7-1515" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698491v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nther Keil" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Japhet Lyaku" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans A.M. R Rijsewijk" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan T. Van van Oirschot" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-1135(96)01237-0" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G18NKHZT-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713302v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dubuisson" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia van Drunen Little-van den Hurk" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lorne Babiuk" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Michel" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0042-6822(95)80083-2" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715537v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Dubuisson" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Paul Pastoret" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF01309747" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-BNV8JS0Z-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715816v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Mignon" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Koromyslov" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ernst" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0166-0934(91)90133-K" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105058v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105005v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Gourgues" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654463v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonathan Arfi" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04703517v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Toquet" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Gomis" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Toledo" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Bataller" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estrella Jim&#233;nez-Trigos" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709456v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654440v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693886v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04343130v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708691v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03770725v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngel G&#243;mez Mart&#237;n" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Sanchez" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738677v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Foret-Lucas" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Gausser&#232;s" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Mansuy" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735914v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud R. Maillard" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Assie" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journees.inra.fr/jas2018-sa" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823267v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Brouillaud" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828482v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827494v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mirandette" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bonnet" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954658v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279369v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04703645v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832563v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen M. Ruiz-Jarabol" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Ariasl" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4419-9264-2_21" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829918v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John J. Holland" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/9781555817916.ch23" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05249571v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maverick Moni&#233;--Ibanes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Sikht" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Hygonenq" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Pot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279369v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hamed Derriche" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Xavier Nouvel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calvin Fauvet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Simon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954658v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gaudino" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eveline Sagn&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105058v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105005v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rideau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hogan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Gourgues" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709456v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima-Zohra Sikht" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Claude Hygonenq" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortensia Robert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654440v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Toquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Gomis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Bataller" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estrella Jim&#233;nez-Trigos" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04703517v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Toledo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654463v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonathan Arfi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Baranowski" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Citti" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sirand-Pugnet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693886v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lartigue" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanchard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04343130v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708691v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03770725v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Garc&#237;a-Gal&#225;n" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngel G&#243;mez Mart&#237;n" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Sanchez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-Xavier Nouvel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738677v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lion" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Foret-Lucas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Gausser&#232;s" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Mansuy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735914v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Pretre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud R. Maillard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Assie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journees.inra.fr/jas2018-sa" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823267v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Baranowski" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guiral" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Sagne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Skapski" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Brouillaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828482v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Deplanche" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Meyer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Lopez-Vinas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Mouligni&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Counor" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827494v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lemaire" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mirandette" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bonnet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05442071v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42523-025-00494-w" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104937v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.00868-25" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438064v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.02939-25" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04703628v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Saada" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013201v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandy Nagamine" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Oliva" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.01423-22" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04365987v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xifang Zhu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiyu Hao" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xixi Li" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Zhao" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1250368" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716470v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dordet-Frisoni" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vandecasteele" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Contarin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.000829" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716498v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilda Walch" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Croville" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01661-21" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04131529v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Maillard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Baranowski" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Nouvel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/npvelsa/2022053" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03228289v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2021.583600" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03538899v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Secula" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ran&#231;on" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boulesteix" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pinard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01690-21" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716521v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Per&#225;lvarez-Mar&#237;n" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Bierge" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Q. Pich" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lebrette" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2021.10.022" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03206894v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaqi Dong" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008661" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03207033v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8020164" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933225v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Faucher" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes11080836" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933220v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Tardy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.02441" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917683v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gillard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abou B&#226;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.02753" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933209v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007910" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622015v2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00873-18" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628137v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=CH Kuo" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21775/cimb.029.003" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716792v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gaurivaud" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pau-Roblot" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sagn&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Citti" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00274-16" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631607v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhan Anwar Khan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Faisal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Chao" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka&#239; Liu" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Chen" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.9799" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640054v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dordet Frisoni" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Breton" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01958-14" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640061v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bergonier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ronsin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0093970" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648702v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Serge Marenda" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gu&#233;rillot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Glaser" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.12341" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907450v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dupuy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Barr&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Breton" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00354-13" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907449v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00280-13" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00907454v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Manso-Silv&#225;n" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00348-13" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939842v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mick" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Manso-Silvan" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00332-12" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652056v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0025291" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665741v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.01195-09" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659815v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lx Nouvel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/FMB.10.71" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849383v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Le Berre" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidwine Trouilh" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviromet.2007.10.026" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668682v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Guti&#233;rrez-Rivas" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mr Pulido" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Sobrino" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M S&#225;iz" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.2008/003194-0" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00535599v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Enault" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Fremez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btm293" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716770v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; N&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Molina" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Domingo" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Clark" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00340-07" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654862v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659277v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Nunez" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Molina" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Clark" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661692v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Riffault" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Dubuquoy" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Castagn&#233;" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Charley" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.82091-0" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716768v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Ruiz-Jarabo" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nonia Pariente" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes D&#225;vila" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gema G&#243;mez-Mariano" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.80126-0" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716769v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Alzieu" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deplanche" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moulignie" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Letellier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lacroux" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/47701" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670930v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cm Ruiz-Jarabo" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Pariente" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirian Davila" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Gomez-Mariano" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678662v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Schelcher" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kerkhofs" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Duquesnel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672710v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Verdaguer" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716765v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Molina" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ignacio N&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Sobrino" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita S&#225;iz" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.77.20.11290-11295.2003" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716761v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Mateo" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana D&#237;az" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Mateu" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M304990200" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716681v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Escarm&#305;&#769;s" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Carrillo" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-1702(02)00259-9" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0LKGHCZ0-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673802v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Escarmis" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Carrillo" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671936v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676332v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Mateo" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Diaz" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mg Mateu" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682091v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Escarm&#237;s" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0147-9571(02)00027-9" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DCQFD181-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679535v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose I. N&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel A Jimenez-Clavero" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1286-4579(02)01644-1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J8ZFB1DM-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677490v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen M Ruiz-Jarabo" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleta Sierra" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Arias" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678210v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Molina-Par&#237;s" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Briones" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.2001.5232" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2W06N05R-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681355v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen M. Ruiz-Jarabo" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Lim" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/viro.2001.1096" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682724v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Lemaire" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schynts" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Georgin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0264-410X(01)00212-2" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7F6F414C4B621B3F06A1C2F09C7E6203111329B6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716753v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Ali Fares" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Moya" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordjournals.molbev.a003715" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827512v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1058613" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00902685v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Jim&#233;nez-Clavero" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose N&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Rosas" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/vetres:2001106" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680847v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jso&#233; Ignacio N&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen S&#225;nchez" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.75.8.3977-3983.2001" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695802v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Wellemans" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695768v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.74.8.3543-3547.2000" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699231v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Sevilla" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Andreu" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewald Beck" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.74.4.1641-1647.2000" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716739v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noem&#237; Sevilla" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/0022-1317-80-8-1899" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699051v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Thiry" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-1135(99)00008-5" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0X40GKKQ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695226v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696047v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Verdaguer" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W F Ochoa" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Sevilla" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-1702(99)00042-8" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3877524664FA89EA2C10858875CE47EC6ABA2DC3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695229v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695233v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695228v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695774v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana M. Mart&#237;n-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan C. S&#225;iz" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698230v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia van Drunen Littel-van den Hurk" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Khattar" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suresh K. Tikoo" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorne A. Babiuk" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/0022-1317-77-7-1515" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698491v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nther Keil" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Japhet Lyaku" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans A.M. R Rijsewijk" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan T. Van van Oirschot" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-1135(96)01237-0" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G18NKHZT-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713302v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dubuisson" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia van Drunen Little-van den Hurk" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lorne Babiuk" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Michel" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0042-6822(95)80083-2" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715537v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Dubuisson" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Paul Pastoret" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF01309747" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-BNV8JS0Z-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715816v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Mignon" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Koromyslov" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ernst" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0166-0934(91)90133-K" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05233944v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Toquet," TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Contreras," TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gomis," TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Toledo-Perona," TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Nouvel," TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709511v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654454v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Duclusaud" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653941v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709490v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654415v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708777v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04343032v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03770684v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03770670v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738653v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Scribe" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933409v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933406v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796081v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Blanchard" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805801v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Berthelot" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933371v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933355v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814323v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mc Hygonenq" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832014v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825763v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832498v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois J. F. Eleouet" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04703645v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832563v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen M. Ruiz-Jarabol" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Ariasl" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4419-9264-2_21" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829918v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John J. Holland" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/9781555817916.ch23" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>